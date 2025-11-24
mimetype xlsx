--- v0 (2025-10-10)
+++ v1 (2025-11-24)
@@ -14,112 +14,118 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3871">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3849">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>Горячая линия: +7 800 500 50 20 (бесплатно)</t>
   </si>
   <si>
     <t>Юр. лица: +7 495 150 16 00 | ur_sales@ecounit.ru</t>
   </si>
   <si>
     <t>Физ. лица: +7 495 150 16 00 | sales@ecounit.ru</t>
   </si>
   <si>
     <t>Email: info@ecounit.ru</t>
   </si>
   <si>
+    <t>pH метры</t>
+  </si>
+  <si>
+    <t>Артикул</t>
+  </si>
+  <si>
+    <t>Наименование</t>
+  </si>
+  <si>
+    <t>Наличие</t>
+  </si>
+  <si>
+    <t>Цена, ₽</t>
+  </si>
+  <si>
+    <t>Как калибровать и использовать</t>
+  </si>
+  <si>
+    <t>Под заказ</t>
+  </si>
+  <si>
+    <t>Основное руководство по pH и EC и как они влияют на растения</t>
+  </si>
+  <si>
     <t>pH метры / Для полутвёрдых сред</t>
   </si>
   <si>
-    <t>Артикул</t>
-[...10 lines deleted...]
-  <si>
     <t>PH-98110</t>
   </si>
   <si>
     <t>PH 98110 pH метр для малых проб и полутвердых сред - крови, слюны, кожи, теста, фруктов</t>
   </si>
   <si>
-    <t>Под заказ</t>
-[...1 lines deleted...]
-  <si>
     <t>7 950  ₽</t>
   </si>
   <si>
     <t>PHMED</t>
   </si>
   <si>
     <t>PHMED Измеритель pH полутвердых и малых проб</t>
   </si>
   <si>
     <t>6 450  ₽</t>
   </si>
   <si>
     <t>HI99163</t>
   </si>
   <si>
     <t>HI99163 портативный рН-метр для мяса</t>
   </si>
   <si>
-    <t>91 800  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI981036</t>
   </si>
   <si>
     <t>HI981036 pH-тестер для мяса</t>
   </si>
   <si>
     <t>В наличии</t>
   </si>
   <si>
     <t>36 360  ₽</t>
   </si>
   <si>
     <t>PH98108</t>
   </si>
   <si>
     <t>PH-98108 рН-метр с проникающим датчиком для почвы, сыра, мяса, фруктов, овощей и других продуктов</t>
   </si>
   <si>
     <t>5 400  ₽</t>
   </si>
   <si>
     <t>PH98109</t>
   </si>
   <si>
     <t>PH-98109 pH метр для мяса, слюны, крови, кожи, теста, фруктов</t>
@@ -136,86 +142,86 @@
   <si>
     <t>9 870  ₽</t>
   </si>
   <si>
     <t>AZ8695</t>
   </si>
   <si>
     <t>AZ8695 pH метр с плоским электродом для твердых сред и малых проб</t>
   </si>
   <si>
     <t>21 180  ₽</t>
   </si>
   <si>
     <t>AZ8694</t>
   </si>
   <si>
     <t>AZ8694 pH метр с проникающим электродом</t>
   </si>
   <si>
     <t>24 630  ₽</t>
   </si>
   <si>
     <t>pH метры / Для почвы</t>
   </si>
   <si>
+    <t>рН почвы - что это значит</t>
+  </si>
+  <si>
     <t>ZD05</t>
   </si>
   <si>
     <t>ZD05 pH-метр для измерения pH и влажности почвы</t>
   </si>
   <si>
     <t>3 480  ₽</t>
   </si>
   <si>
     <t>ZD06</t>
   </si>
   <si>
     <t>ZD06 pH-метр для измерения pH и влажности почвы с длинным щупом</t>
   </si>
   <si>
     <t>3 910  ₽</t>
   </si>
   <si>
     <t>PH300</t>
   </si>
   <si>
     <t>PH300 электронный измеритель pH</t>
   </si>
   <si>
     <t>2 040  ₽</t>
   </si>
   <si>
     <t>HI99121</t>
   </si>
   <si>
     <t>HI99121 рН-метр для почвы</t>
   </si>
   <si>
-    <t>84 456  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI981030</t>
   </si>
   <si>
     <t>HI981030 pH-тестер</t>
   </si>
   <si>
     <t>32 940  ₽</t>
   </si>
   <si>
     <t>JHL-9918</t>
   </si>
   <si>
     <t>JHL-9918 Измеритель для почвы 5 в 1: pH, Влажность, Освещенность, Температура почвы и воздуха</t>
   </si>
   <si>
     <t>LL1836</t>
   </si>
   <si>
     <t>Прибор контроля параметров почвы 4 в 1 Luster Leaf Rapitest 1835/1836</t>
   </si>
   <si>
     <t>5 100  ₽</t>
   </si>
   <si>
     <t>LL1845</t>
@@ -277,50 +283,59 @@
   <si>
     <t>pH метр для почвы с внешним датчиком Luster Leaf Rapitest 1840</t>
   </si>
   <si>
     <t>PH1033</t>
   </si>
   <si>
     <t>PH-1033 pH метр с проникающим датчиком для почвы с передачей данных на смартфон</t>
   </si>
   <si>
     <t>10 690  ₽</t>
   </si>
   <si>
     <t>LL1885</t>
   </si>
   <si>
     <t>Прибор контроля параметров почвы 4 в 1 Luster Leaf Rapitest 1885</t>
   </si>
   <si>
     <t>4 290  ₽</t>
   </si>
   <si>
     <t xml:space="preserve">pH метры / Контроллеры </t>
   </si>
   <si>
+    <t>Э500ПШ</t>
+  </si>
+  <si>
+    <t>Э500-ПШ Промышленный pH/ОВП метр с выбором датчика (реле, 4-20мА, 220В)</t>
+  </si>
+  <si>
+    <t>18 060  ₽</t>
+  </si>
+  <si>
     <t>PH-662</t>
   </si>
   <si>
     <t>pH метр Create PH-662 монитор-контролер</t>
   </si>
   <si>
     <t>47 490  ₽</t>
   </si>
   <si>
     <t>PH-3520</t>
   </si>
   <si>
     <t>Create PH-3520 Промышленный pH/ОВП метр для сточных вод с выбором датчика (1 реле, трансмиттер, 4-20мА, 220В)</t>
   </si>
   <si>
     <t>18 930  ₽</t>
   </si>
   <si>
     <t>PH-201W</t>
   </si>
   <si>
     <t>Влагозащищенный промышленный цифровой рН контроллер высокой точности РН-201W</t>
   </si>
   <si>
     <t>12 430  ₽</t>
@@ -439,59 +454,74 @@
   <si>
     <t>pH-8930 Взрывозащищенный pH/ОВП метр</t>
   </si>
   <si>
     <t>95 100  ₽</t>
   </si>
   <si>
     <t>PH8920</t>
   </si>
   <si>
     <t>pH-8920 Промышленный pH/ОВП контроллер</t>
   </si>
   <si>
     <t>67 410  ₽</t>
   </si>
   <si>
     <t>MFC8800</t>
   </si>
   <si>
     <t>Create MFC-8800 Многоканальный контроллер с технологией IoT</t>
   </si>
   <si>
     <t>171 840  ₽</t>
   </si>
   <si>
+    <t>Э100ПШ</t>
+  </si>
+  <si>
+    <t>Э100-ПШ Промышленный pH/ОВП метр с выбором датчика (3 реле, RS-485, 4-20мА, 220В)</t>
+  </si>
+  <si>
+    <t>24 450  ₽</t>
+  </si>
+  <si>
     <t>PH803W</t>
   </si>
   <si>
     <t>PH-803W pH/ОВП контроллер с реле (розетка) и WiFi приложение для смартфона</t>
   </si>
   <si>
     <t>21 930  ₽</t>
   </si>
   <si>
+    <t>Э500ПШ24</t>
+  </si>
+  <si>
+    <t>Э500-ПШ-24 Промышленный pH/ОВП метр с выбором датчика (4-20мА, питание 24В)</t>
+  </si>
+  <si>
     <t>PHW300</t>
   </si>
   <si>
     <t>PH-W300 Контроллер - логгер pH/TDS/Temp c WIFI/Tuya с 2 розетками</t>
   </si>
   <si>
     <t>18 360  ₽</t>
   </si>
   <si>
     <t>ЭДПШ300</t>
   </si>
   <si>
     <t>ЭДПШ-300 Цифровой pH датчик (0-14pH, 0-65C, 12-24В, RS-485 Modbus, 1/2NPT, кабель 5м)</t>
   </si>
   <si>
     <t>31 740  ₽</t>
   </si>
   <si>
     <t>ЭДПШ400А</t>
   </si>
   <si>
     <t>ЭДПШ-400А Цифровой датчик pH (0-14pH, 0.01pH, 12-24В, RS485 Modbus RTU, 4-20мА, 3/4NPT, кабель 5м)</t>
   </si>
   <si>
     <t>41 490  ₽</t>
@@ -661,53 +691,50 @@
   <si>
     <t xml:space="preserve">Ohaus ST3100-B Лабораторный pH/ОВП метр с выбором электрода (ГосРеестр) </t>
   </si>
   <si>
     <t>HI2211-02</t>
   </si>
   <si>
     <t>HI2211-02 микропроцессорный рН/С-метр</t>
   </si>
   <si>
     <t>HI2020-02</t>
   </si>
   <si>
     <t>HI2020-02 edge универсальный прибор в комплекте с датчиком HI11310 для измерения рН</t>
   </si>
   <si>
     <t>109 830  ₽</t>
   </si>
   <si>
     <t>HI2040-02</t>
   </si>
   <si>
     <t>HI2040-02 edge универсальный прибор в комплекте с датчиком для измерения растворенного кислорода</t>
   </si>
   <si>
-    <t>112 644  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI2210-02</t>
   </si>
   <si>
     <t>HI2210-02 микропроцессорный рН/С-метр</t>
   </si>
   <si>
     <t>HI2002-02</t>
   </si>
   <si>
     <t>HI2002-02 pH-метр серии edge с датчиком HI11310</t>
   </si>
   <si>
     <t>89 490  ₽</t>
   </si>
   <si>
     <t>1AA112</t>
   </si>
   <si>
     <t>1AA112 inoLab pH 7110  рН-метр c датчиком ph SenTix 41</t>
   </si>
   <si>
     <t>1AA114</t>
   </si>
   <si>
     <t>1AA114 inoLab pH 7110 рН-метр c SenTix 81</t>
@@ -889,51 +916,51 @@
   <si>
     <t>PH-W900 Мультимонитор pH/EC/TDS/Salt/Temp с приложением для смартфона</t>
   </si>
   <si>
     <t>15 390  ₽</t>
   </si>
   <si>
     <t>EX-W</t>
   </si>
   <si>
     <t>EX-W Универсальный вторичный преобразователь RS-485, 4-20мА</t>
   </si>
   <si>
     <t>7 680  ₽</t>
   </si>
   <si>
     <t>pH метры / Портативные</t>
   </si>
   <si>
     <t>PH200</t>
   </si>
   <si>
     <t>pH метр профессиональный PH-200 в водозащищенном исполнении</t>
   </si>
   <si>
-    <t>7 140  ₽</t>
+    <t>8 290  ₽</t>
   </si>
   <si>
     <t>PH009(I)</t>
   </si>
   <si>
     <t>pH метр PH-009(I) - бюджетный прибор для измерения pH воды с калибровочными порошками в комплекте</t>
   </si>
   <si>
     <t>1 200  ₽</t>
   </si>
   <si>
     <t>PH009(III)</t>
   </si>
   <si>
     <t>pH метр PH-009(III) - прибор для измерения pH и температуры воды с калибровочными растворами</t>
   </si>
   <si>
     <t>3 260  ₽</t>
   </si>
   <si>
     <t>PH099</t>
   </si>
   <si>
     <t>PH-099 Портативный мультимонитор рН, ОВП и температуры</t>
   </si>
@@ -945,71 +972,71 @@
   </si>
   <si>
     <t>Комплект бюджетный прибор для измерения pH воды с калибровочным раствором ph6.86</t>
   </si>
   <si>
     <t>1 730  ₽</t>
   </si>
   <si>
     <t>PH009TDS5</t>
   </si>
   <si>
     <t>Набор для гидропоники pH метр и солемер с готовыми калибровочными растворами</t>
   </si>
   <si>
     <t>4 170  ₽</t>
   </si>
   <si>
     <t>PHORPCOM</t>
   </si>
   <si>
     <t>Набор профессиональных 
 приборов для измерения pH, ОВП, 
 TDS жидких сред</t>
   </si>
   <si>
-    <t>22 200  ₽</t>
+    <t>23 350  ₽</t>
   </si>
   <si>
     <t>PHORP</t>
   </si>
   <si>
     <t>Набор профессиональных 
 приборов для измерения pH, ОВП 
 и температуры жидких сред</t>
   </si>
   <si>
-    <t>15 600  ₽</t>
+    <t>16 750  ₽</t>
   </si>
   <si>
     <t>PHCOM</t>
   </si>
   <si>
     <t>Набор профессиональных приборов для измерения pH, TDS, ЕС и температуры воды</t>
   </si>
   <si>
-    <t>13 740  ₽</t>
+    <t>14 890  ₽</t>
   </si>
   <si>
     <t>PH061</t>
   </si>
   <si>
     <t xml:space="preserve">pH метр PH-061 - удобный прибор для измерения pH воды </t>
   </si>
   <si>
     <t>1 640  ₽</t>
   </si>
   <si>
     <t>PH98102</t>
   </si>
   <si>
     <t>pH метр PH-98102 - со сменным электродом для измерения pH жидкостей в пробирках и т.п.</t>
   </si>
   <si>
     <t>2 490  ₽</t>
   </si>
   <si>
     <t>PH80</t>
   </si>
   <si>
     <t>Идеальный pH метр PH-80 для измерения pH и температуры</t>
   </si>
@@ -1178,176 +1205,158 @@
   <si>
     <t>16 530  ₽</t>
   </si>
   <si>
     <t>HI98127</t>
   </si>
   <si>
     <t>HI98127 pHep 4 влагозащищенный рН метр с термометром</t>
   </si>
   <si>
     <t>26 910  ₽</t>
   </si>
   <si>
     <t>HI9124</t>
   </si>
   <si>
     <t>HI9124 портативный влагозащищенный рН-метр с внешним датчиком температуры</t>
   </si>
   <si>
     <t>HI98113</t>
   </si>
   <si>
     <t>HI98113 Piccolo plus рН/С-метр</t>
   </si>
   <si>
-    <t>36 480  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI9125</t>
   </si>
   <si>
     <t>HI9125 влагозащищенный рН/ОВП метр</t>
   </si>
   <si>
     <t>HI98121</t>
   </si>
   <si>
     <t>HI98121 карманный измеритель рН, ОВП</t>
   </si>
   <si>
     <t>51 480  ₽</t>
   </si>
   <si>
     <t>2EA312</t>
   </si>
   <si>
     <t>2EA312 pH/Cond 3320 в кейсе с датчиками SenTix 41 и TetraCon 325</t>
   </si>
   <si>
     <t>2FD56C</t>
   </si>
   <si>
     <t>2FD56C Multi 3620 SET C с двумя датчиками (pH и EC)</t>
   </si>
   <si>
     <t>399 630  ₽</t>
   </si>
   <si>
     <t>HI99161</t>
   </si>
   <si>
     <t>HI99161 портативный рН метр для молока и молочных продуктов</t>
   </si>
   <si>
     <t>HI98111</t>
   </si>
   <si>
     <t>HI98111 Piccolo рН-метр с электродом 90 мм</t>
   </si>
   <si>
-    <t>30 120  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI991300</t>
   </si>
   <si>
     <t>HI991300 портативный влагозащищенный рН/ЕС/TDS-метр</t>
   </si>
   <si>
     <t>101 460  ₽</t>
   </si>
   <si>
     <t>HI98112</t>
   </si>
   <si>
     <t>HI98112 Piccolo 2 рН-метр</t>
   </si>
   <si>
-    <t>33 000  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI991001</t>
   </si>
   <si>
     <t>HI991001 влагозащищенный pH метр с термометром</t>
   </si>
   <si>
-    <t>66 096  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI991301</t>
   </si>
   <si>
     <t>HI991301 портативный влагозащищенный рН/ЕС/TDS-метр</t>
   </si>
   <si>
-    <t>83 484  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>2FD56G</t>
   </si>
   <si>
     <t>2FD56G Multi 3620 SET G  с тремя датчиками (pH, EC, DO)</t>
   </si>
   <si>
     <t>HI98196</t>
   </si>
   <si>
     <t>HI98196 портативный мультипараметровый измеритель рН/ОВП/кислорода</t>
   </si>
   <si>
     <t>202 560  ₽</t>
   </si>
   <si>
     <t>AMT28</t>
   </si>
   <si>
     <t>AMT28 Анализатор pH жидкости карманный</t>
   </si>
   <si>
     <t>5 010  ₽</t>
   </si>
   <si>
     <t>HI98100</t>
   </si>
   <si>
     <t>HI98100 Checker Plus рН-метр карманный</t>
   </si>
   <si>
     <t>15 870  ₽</t>
   </si>
   <si>
     <t>HI99151</t>
   </si>
   <si>
     <t>HI99151 портативный рН-метр для пива</t>
   </si>
   <si>
-    <t>81 756  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>0563 2061</t>
   </si>
   <si>
     <t>Карманный pH-метр Testo 206-pH1 с чехлом TopSafe</t>
   </si>
   <si>
     <t>28 830  ₽</t>
   </si>
   <si>
     <t>0563 2051</t>
   </si>
   <si>
     <t>Testo 205 Портативный pH-метр с электродом, устойчивым к загрязнениям</t>
   </si>
   <si>
     <t>0563 2052</t>
   </si>
   <si>
     <t>pH метр Testo 205 с электродом, устойчивым к загрязнениям в комплекте с кейсом и буферными растворами</t>
   </si>
   <si>
     <t>0563 2065</t>
   </si>
   <si>
     <t>pH метр Testo 206 pH1 в комплекте с кейсом и буферными растворами</t>
@@ -1493,101 +1502,92 @@
   <si>
     <t>540  ₽</t>
   </si>
   <si>
     <t>DFP014</t>
   </si>
   <si>
     <t>DFP-014 Высокоточные тест полоски для определения pH (0-14, шаг 0,5pH) 100 шт</t>
   </si>
   <si>
     <t>AZ-8692</t>
   </si>
   <si>
     <t>AZ8692 pH метр с удлиненным электродом</t>
   </si>
   <si>
     <t>9 630  ₽</t>
   </si>
   <si>
     <t>HI991003</t>
   </si>
   <si>
     <t>HI991003 портативный рН/ORP/mV/C-метр</t>
   </si>
   <si>
-    <t>89 964  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI99171</t>
   </si>
   <si>
     <t>HI99171 портативный рН-метр в комплекте с плоским электродом H14143</t>
   </si>
   <si>
     <t>HI981033</t>
   </si>
   <si>
     <t>HI981033 pH-тестер для вина</t>
   </si>
   <si>
-    <t>20 736  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI981034</t>
   </si>
   <si>
     <t>HI981034 pH-тестер для молока</t>
   </si>
   <si>
     <t>2AA112</t>
   </si>
   <si>
     <t>2AA112 рН 3110 SET 2 рН-метр портативный, в кейсе, c электродом SenTix 41</t>
   </si>
   <si>
     <t>HI98131</t>
   </si>
   <si>
     <t>HI98131 GroLine карманный многопараметровый анализатор рН/ЕС/TDS/Темп для агрономов</t>
   </si>
   <si>
     <t>2AA312</t>
   </si>
   <si>
     <t>2AA312 pH 3310 SET 2 рН-метр в кейсе с электродом SenTix 41 и аксессуарами</t>
   </si>
   <si>
     <t>HI98195</t>
   </si>
   <si>
     <t>HI98195 портативный мультипараметровый измеритель рН/ОВП/проводимости</t>
   </si>
   <si>
-    <t>172 584  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>METCOMPLUS</t>
   </si>
   <si>
     <t>Bluelab Combo Meter Plus</t>
   </si>
   <si>
     <t>75 270  ₽</t>
   </si>
   <si>
     <t>PH818M</t>
   </si>
   <si>
     <t>Smartsensor PH-818M pH метр для мяса, овощей, фруктов</t>
   </si>
   <si>
     <t>PH98107</t>
   </si>
   <si>
     <t>PH-98107 рН-метр для высокоточных измерений</t>
   </si>
   <si>
     <t>5 130  ₽</t>
   </si>
   <si>
     <t>PH98106</t>
@@ -1668,53 +1668,50 @@
     <t>AZ8601 Переносной pH/ОВП метр с калибровочными растворами в кейсе</t>
   </si>
   <si>
     <t>Анализаторы БПК и ХПК</t>
   </si>
   <si>
     <t>208432</t>
   </si>
   <si>
     <t>208432 OxiTop Box инкубатор для определения БПК</t>
   </si>
   <si>
     <t>209140</t>
   </si>
   <si>
     <t>209140 NHP 600 гидроксид натрия, для определения БПК, 2 бутылки по 50 г n/z</t>
   </si>
   <si>
     <t>18 990  ₽</t>
   </si>
   <si>
     <t>HI839800-02</t>
   </si>
   <si>
     <t>HI839800-02 термоблок для проведения ХПК</t>
-  </si>
-[...1 lines deleted...]
-    <t>140 184  ₽</t>
   </si>
   <si>
     <t>209100</t>
   </si>
   <si>
     <t>209100 PF 600 бутыль янтарного стекла для OxiTop, 510 мл, комплект 3шт</t>
   </si>
   <si>
     <t>16 320  ₽</t>
   </si>
   <si>
     <t>208260</t>
   </si>
   <si>
     <t>208260 OxiTop-i IS 6 анализатор БПК, на 6 бутылей</t>
   </si>
   <si>
     <t>ЭДХПК300Н</t>
   </si>
   <si>
     <t>ЭДХПК-300Н Цифровой датчик ХПК и мутности (0-200 мг/л, 0-100NTU, RS485 Modbus RTU, 316L, кабель 10м)</t>
   </si>
   <si>
     <t>180 780  ₽</t>
   </si>
@@ -2577,78 +2574,72 @@
   <si>
     <t>EOXY01</t>
   </si>
   <si>
     <t>Раствор для заполнения мембраны оксиметров</t>
   </si>
   <si>
     <t>1 060  ₽</t>
   </si>
   <si>
     <t>DOD2000</t>
   </si>
   <si>
     <t>DOD-2000 Цифровой оптический датчик растворенного кислорода с выходом RS485 или 4-20мА</t>
   </si>
   <si>
     <t>197 100  ₽</t>
   </si>
   <si>
     <t>HI9142</t>
   </si>
   <si>
     <t>HI9142 портативный влагозащищенный оксиметр</t>
   </si>
   <si>
-    <t>81 000  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI9147-04</t>
   </si>
   <si>
     <t>HI9147-04 портативный оксиметр</t>
   </si>
   <si>
     <t>138 180  ₽</t>
   </si>
   <si>
     <t>HI9146-04</t>
   </si>
   <si>
     <t>HI9146-04 портативный микропроцессорный оксиметр</t>
   </si>
   <si>
     <t>127 490  ₽</t>
   </si>
   <si>
     <t>HI2004-02</t>
   </si>
   <si>
     <t>HI2004-02 edge цифровой оксиметр</t>
-  </si>
-[...1 lines deleted...]
-    <t>103 680  ₽</t>
   </si>
   <si>
     <t>POZ-8300</t>
   </si>
   <si>
     <t>POZ-8300 Система мониторинга и контроля pH и озона в воде</t>
   </si>
   <si>
     <t>228 810  ₽</t>
   </si>
   <si>
     <t>HI98194</t>
   </si>
   <si>
     <t>HI98194 портативный мультипараметровый рН/ОВП/кондуктометр/оксиметр</t>
   </si>
   <si>
     <t>330 150  ₽</t>
   </si>
   <si>
     <t>2FD350</t>
   </si>
   <si>
     <t>2FD350 Портативный прибор Multi 3510 с датчиком
 растворенного кислорода FDO 925, кабель 6 м
@@ -2687,53 +2678,50 @@
   <si>
     <t>DOF-6141 Оптический датчик растворенного кислорода погружного типа</t>
   </si>
   <si>
     <t>219 480  ₽</t>
   </si>
   <si>
     <t>201425</t>
   </si>
   <si>
     <t>201425 StirrOx G датчик растворенного кислорода</t>
   </si>
   <si>
     <t>HI98193</t>
   </si>
   <si>
     <t>HI98193 портативный оксиметр с функцией определения БПК</t>
   </si>
   <si>
     <t>HI98198</t>
   </si>
   <si>
     <t>HI98198 портативный оксиметр</t>
   </si>
   <si>
-    <t>267 300  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>AZ8403</t>
   </si>
   <si>
     <t>AZ8403 Оксиметр с компенсацией, передачей данных, функцией памяти, кейс</t>
   </si>
   <si>
     <t>32 580  ₽</t>
   </si>
   <si>
     <t>DOF6310</t>
   </si>
   <si>
     <t>DOF-6310 Оксиметр оптический (0-20мг/л, 0-200%, 0-60С, 0.3МПа RS-485, кабель 10м)</t>
   </si>
   <si>
     <t>154 950  ₽</t>
   </si>
   <si>
     <t>ЭДРК400Н</t>
   </si>
   <si>
     <t>ЭДРК-400Н Оптический датчик растворенного кислорода (0-20мг/л, RS485 Modbus RTU, кабель 10м, нерж)</t>
   </si>
   <si>
     <t>98 580  ₽</t>
@@ -2858,50 +2846,56 @@
   <si>
     <t>H2-400H</t>
   </si>
   <si>
     <t>H2-YY400H Портативный измеритель ионов водорода H2 и температуры</t>
   </si>
   <si>
     <t>Газоанализаторы / Анализаторы угарного газа CO и опасных газов</t>
   </si>
   <si>
     <t>AMF061</t>
   </si>
   <si>
     <t>AMF061 Анализатор качества воздуха на наличие формальдегида</t>
   </si>
   <si>
     <t>12 450  ₽</t>
   </si>
   <si>
     <t>481677</t>
   </si>
   <si>
     <t>GD-3000 детектор утечки горючих газов</t>
   </si>
   <si>
+    <t>0563 3225</t>
+  </si>
+  <si>
+    <t>Комплект Testo 320 с H2-компенсацией, +смарт зонд 510i</t>
+  </si>
+  <si>
     <t>0563 3100</t>
   </si>
   <si>
     <t>Testo 310 Анализатор дымовых газов в комплекте с несъемным зондом отбора пробы L = 180 мм</t>
   </si>
   <si>
     <t>0563 3110</t>
   </si>
   <si>
     <t>Testo 310 комплекте c ИК принтером с несъемным зондом отбора пробы L = 180 мм, ИК-принтером, в кейсе</t>
   </si>
   <si>
     <t>0632 0336</t>
   </si>
   <si>
     <t>Testo 316-ЕХ Детектор утечек газов во взрывозащищенном исполнении</t>
   </si>
   <si>
     <t>0516 0270</t>
   </si>
   <si>
     <t>Smart Кейс-отопление</t>
   </si>
   <si>
     <t>10 650  ₽</t>
@@ -3095,131 +3089,149 @@
   <si>
     <t>Анализатор качества воздуха 5 параметров CO2/HCHO/TVOC/RH/Temp</t>
   </si>
   <si>
     <t>10 590  ₽</t>
   </si>
   <si>
     <t>Газоанализаторы / Анализаторы хлора, хлориметры</t>
   </si>
   <si>
     <t>AMT25F</t>
   </si>
   <si>
     <t>AMT25F Анализатор свободного хлора в воде</t>
   </si>
   <si>
     <t>18 510  ₽</t>
   </si>
   <si>
     <t>DPD</t>
   </si>
   <si>
     <t>DPD-1 Реагент для хлориметра для определения свободного хлора</t>
   </si>
   <si>
+    <t>7 140  ₽</t>
+  </si>
+  <si>
     <t>DPD-4</t>
   </si>
   <si>
     <t>DPD-4 Реагент для хлориметра для определения общего хлора</t>
   </si>
   <si>
     <t>POP8300</t>
   </si>
   <si>
     <t>POP-8300 Система мониторинга и контроля свободного хлора, pH и температуры воды</t>
   </si>
   <si>
     <t>283 680  ₽</t>
   </si>
   <si>
     <t>CL1000</t>
   </si>
   <si>
     <t>CL1000 Контроллер остаточного хлора с датчиками и устройством потока</t>
   </si>
   <si>
     <t>117 150  ₽</t>
   </si>
   <si>
+    <t>CP4</t>
+  </si>
+  <si>
+    <t>Датчик общего хлора (комплект с измерительной ячейкой)</t>
+  </si>
+  <si>
+    <t>269 190  ₽</t>
+  </si>
+  <si>
     <t>AMF-ZYL</t>
   </si>
   <si>
     <t>Цифровой измеритель остаточного хлора от 0.01 до 5 мг/л</t>
   </si>
   <si>
     <t>30 210  ₽</t>
   </si>
   <si>
-    <t>CL406S</t>
-[...5 lines deleted...]
-    <t>89 850  ₽</t>
+    <t>ЭДСХ400Н</t>
+  </si>
+  <si>
+    <t>ЭДСХ-400Н Цифровой датчик хлора (0-2 мг/л, 0.001 мг/л, RS485 Modbus RTU, 4-20мА, кабель 5м)</t>
+  </si>
+  <si>
+    <t>98 790  ₽</t>
+  </si>
+  <si>
+    <t>ЭДСХ200</t>
+  </si>
+  <si>
+    <t>ЭДСХ-200 Цифровой датчик хлора (0-2 мг/л, 0.001 мг/л, RS485 Modbus RTU, кабель 10м, POM)</t>
+  </si>
+  <si>
+    <t>84 390  ₽</t>
   </si>
   <si>
     <t>Газоанализаторы / Счетчики пылевых частиц в воздухе</t>
   </si>
   <si>
     <t>AMT097</t>
   </si>
   <si>
     <t>AMT097 Монитор качества воздуха 8 в 1</t>
   </si>
   <si>
     <t>Дозиметры</t>
   </si>
   <si>
     <t>AMF078</t>
   </si>
   <si>
     <t>AMF078 Анализатор безопасности электромагнитного излучения</t>
   </si>
   <si>
     <t>Калибровочные и буферные растворы, стандарт-титры / Раствор для очистки электродов</t>
   </si>
   <si>
     <t>205204</t>
   </si>
   <si>
     <t>205204 RL-G Очищающий раствор для гальванических датчиков кислорода (30 мл)</t>
   </si>
   <si>
     <t>16 500  ₽</t>
   </si>
   <si>
     <t>HI7061L</t>
   </si>
   <si>
     <t>HI7061L Очищающий раствор общего назначения, 500 мл</t>
   </si>
   <si>
-    <t>4 860  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>ECLEAN_HP</t>
   </si>
   <si>
     <t>Очищающий раствор от белковых загрязнений для pH и ОВП электродов, 50мл</t>
   </si>
   <si>
     <t>590  ₽</t>
   </si>
   <si>
     <t>Очищающий раствор общего назначения для pH и ОВП электродов</t>
   </si>
   <si>
     <t>530  ₽</t>
   </si>
   <si>
     <t>Очищающий раствор (пепсин, соляная кислота) для pH и ОВП электродов</t>
   </si>
   <si>
     <t>2 390  ₽</t>
   </si>
   <si>
     <t>Калибровочные и буферные растворы, стандарт-титры / Раствор для очистки электродов / Очищающий раствор (пепсин, соляная кислота) для pH и ОВП электродов</t>
   </si>
   <si>
     <t>ECLEAN_HP-250</t>
@@ -3644,68 +3656,65 @@
   <si>
     <t>К-918</t>
   </si>
   <si>
     <t>К-918-250</t>
   </si>
   <si>
     <t>Калибровочный буферный раствор pH 9,18 (2-ой разряд точности) для pH метра, 250 мл</t>
   </si>
   <si>
     <t>К-918-500</t>
   </si>
   <si>
     <t>Калибровочный буферный раствор pH 9,18 (2-ой разряд точности) для pH метра, 500мл</t>
   </si>
   <si>
     <t>Калибровочные и буферные растворы, стандарт-титры / Растворы для ОВП (редокс) метров</t>
   </si>
   <si>
     <t>КР-240мВ</t>
   </si>
   <si>
     <t>Калибровочный раствор 240 мВ для ОВП метров</t>
   </si>
   <si>
-    <t>1 110  ₽</t>
+    <t>790  ₽</t>
   </si>
   <si>
     <t>ORP285</t>
   </si>
   <si>
     <t>Калибровочный раствор 285 мВ для ОВП метров</t>
   </si>
   <si>
     <t>HI7021L</t>
   </si>
   <si>
     <t>HI7021L раствор для калибровки 240 мВ, 500 мл</t>
   </si>
   <si>
-    <t>9 072  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI7022L</t>
   </si>
   <si>
     <t>HI7022L раствор для калибровки 470 мВ, 500 мл</t>
   </si>
   <si>
     <t>ORP256</t>
   </si>
   <si>
     <t>ORP256 Порошок с реагентом для приготовления калибровочного раствора 50мл +256мВ</t>
   </si>
   <si>
     <t>270  ₽</t>
   </si>
   <si>
     <t>Калибровочные и буферные растворы, стандарт-титры / Растворы для кондуктометров и солемеров</t>
   </si>
   <si>
     <t>КР-342ppm</t>
   </si>
   <si>
     <t>Калибровочный раствор 342 ppm (700 мкСм) для кондуктометров и солемеров</t>
   </si>
   <si>
     <t>460  ₽</t>
@@ -3818,50 +3827,56 @@
   <si>
     <t>K04</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 0,4 мкСм/см</t>
   </si>
   <si>
     <t>K450</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 450 мкСм/см</t>
   </si>
   <si>
     <t>HI7031L</t>
   </si>
   <si>
     <t>HI7031L раствор для калибровки 1413 мкСм/см, 500мл</t>
   </si>
   <si>
     <t>КР-644</t>
   </si>
   <si>
     <t>Калибровочный раствор 6,44 ppt для кондуктометров и солемеров</t>
   </si>
   <si>
+    <t>КР-800</t>
+  </si>
+  <si>
+    <t>Калибровочный раствор 800 ppm для кондуктометров и солемеров</t>
+  </si>
+  <si>
     <t>K10-250</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 10 мкСм/см, 250 мл</t>
   </si>
   <si>
     <t>3 290  ₽</t>
   </si>
   <si>
     <t>K10-500</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 10 мкСм/см, 500 мл</t>
   </si>
   <si>
     <t>5 930  ₽</t>
   </si>
   <si>
     <t>K290-500</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 290 мкСм/см, 500 мл</t>
   </si>
   <si>
     <t>3 860  ₽</t>
@@ -3941,75 +3956,87 @@
   <si>
     <t>1 130  ₽</t>
   </si>
   <si>
     <t>K12900-250</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 12900 мкСм/см 12,90 мСм/см, 250 мл</t>
   </si>
   <si>
     <t>K13-500</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 1,3 мкСм/см, 500 мл</t>
   </si>
   <si>
     <t>K1600-500</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 1600 мкСм/см, 500 мл</t>
   </si>
   <si>
     <t>4 690  ₽</t>
   </si>
   <si>
+    <t>K2-500</t>
+  </si>
+  <si>
+    <t>Калибровочный раствор Стандарт удельной электропроводности 2 мкСм/см, 500 мл</t>
+  </si>
+  <si>
+    <t>5 460  ₽</t>
+  </si>
+  <si>
+    <t>K04-250</t>
+  </si>
+  <si>
+    <t>Калибровочный раствор Стандарт удельной электропроводности 0,4 мкСм/см, 250 мл</t>
+  </si>
+  <si>
     <t>Стандарт удельной электропроводности 1413мкСм/см</t>
   </si>
   <si>
     <t>Стандарт удельной электропроводности 12880 мкСм/см</t>
   </si>
   <si>
     <t>Стандарт удельной электропроводности 5000 мкСм/см</t>
   </si>
   <si>
     <t>Стандарт удельной электропроводности 84 мкСм/см</t>
   </si>
   <si>
     <t>Стандарт удельной электропроводности 1 мкСм/см</t>
   </si>
   <si>
     <t>Стандарт удельной электропроводности 5 мкСм/см</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 500 мкСм/см</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 1600 мкСм/см</t>
-  </si>
-[...1 lines deleted...]
-    <t>790  ₽</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 100 мкСм/см</t>
   </si>
   <si>
     <t>930  ₽</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 4000 мкСм/см</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 1000 мкСм/см</t>
   </si>
   <si>
     <t>730  ₽</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 400 мкСм/см</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 1,3 мкСм/см</t>
   </si>
   <si>
     <t xml:space="preserve">Калибровочный раствор 1000 ppm (2000мкСм)  для кондуктометров и солемеров - серия
 </t>
@@ -4138,53 +4165,50 @@
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 500 мкСм/см, 500 мл</t>
   </si>
   <si>
     <t>Калибровочные и буферные растворы, стандарт-титры / Растворы для кондуктометров и солемеров / Стандарт удельной электропроводности 1 мкСм/см</t>
   </si>
   <si>
     <t>K1</t>
   </si>
   <si>
     <t>K1-250</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 1 мкСм/см, 250 мл</t>
   </si>
   <si>
     <t>2 790  ₽</t>
   </si>
   <si>
     <t>K1-500</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 1 мкСм/см, 500 мл</t>
   </si>
   <si>
-    <t>5 460  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>Калибровочные и буферные растворы, стандарт-титры / Растворы для кондуктометров и солемеров / Стандарт удельной электропроводности 12880 мкСм/см</t>
   </si>
   <si>
     <t>K12880</t>
   </si>
   <si>
     <t>K12880-250</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 12880 мкСм/см 12,88 мСм/см, 250мл</t>
   </si>
   <si>
     <t>2 090  ₽</t>
   </si>
   <si>
     <t>K12880-500</t>
   </si>
   <si>
     <t>Калибровочный раствор Стандарт удельной электропроводности 12880 мкСм/см 12,88 мСм/см, 500мл</t>
   </si>
   <si>
     <t>Калибровочные и буферные растворы, стандарт-титры / Растворы для кондуктометров и солемеров / Стандарт удельной электропроводности 1413мкСм/см</t>
   </si>
   <si>
     <t>K1413</t>
@@ -4330,50 +4354,65 @@
   <si>
     <t>TURS500-500</t>
   </si>
   <si>
     <t>Калибровочный раствор для мутномера 500NTU, 500мл</t>
   </si>
   <si>
     <t>6 930  ₽</t>
   </si>
   <si>
     <t>Калибровочные и буферные растворы, стандарт-титры / Растворы для оксиметров</t>
   </si>
   <si>
     <t>30059257</t>
   </si>
   <si>
     <t>Реагент со стандартным нулевым содержанием кислорода</t>
   </si>
   <si>
     <t>K0</t>
   </si>
   <si>
     <t>Раствор со стандартным нулевым содержанием кислорода</t>
   </si>
   <si>
+    <t>Калибровочные и буферные растворы, стандарт-титры / Растворы для хлориметров</t>
+  </si>
+  <si>
+    <t>К-CL05</t>
+  </si>
+  <si>
+    <t>Калибровочный раствор по остаточному хлору 0,5 мг/л, 80 мл</t>
+  </si>
+  <si>
+    <t>К-NULL</t>
+  </si>
+  <si>
+    <t>Калибровочный нулевой раствор по остаточному хлору, 80 мл</t>
+  </si>
+  <si>
     <t>Калибровочные и буферные растворы, стандарт-титры / Растворы для хранения электродов</t>
   </si>
   <si>
     <t>KCl</t>
   </si>
   <si>
     <t>Калий хлористый KCl раствор 0.1 Моль/л для хранения электродов</t>
   </si>
   <si>
     <t>430  ₽</t>
   </si>
   <si>
     <t>0554 2318</t>
   </si>
   <si>
     <t>Раствор для хранения электрода</t>
   </si>
   <si>
     <t>12 210  ₽</t>
   </si>
   <si>
     <t>HI70300L</t>
   </si>
   <si>
     <t>HI70300L Раствор для хранения электродов рН-метра</t>
@@ -4408,98 +4447,107 @@
   <si>
     <t>KCL3M-250</t>
   </si>
   <si>
     <t>Раствор хранения pH и ОВП электродов KCL (калий хлористый) 3 Моль, 250мл</t>
   </si>
   <si>
     <t>KCL3M-500</t>
   </si>
   <si>
     <t>Раствор хранения pH и ОВП электродов KCL (калий хлористый) 3 Моль, 500 мл</t>
   </si>
   <si>
     <t>Калибровочные и буферные растворы, стандарт-титры / Растворы для хранения электродов / Раствор хранения pH и ОВП электродов KCL (калий хлористый) 3.5 Моль, 50мл</t>
   </si>
   <si>
     <t>KCL35M</t>
   </si>
   <si>
     <t>KCL35M-500</t>
   </si>
   <si>
     <t>Раствор хранения pH и ОВП электродов KCL (калий хлористый) 3.5 Моль, 500мл</t>
   </si>
   <si>
+    <t>Калибровочные и буферные растворы, стандарт-титры / Растворы для хроматографии</t>
+  </si>
+  <si>
+    <t>КРХ-10-500</t>
+  </si>
+  <si>
+    <t>Аммиачный буферный раствор pH 10 для хроматографов, 500 мл</t>
+  </si>
+  <si>
+    <t>5 260  ₽</t>
+  </si>
+  <si>
+    <t>КРХ-56-500</t>
+  </si>
+  <si>
+    <t>Аммиачный буферный раствор pH 5.6 для хроматографов, 500 мл</t>
+  </si>
+  <si>
+    <t>КРХ-6-500</t>
+  </si>
+  <si>
+    <t>Ацетатный буферный раствор pH 6 для хроматографов, 500 мл</t>
+  </si>
+  <si>
     <t>Калибровочные и буферные растворы, стандарт-титры / Электролиты для заполнения электродов</t>
   </si>
   <si>
     <t>HI7041S</t>
   </si>
   <si>
     <t>HI7041S раствор электролита для HI 9142, 9143, HI 9146, 30 мл</t>
   </si>
   <si>
-    <t>5 832  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI7042S</t>
   </si>
   <si>
     <t>Раствор электролита для HI76409 (HI9147)</t>
   </si>
   <si>
-    <t>6 480  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI7041L</t>
   </si>
   <si>
     <t>HI7041L раствор электролита для HI9142, HI9142, HI9146, 500 мл</t>
   </si>
   <si>
-    <t>22 356  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI7071</t>
   </si>
   <si>
     <t>HI7071 электролит для заполнения электродов 3.5 М KCL+AgCl, 4х30 мл</t>
   </si>
   <si>
-    <t>20 412  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI7071L</t>
   </si>
   <si>
     <t>HI7071L электролит для заполнения электродов 3.5 М KCL+AgCl, 500 мл</t>
   </si>
   <si>
-    <t>23 652  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>EPHORP</t>
   </si>
   <si>
     <t>Электролит для заполнения pH и ОВП электродов KCL 3.5M</t>
   </si>
   <si>
     <t>Стандартный электролит для заполнения pH и ОВП электродов KCL 3M</t>
   </si>
   <si>
     <t>Калибровочные и буферные растворы, стандарт-титры / Электролиты для заполнения электродов / Стандартный электролит для заполнения pH и ОВП электродов KCL 3M</t>
   </si>
   <si>
     <t>EPHORP3</t>
   </si>
   <si>
     <t>EPHORP3-250</t>
   </si>
   <si>
     <t>Стандартный электролит для заполнения pH и ОВП электродов KCL 3M, 250 мл</t>
   </si>
   <si>
     <t>Колориметры</t>
   </si>
   <si>
     <t>HI96746</t>
@@ -4531,53 +4579,50 @@
   <si>
     <t>HI96721 колориметр на железо, 0-5.00 мг/л</t>
   </si>
   <si>
     <t>75 960  ₽</t>
   </si>
   <si>
     <t>HI96711</t>
   </si>
   <si>
     <t>HI96711 колориметр на свободный/общий хлор, 0-5.00 мг/л</t>
   </si>
   <si>
     <t>HI96710</t>
   </si>
   <si>
     <t>HI96710 колориметр на рН и хлор, своб..хлор 0.00-2.50 мг/л, общий хлор 0.00-3.5 мг/л, рН 5.9-8.0</t>
   </si>
   <si>
     <t>HI721</t>
   </si>
   <si>
     <t>HI721 колориметр серии Checker для определения железа от 0 до 5 мг/л</t>
   </si>
   <si>
-    <t>9 720  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI96728</t>
   </si>
   <si>
     <t>HI96728 колориметр на нитраты 0,0 до 30,0 мг/л</t>
   </si>
   <si>
     <t>HI96712</t>
   </si>
   <si>
     <t>HI96712 колориметр на алюминий, 0.00-1.00 мг/л</t>
   </si>
   <si>
     <t>HI96702</t>
   </si>
   <si>
     <t>HI96702 колориметр на медь, 0.00-5.00 мг/л</t>
   </si>
   <si>
     <t>HI96741</t>
   </si>
   <si>
     <t>HI96741 колориметр на общую жесткость 0.00-4.70 мг/л, железо 0-400 мкг/л</t>
   </si>
   <si>
     <t>198200-02</t>
@@ -4705,53 +4750,50 @@
   <si>
     <t>83 360  ₽</t>
   </si>
   <si>
     <t>HI83300-02</t>
   </si>
   <si>
     <t>HI83300-02 мультипараметровый колориметр</t>
   </si>
   <si>
     <t>263 970  ₽</t>
   </si>
   <si>
     <t>HI97701</t>
   </si>
   <si>
     <t>HI97701 колориметр на свободный хлор, 0-5.00 мг/л</t>
   </si>
   <si>
     <t>HI97710</t>
   </si>
   <si>
     <t>HI97710 колориметр на рН и хлор, общ. и своб. хлор 0.00-5.00 мг/л, рН 6.5-8.5</t>
   </si>
   <si>
-    <t>46 008  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI97713</t>
   </si>
   <si>
     <t>HI97713 колориметр на фосфаты, 0.00-2.5 мг/л</t>
   </si>
   <si>
     <t>HI97715</t>
   </si>
   <si>
     <t>HI97715 колориметр на аммоний 0-10.00 мг/л</t>
   </si>
   <si>
     <t>83 290  ₽</t>
   </si>
   <si>
     <t>HI97717</t>
   </si>
   <si>
     <t>HI97717 колориметр на фосфаты, 0.00-30.0 мг/л</t>
   </si>
   <si>
     <t>HI97721</t>
   </si>
   <si>
     <t>HI97721 колориметр на железо, 0-5.00 мг/л</t>
@@ -4768,50 +4810,59 @@
   <si>
     <t>HI97745</t>
   </si>
   <si>
     <t>HI97745 колориметр для определения рН, железа, свободного и общего хлора, жесткости</t>
   </si>
   <si>
     <t>WGG60</t>
   </si>
   <si>
     <t>Оптический измеритель блеска, блескомер 0-150GU, 60 градусов</t>
   </si>
   <si>
     <t>20 310  ₽</t>
   </si>
   <si>
     <t>WX100</t>
   </si>
   <si>
     <t>WX-100 Портативный цветовой анализатор для тест-полосок</t>
   </si>
   <si>
     <t>34 390  ₽</t>
   </si>
   <si>
+    <t>HI97707</t>
+  </si>
+  <si>
+    <t>HI97707 колориметр на нитриты, 0.000-0.600 мг/л</t>
+  </si>
+  <si>
+    <t>79 930  ₽</t>
+  </si>
+  <si>
     <t>Комплектующие</t>
   </si>
   <si>
     <t>USB20M</t>
   </si>
   <si>
     <t>USB20M Программное обеспечение и кабель USB для оборудования AZ Instrument</t>
   </si>
   <si>
     <t>TP01</t>
   </si>
   <si>
     <t>Термобумага для принтера регистратора RMS-010</t>
   </si>
   <si>
     <t>200  ₽</t>
   </si>
   <si>
     <t>DC2412</t>
   </si>
   <si>
     <t>DC2412 Преобразователь напряжения для терморегистратора RMS-010</t>
   </si>
   <si>
     <t>0554 1841</t>
@@ -4849,80 +4900,71 @@
   <si>
     <t>1 230  ₽</t>
   </si>
   <si>
     <t>30137459</t>
   </si>
   <si>
     <t>STD 011 пластиковый необслуживаемый электрод для измерения растворенного кислорода</t>
   </si>
   <si>
     <t>76 380  ₽</t>
   </si>
   <si>
     <t>MDO8401</t>
   </si>
   <si>
     <t>MDO8401 Мембрана и уплотнительные кольца для оксиметра DO8401</t>
   </si>
   <si>
     <t>HI76407/4</t>
   </si>
   <si>
     <t>HI76407/4 датчик для оксиметров HI9142, 43, 45, 41 и 410, кабель 4 м</t>
   </si>
   <si>
-    <t>34 992  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI76407A/P</t>
   </si>
   <si>
     <t>HI76407A/P набор запасных мембран, 5 шт/уп</t>
   </si>
   <si>
     <t>22 590  ₽</t>
   </si>
   <si>
     <t>HI76409A/P</t>
   </si>
   <si>
     <t>Набор запасных мембран для датчика HI 76409 (HI 9147)</t>
   </si>
   <si>
-    <t>11 556  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI764080</t>
   </si>
   <si>
     <t>HI764080 датчик растворенного кислорода для прибора edge</t>
   </si>
   <si>
-    <t>73 764  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI76407/4F</t>
   </si>
   <si>
     <t>HI76407/4F датчик для оксиметра HI9146, кабель 4 м</t>
   </si>
   <si>
     <t>76 590  ₽</t>
   </si>
   <si>
     <t>HI76409/4</t>
   </si>
   <si>
     <t>HI76409/4 датчик для HI9147, кабель 4 м</t>
   </si>
   <si>
     <t>DO9100P</t>
   </si>
   <si>
     <t>DO-9100P Датчик для измерителя кислорода DO-9100</t>
   </si>
   <si>
     <t>8 460  ₽</t>
   </si>
   <si>
     <t>108110</t>
@@ -4951,99 +4993,84 @@
   <si>
     <t>201545</t>
   </si>
   <si>
     <t>201545 CellOx 325-3 датчик растворенного кислорода, кабель 3 м</t>
   </si>
   <si>
     <t>161 550  ₽</t>
   </si>
   <si>
     <t>202725/1</t>
   </si>
   <si>
     <t>202725/1 WP 90/3 запасная мембрана для CellOx 325, 3 шт.</t>
   </si>
   <si>
     <t>32 400  ₽</t>
   </si>
   <si>
     <t>HI764080A/P</t>
   </si>
   <si>
     <t>HI764080A/P набор запасных мембран, 5 шт/уп, для датчика HI764080</t>
   </si>
   <si>
-    <t>11 988  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>AZ8403M</t>
   </si>
   <si>
     <t>AZ8403M Мембрана для оксиметра AZ8401, AZ8403</t>
   </si>
   <si>
     <t>3 230  ₽</t>
   </si>
   <si>
     <t>AMT08S</t>
   </si>
   <si>
     <t>AMT08S Сменный датчик для оксиметра Amtast AMT-08</t>
   </si>
   <si>
     <t>9 960  ₽</t>
   </si>
   <si>
     <t>237118</t>
   </si>
   <si>
     <t>237118 Hamilton, Oxylyte электролит для датчиков кислорода, 30мл</t>
   </si>
   <si>
     <t>19 460  ₽</t>
   </si>
   <si>
     <t>MD600</t>
   </si>
   <si>
     <t>MD600 Высокотемпературный датчик растворенного кислорода (0-40мг/л, 0-130C, 0-5Бар,  RS485, 316L)</t>
   </si>
   <si>
     <t>154 360  ₽</t>
-  </si>
-[...10 lines deleted...]
-    <t>266 250  ₽</t>
   </si>
   <si>
     <t>Комплектующие / Датчики температуры и влажности</t>
   </si>
   <si>
     <t>KPR15</t>
   </si>
   <si>
     <t xml:space="preserve">Внешний термодатчик длина щупа 1200мм K-
 типа для термометра </t>
   </si>
   <si>
     <t>S01</t>
   </si>
   <si>
     <t>Внешний датчик температуры, полимер, модель S01</t>
   </si>
   <si>
     <t>800  ₽</t>
   </si>
   <si>
     <t>S0210</t>
   </si>
   <si>
     <t>S0210 Внешний датчик температуры, металл, длина кабеля 10м</t>
@@ -5498,354 +5525,312 @@
   <si>
     <t>ДВ20</t>
   </si>
   <si>
     <t>Дистиллированная вода с двойной очисткой - 20 литров</t>
   </si>
   <si>
     <t>1 920  ₽</t>
   </si>
   <si>
     <t>ДВ5</t>
   </si>
   <si>
     <t>Дистиллированная вода с двойной очисткой - 5 литров</t>
   </si>
   <si>
     <t>Комплектующие / Реактивы и комплектующие для колориметров</t>
   </si>
   <si>
     <t>HI731318</t>
   </si>
   <si>
     <t>HI731318 ткань для протирки кювет, 4 шт/уп</t>
   </si>
   <si>
-    <t>2 916  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI731335</t>
   </si>
   <si>
     <t>HI731335 крышки для кювет для колориметров серии HI967xx, HI957xx, HI987XX, 4 шт/уп</t>
   </si>
   <si>
-    <t>2 376  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI93712-01</t>
   </si>
   <si>
     <t>HI93712-01 Алюминий (100 тестов)</t>
   </si>
   <si>
     <t>HI93713-03</t>
   </si>
   <si>
     <t>HI93713-03 реагенты на фосфаты, низкие концентрации, 300 тестов</t>
   </si>
   <si>
     <t>HI93746-01</t>
   </si>
   <si>
     <t>HI93746-01 Железо, низкие концентрации (50 тестов)</t>
   </si>
   <si>
-    <t>11 880  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI93721-01</t>
   </si>
   <si>
     <t>HI93721-01 Железо, высокие концентрации (100 тестов)</t>
   </si>
   <si>
-    <t>5 184  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI93746-03</t>
   </si>
   <si>
     <t>HI93746-03 Железо, низкие концентрации (150 тестов)</t>
   </si>
   <si>
     <t>HI 93717-01</t>
   </si>
   <si>
     <t>HI93717-01 Фосфат, высокие концентрации (100 тестов)</t>
   </si>
   <si>
     <t>HI93701-01</t>
   </si>
   <si>
     <t>HI93701-01 реагенты на свободный хлор, 100 тестов</t>
   </si>
   <si>
     <t>16 930  ₽</t>
   </si>
   <si>
     <t>HI93702-01</t>
   </si>
   <si>
     <t>HI93702-01 реагенты на медь, высокие концентрации, 100 тестов</t>
   </si>
   <si>
-    <t>8 640  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI93711-01</t>
   </si>
   <si>
     <t>HI93711-01 реагенты на общий хлор, 100 тестов</t>
   </si>
   <si>
-    <t>5 616  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI93719-01</t>
   </si>
   <si>
     <t>HI93719-01 реагенты на жесткость по магнию, 100 тестов</t>
   </si>
   <si>
     <t>19 410  ₽</t>
   </si>
   <si>
     <t>HI93720-01</t>
   </si>
   <si>
     <t>HI93720-01 реагенты на жесткость по кальцию, 100 тестов</t>
   </si>
   <si>
-    <t>10 584  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI93728-01</t>
   </si>
   <si>
     <t>HI93728-01 реагенты на нитрат, 0.0-30.0 мг/л , 100 тестов</t>
   </si>
   <si>
     <t>26 430  ₽</t>
   </si>
   <si>
     <t>HI93735-0</t>
   </si>
   <si>
     <t>HI93735-0 набор реагентов на жесткость, 0-250, 200-500, 400-750 мг/л, 100 тестов</t>
   </si>
   <si>
-    <t>25 704  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI93748-01</t>
   </si>
   <si>
     <t>HI93748-01 реагенты на марганец, низкие концентрации, 50 тестов</t>
   </si>
   <si>
     <t>HI93748-03</t>
   </si>
   <si>
     <t>HI93748-03 реагенты на марганец, низкие концентрации, 150 тестов</t>
   </si>
   <si>
     <t>LEI-5100</t>
   </si>
   <si>
     <t>LEI-5100 Реагенты для ХПК без разбавления: от 100 до 1000 мг/л</t>
   </si>
   <si>
-    <t>8 280  ₽</t>
+    <t>5 060  ₽</t>
   </si>
   <si>
     <t>LEI-5160</t>
   </si>
   <si>
     <t>LEI-5160 Реагенты для ХПК без разбавления: от 10 до 160 мг/л</t>
   </si>
   <si>
     <t>LEI-5180</t>
   </si>
   <si>
     <t>LEI-5180 Реагенты для ХПК без разбавления: от 80 до 800 мг/л</t>
   </si>
   <si>
     <t>HI93734-01</t>
   </si>
   <si>
     <t>HI93734-01 реагенты на свободный и общий хлор, 100 тестов</t>
   </si>
   <si>
     <t>HI93710-01</t>
   </si>
   <si>
     <t>Набор реагентов для колориметров на pH 100 тестов</t>
   </si>
   <si>
-    <t>4 752  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI721-25</t>
   </si>
   <si>
     <t>HI721-25 Реагенты на железо, 0-5 мг/л, 25 тестов</t>
   </si>
   <si>
     <t>12 930  ₽</t>
   </si>
   <si>
     <t>HI95771-01</t>
   </si>
   <si>
     <t>HI95771-01 реагенты на хлор, высокие концентрации, 100 тестов</t>
   </si>
   <si>
     <t>HI709-25</t>
   </si>
   <si>
     <t>HI709-25 реагенты на марганец для HI709</t>
   </si>
   <si>
-    <t>2 160  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI711-25</t>
   </si>
   <si>
     <t>HI711-25 реагенты на общий хлор, 0-3.5 мг/л, 25 тестов</t>
   </si>
   <si>
-    <t>1 728  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI717-25</t>
   </si>
   <si>
     <t>HI717-25 реагенты на фосфаты, 40 тестов</t>
   </si>
   <si>
     <t>HI739-26</t>
   </si>
   <si>
     <t>HI739-26 реагенты на фторид, 0.00-20.00 мг/л, 25 тестов</t>
   </si>
   <si>
     <t>HI93700-01</t>
   </si>
   <si>
     <t>HI93700-01 реагенты для определения аммония, низкие концентрации, 100 тестов</t>
   </si>
   <si>
-    <t>11 232  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI93701-T</t>
   </si>
   <si>
     <t>HI93701-T реагенты на общий хлор, жидкие, 300 тестов</t>
   </si>
   <si>
-    <t>9 288  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI93709-01</t>
   </si>
   <si>
     <t>HI93709-01 реагенты на марганец, высокие концентрации, 100 тестов</t>
   </si>
   <si>
-    <t>11 016  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI93713-01</t>
   </si>
   <si>
     <t>HI93713-01 реагенты на фосфаты, низкие концентрации, 0-2.5 мг/л, 100 тестов</t>
   </si>
   <si>
-    <t>6 912  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI93730-01</t>
   </si>
   <si>
     <t>HI93730-01 реагенты на молибден, 100 тестов</t>
   </si>
   <si>
-    <t>19 224  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI93739-01</t>
   </si>
   <si>
     <t>HI93739-01 реагенты на фторид, 0.00-20.00 мг/л, 100 тестов</t>
   </si>
   <si>
     <t>HI3833-050</t>
   </si>
   <si>
     <t>HI3833-050 набор реактивов к набору HI3833 (определение фосфатов)</t>
   </si>
   <si>
     <t>HI3874-100</t>
   </si>
   <si>
     <t>HI3874-100 набор реактивов к набору HI3874 (определение нитратов)</t>
   </si>
   <si>
     <t>HI731325</t>
   </si>
   <si>
     <t>HI731325 крышки для кювет колориметров серии HI937xx, 4 шт/уп</t>
   </si>
   <si>
     <t>HI731331</t>
   </si>
   <si>
     <t>HI731331 кюветы для колориметров серии HI977xx, HI967xx, HI957xx, HI987xx, 4 шт/уп</t>
   </si>
   <si>
-    <t>4 428  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>205217</t>
   </si>
   <si>
     <t>Раствор электролита ELY/G, Кат.№205217 WTW</t>
   </si>
   <si>
     <t>HI93701-0</t>
   </si>
   <si>
     <t>HI93701-0 Реагенты на свободный хлор</t>
   </si>
   <si>
     <t>13 650  ₽</t>
   </si>
   <si>
     <t>HI95771-01 Набор реагентов на свободный хлор, высокие концентрации</t>
+  </si>
+  <si>
+    <t>AER</t>
+  </si>
+  <si>
+    <t>Набор реагентов pH, амммиак, нитриты для  фотометров</t>
+  </si>
+  <si>
+    <t>4 960  ₽</t>
   </si>
   <si>
     <t>2495402</t>
   </si>
   <si>
     <t>HACH 24954-02 Кювета прямоугольная (10 мл, 2 шт.)</t>
   </si>
   <si>
     <t>39 760  ₽</t>
   </si>
   <si>
     <t>Комплектующие / Электродная арматура</t>
   </si>
   <si>
     <t>P33F</t>
   </si>
   <si>
     <t>Проточная ячейка для 
 подключения гибких магистралей и проточных электродов</t>
   </si>
   <si>
     <t>14 880  ₽</t>
   </si>
   <si>
     <t>P34A</t>
@@ -5886,50 +5871,59 @@
   <si>
     <t>19 920  ₽</t>
   </si>
   <si>
     <t>EH1</t>
   </si>
   <si>
     <t>Держатель для датчика</t>
   </si>
   <si>
     <t>CELL100AC</t>
   </si>
   <si>
     <t>CELL-100AC Цилиндрическое устройство потока для датчиков (NPT3/4, 300-1000 мл/мин)</t>
   </si>
   <si>
     <t>COM34</t>
   </si>
   <si>
     <t>Погружная арматура с коммутационным устройством для погружных датчиков</t>
   </si>
   <si>
     <t>17 250  ₽</t>
   </si>
   <si>
+    <t>SPC100</t>
+  </si>
+  <si>
+    <t>SPC-100 Защита датчика от механических повреждений</t>
+  </si>
+  <si>
+    <t>5 970  ₽</t>
+  </si>
+  <si>
     <t>CCIS-ACR-1</t>
   </si>
   <si>
     <t>Проточная ячейка для датчиков с установочным комплектом</t>
   </si>
   <si>
     <t>19 140  ₽</t>
   </si>
   <si>
     <t>HI740200</t>
   </si>
   <si>
     <t>HI740200 колпачки для электродов, 5 шт/уп</t>
   </si>
   <si>
     <t>30064800</t>
   </si>
   <si>
     <t>Ohaus 30064800 Флакон для хранения рН-электрода, упаковка 10 шт</t>
   </si>
   <si>
     <t>CELL100B</t>
   </si>
   <si>
     <t>CELL-100B Устройство потока для одного датчика (1/2", DN10, 0-100л/ч)</t>
@@ -6226,356 +6220,323 @@
   <si>
     <t>30087993</t>
   </si>
   <si>
     <t>pH20 ST (30087993) Сменный электрод для pH метра Starter ST20</t>
   </si>
   <si>
     <t>13 500  ₽</t>
   </si>
   <si>
     <t>SPP5</t>
   </si>
   <si>
     <t>SP-P5 pH электрод для pH метров HM-100, HM-200, HM-500, HM-501</t>
   </si>
   <si>
     <t>8 220  ₽</t>
   </si>
   <si>
     <t>201DH</t>
   </si>
   <si>
     <t>201DH электрод pH с разъемом мини BNC</t>
   </si>
   <si>
+    <t>8 280  ₽</t>
+  </si>
+  <si>
     <t>PH0410W</t>
   </si>
   <si>
     <t>pH-0410W Датчик pH</t>
   </si>
   <si>
     <t>34 830  ₽</t>
   </si>
   <si>
     <t>SPC3</t>
   </si>
   <si>
     <t>SP-C3 Сменный датчик для COM300</t>
   </si>
   <si>
     <t>6 570  ₽</t>
   </si>
   <si>
     <t>pH0410W</t>
   </si>
   <si>
     <t>pH0410W Сменный датчик pH для MPS-1400</t>
   </si>
   <si>
     <t>31 380  ₽</t>
   </si>
   <si>
     <t>G102</t>
   </si>
   <si>
     <t>G102 pH электрод промышленный для чистой и ультрачистой воды</t>
   </si>
   <si>
     <t>HI1270</t>
   </si>
   <si>
     <t>HI1270 Сменный рН-электрод для Checker</t>
   </si>
   <si>
-    <t>5 292  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI1271</t>
   </si>
   <si>
     <t>HI1271 Сменный рН-электрод для Checker+ HI 98100</t>
   </si>
   <si>
     <t>13 380  ₽</t>
   </si>
   <si>
     <t>HI1280</t>
   </si>
   <si>
     <t>HI1280 Сменный рН-электрод для Piccolo</t>
   </si>
   <si>
     <t>HI1290</t>
   </si>
   <si>
     <t>HI1290 Сменный рН-электрод для Piccolo 2</t>
   </si>
   <si>
     <t>HI1295</t>
   </si>
   <si>
     <t>HI1295 Сменный рН-электрод для Piccolo+ Piccolo 3</t>
   </si>
   <si>
     <t>22 320  ₽</t>
   </si>
   <si>
     <t>HI73127</t>
   </si>
   <si>
     <t>HI73127 сменный электрод для Combo HI98129, HI98130, pHep 4, pHep 5</t>
   </si>
   <si>
     <t>FC200B</t>
   </si>
   <si>
     <t>FC200B комбинированный рН-электрод для мяса и молока</t>
   </si>
   <si>
-    <t>33 372  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>FC210B</t>
   </si>
   <si>
     <t>FC210B комбинированный рН-электрод для сметаны, йогурта, крема</t>
   </si>
   <si>
-    <t>38 340  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI1053B</t>
   </si>
   <si>
     <t>HI1053B комбинированный рН-электрод для масел, жиров, эмульсий, почвы</t>
   </si>
   <si>
     <t>40 110  ₽</t>
   </si>
   <si>
     <t>HI1288</t>
   </si>
   <si>
     <t>HI1288 pH/EC/TDS датчик</t>
   </si>
   <si>
-    <t>24 840  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI1330B</t>
   </si>
   <si>
     <t>HI1330B комбинированный рН-электрод для измерений в пробирках и ампулах, корпус - стекло</t>
   </si>
   <si>
-    <t>30 348  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI1413B</t>
   </si>
   <si>
     <t>HI1413B комбинированный рН-электрод для измерения на поверхности, корпус - стекло</t>
   </si>
   <si>
     <t>103635</t>
   </si>
   <si>
     <t xml:space="preserve">103635 SenTix 41 комбинированный pH датчик </t>
   </si>
   <si>
     <t>58 950  ₽</t>
   </si>
   <si>
     <t>103642</t>
   </si>
   <si>
     <t>103642 SenTix 81 комбинированный электрод со встроенным термодатчиком, жидким электролитом, DIN</t>
   </si>
   <si>
     <t>68 130  ₽</t>
   </si>
   <si>
     <t>PH-1110B30</t>
   </si>
   <si>
     <t>PH-1110B промышленный PH электрод, длина кабеля 30м</t>
   </si>
   <si>
     <t>26 760  ₽</t>
   </si>
   <si>
     <t>0650 2051</t>
   </si>
   <si>
     <t>Запасной рН зонд  для Testo 205</t>
   </si>
   <si>
-    <t>24 450  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>0554 2067</t>
   </si>
   <si>
     <t>Колпачок для хранения электрода для ph метра Testo 206</t>
   </si>
   <si>
     <t>9 240  ₽</t>
   </si>
   <si>
     <t>0650 2061</t>
   </si>
   <si>
     <t>Запасной рН зонд  для Testo 206 pH1</t>
   </si>
   <si>
     <t>16 410  ₽</t>
   </si>
   <si>
     <t>0650 2062</t>
   </si>
   <si>
     <t>Запасной ph зонд для Testo 206 pH2</t>
   </si>
   <si>
     <t>27 990  ₽</t>
   </si>
   <si>
     <t>0650 2063</t>
   </si>
   <si>
     <t>pH электрод пластиковый тип 01 для testo 206</t>
   </si>
   <si>
     <t>FC202D</t>
   </si>
   <si>
     <t>FC202D комбинированный рН-электрод c термодатчиком для мясной и молочной промышл., корпус - Kynar</t>
   </si>
   <si>
-    <t>36 396  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>FC2020</t>
   </si>
   <si>
     <t>FC2020 комбинированный рН-электрод для молочных продуктов, сыров, необслуж., для Edge</t>
   </si>
   <si>
-    <t>37 476  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>FC2023</t>
   </si>
   <si>
     <t>FC2023 pH-электрод для молочных и полутвердых продуктов</t>
   </si>
   <si>
     <t>FC231D</t>
   </si>
   <si>
     <t>FC231D комбинированный рН-электрод</t>
   </si>
   <si>
-    <t>46 980  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>FC2323</t>
   </si>
   <si>
     <t>FC2323 pH-электрод для мяса</t>
   </si>
   <si>
     <t>FC232D</t>
   </si>
   <si>
     <t>FC232D комбинированный рН-электрод</t>
   </si>
   <si>
-    <t>46 440  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI1043B</t>
   </si>
   <si>
     <t>HI1043B комбинированный рН-электрод для сильно кислых/щелочных растворов, корпус - стекло</t>
   </si>
   <si>
     <t>HI10480</t>
   </si>
   <si>
     <t>HI10480 рН-электрод для сложных применений для edge</t>
   </si>
   <si>
-    <t>42 444  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI10530</t>
   </si>
   <si>
     <t>HI10530 комбинированный рН-электрод</t>
   </si>
   <si>
     <t>63 290  ₽</t>
   </si>
   <si>
     <t>HI1131B</t>
   </si>
   <si>
     <t>HI1131B комбинированный рН-электрод общего назначения, корпус - стекло</t>
   </si>
   <si>
     <t>51 240  ₽</t>
   </si>
   <si>
     <t>HI1230B</t>
   </si>
   <si>
     <t>HI1230B комбинированный рН-электрод общего назначения. корпус - пластик</t>
   </si>
   <si>
     <t>32 730  ₽</t>
   </si>
   <si>
     <t>HI1296D</t>
   </si>
   <si>
     <t>HI1296D pH электрод, комбинированный, DIN разъем</t>
   </si>
   <si>
     <t>56 960  ₽</t>
   </si>
   <si>
     <t>HI73120</t>
   </si>
   <si>
     <t>HI73120 электрод для HI98120</t>
   </si>
   <si>
-    <t>13 392  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI11310</t>
   </si>
   <si>
     <t>HI11310 рН-электрод для общелабораторных целей для pH метров серии Edge</t>
   </si>
   <si>
     <t>51 540  ₽</t>
   </si>
   <si>
     <t>pHW1130N</t>
   </si>
   <si>
     <t>pHW1130N Комбинированный pH электрод для агрессивных сред (кабель 10м, разъем BNC)</t>
   </si>
   <si>
     <t>23 940  ₽</t>
   </si>
   <si>
     <t>PH-1110A</t>
   </si>
   <si>
     <t>PH-1110A промышленный PH электрод, длина кабеля 10м</t>
   </si>
   <si>
     <t>17 260  ₽</t>
@@ -6625,62 +6586,56 @@
   <si>
     <t>103645 SenTix Sp pH электрод для измерений в сыре, фруктах, овощах, ветчине и т.п.</t>
   </si>
   <si>
     <t>103780</t>
   </si>
   <si>
     <t>103780 SenTix 980 цифровой рН-электрод</t>
   </si>
   <si>
     <t>74 360  ₽</t>
   </si>
   <si>
     <t>HI12883</t>
   </si>
   <si>
     <t>HI12883 pH/EC/TDS датчик</t>
   </si>
   <si>
     <t>HI1292D</t>
   </si>
   <si>
     <t>HI1292D рН-электрод для почвы</t>
   </si>
   <si>
-    <t>39 430  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI1083B</t>
   </si>
   <si>
     <t>HI1083B комбинированный рН-электрод для измерений в микропланшетах, корпус - стекло</t>
   </si>
   <si>
-    <t>64 584  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>0554 2051</t>
   </si>
   <si>
     <t>Колпачок запасной для testo 205</t>
   </si>
   <si>
     <t>9 300  ₽</t>
   </si>
   <si>
     <t>PH98106P</t>
   </si>
   <si>
     <t>PH-98106P Сменный pH датчик</t>
   </si>
   <si>
     <t>3 270  ₽</t>
   </si>
   <si>
     <t>PH818P</t>
   </si>
   <si>
     <t>PH-818P Сменный pH датчик</t>
   </si>
   <si>
     <t>3 300  ₽</t>
@@ -6775,59 +6730,50 @@
   <si>
     <t>ASP100ET30</t>
   </si>
   <si>
     <t>ASP100ET pH датчик PG13.5, кабель 30м, с термокомпенсацией</t>
   </si>
   <si>
     <t>31 260  ₽</t>
   </si>
   <si>
     <t>PH1320AW</t>
   </si>
   <si>
     <t>pH1320BW Высокотемпературный pH электрод для сильных кислот и щелочей (0-135С, PT1000, кабель 5м)</t>
   </si>
   <si>
     <t>39 120  ₽</t>
   </si>
   <si>
     <t>PH1010J</t>
   </si>
   <si>
     <t>pH1010J Промышленный тефлоновый pH электрод для органики (0-60°C, кабель 5м)</t>
   </si>
   <si>
-    <t>SPC100</t>
-[...7 lines deleted...]
-  <si>
     <t>RB546K30</t>
   </si>
   <si>
     <t>Датчик Emerson RBI-A10-D1-546-S1-05-K-30-T2</t>
   </si>
   <si>
     <t>ASP101E-N1-YS</t>
   </si>
   <si>
     <t>ASP101E-N1-YS pH датчик керамика (0-14pH, 0-100C, PT1000, PG13.5, кабель 10м)</t>
   </si>
   <si>
     <t>23 490  ₽</t>
   </si>
   <si>
     <t>PH1120PD-10M</t>
   </si>
   <si>
     <t>pH1120PD pH электрод для спиртов, кетонов, кислот, кабель 10м</t>
   </si>
   <si>
     <t>42 360  ₽</t>
   </si>
   <si>
     <t>PH1120C-10M</t>
@@ -6953,53 +6899,50 @@
     <t>STORP2 стеклянный обслуживаемый ОВП-электрод</t>
   </si>
   <si>
     <t>46 590  ₽</t>
   </si>
   <si>
     <t>MPS-ORP</t>
   </si>
   <si>
     <t>MPS-ORP Сменный датчик ОВП для MPS-1400</t>
   </si>
   <si>
     <t>32 850  ₽</t>
   </si>
   <si>
     <t>ORP-1110B20</t>
   </si>
   <si>
     <t>ORP-1110B Электрод ОВП, длина кабеля 20м</t>
   </si>
   <si>
     <t>HI3131B</t>
   </si>
   <si>
     <t>HI3131B ОВП Pt-электрод общелабораторного назначения, ОВП-титрование, заправляемый</t>
-  </si>
-[...1 lines deleted...]
-    <t>34 344  ₽</t>
   </si>
   <si>
     <t>HI3230B</t>
   </si>
   <si>
     <t>HI3230B комбинированный платиновый ORP-электрод общего назначения, корпус - пластик</t>
   </si>
   <si>
     <t>44 130  ₽</t>
   </si>
   <si>
     <t>30088020</t>
   </si>
   <si>
     <t>R10 ST (30088020) Электрод ОВП для карманной версии приборов Starter ST10R</t>
   </si>
   <si>
     <t>30088021</t>
   </si>
   <si>
     <t>R20 ST (30088021) Электрод ОВП для карманной версии приборов Starter ST20R</t>
   </si>
   <si>
     <t>103648</t>
   </si>
@@ -7211,110 +7154,104 @@
   <si>
     <t>SPC2</t>
   </si>
   <si>
     <t>SP-C2 Кондуктометрический электрод для HM-200</t>
   </si>
   <si>
     <t>5 370  ₽</t>
   </si>
   <si>
     <t>SPC5</t>
   </si>
   <si>
     <t>SP-C5 Кондуктометрический электрод для HM-500, HM-501</t>
   </si>
   <si>
     <t>HI763100</t>
   </si>
   <si>
     <t>HI763100 датчик проводимости для edge</t>
   </si>
   <si>
     <t>SP1PS</t>
   </si>
   <si>
-    <t>SP-1/PS Электрод для кондуктометов PS-50, 54</t>
+    <t>SP-1/PS Электрод для кондуктометров PS-50, 54</t>
   </si>
   <si>
     <t>30087994</t>
   </si>
   <si>
     <t>CT10A ST (30087994) Электрод для карманной версии приборов Starter ST10C-A, ST10T-A</t>
   </si>
   <si>
     <t>10 500  ₽</t>
   </si>
   <si>
     <t>30087997</t>
   </si>
   <si>
     <t>CT20A ST (30087997) Электрод для карманной версии приборов Starter ST20C-A, ST20T-A</t>
   </si>
   <si>
     <t>30087995</t>
   </si>
   <si>
     <t>CT10B ST (30087995) электрод для карманной версии приборов Starter ST10C-B, ST10T-B</t>
   </si>
   <si>
     <t>30087998</t>
   </si>
   <si>
     <t>CT20B ST (30087998) Электрод для карманной версии приборов Starter ST20C-B, ST20T-B</t>
   </si>
   <si>
     <t>30087996</t>
   </si>
   <si>
     <t>CS10C ST (30087996) Электрод для карманной версии приборов Starter ST10C-С, ST10S</t>
   </si>
   <si>
     <t>30087999</t>
   </si>
   <si>
     <t>CS20C ST (30087999) Электрод для карманной версии приборов Starter ST20C-С, ST20S</t>
   </si>
   <si>
     <t>HI76301D</t>
   </si>
   <si>
     <t>HI76301D датчик для HI8734</t>
   </si>
   <si>
-    <t>22 572  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI76302W</t>
   </si>
   <si>
     <t>HI76302W кондуктометрический датчик для HI8733 и HI9033</t>
   </si>
   <si>
-    <t>40 932  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>301710</t>
   </si>
   <si>
     <t>301710 TetraCon 925 цифровой 4х-электродный датчик, 1 м</t>
   </si>
   <si>
     <t>98 630  ₽</t>
   </si>
   <si>
     <t>301711</t>
   </si>
   <si>
     <t>301711 TetraCon 925-3 цифровой 4х-электродный датчик, 3 м</t>
   </si>
   <si>
     <t>301960</t>
   </si>
   <si>
     <t>301960 TetraCon 325 кондуктометрический датчик, кабель 1.5 м</t>
   </si>
   <si>
     <t>93 030  ₽</t>
   </si>
   <si>
     <t>CON2136-13-30</t>
@@ -7326,50 +7263,59 @@
     <t>45 930  ₽</t>
   </si>
   <si>
     <t>ASCK-K0.1</t>
   </si>
   <si>
     <t>ASCK-K0.1 Датчик УЭП (0.05-200мкСм, 0-100C PT1000, до 5бар,  1/2", нерж. сталь 316L)</t>
   </si>
   <si>
     <t>20 460  ₽</t>
   </si>
   <si>
     <t>ASCK-K1</t>
   </si>
   <si>
     <t>ASCK-K1 Датчик УЭП (5-2000мкСм, 0-100C PT1000, до 5бар, нерж. сталь 316L)</t>
   </si>
   <si>
     <t>ASCK-K0.01</t>
   </si>
   <si>
     <t>ASCK-K0.01 Датчик УЭП (0.05-20мкСм, 0-100C PT1000, до 5бар, нерж. сталь 316L)</t>
   </si>
   <si>
     <t>24 720  ₽</t>
+  </si>
+  <si>
+    <t>301995</t>
+  </si>
+  <si>
+    <t>301995 KLE325 стандартная двухэлектродная кондуктометрическая ячейка</t>
+  </si>
+  <si>
+    <t>98 690  ₽</t>
   </si>
   <si>
     <t>Комплектующие / Электроды ионоселективные</t>
   </si>
   <si>
     <t>CL6403W14</t>
   </si>
   <si>
     <t>CL6403W-14 Датчик хлора</t>
   </si>
   <si>
     <t>40 710  ₽</t>
   </si>
   <si>
     <t>O3-8300</t>
   </si>
   <si>
     <t>Create O3 датчик озона для POZ-8300</t>
   </si>
   <si>
     <t>46 490  ₽</t>
   </si>
   <si>
     <t>Комплектующие / Элементы питания</t>
   </si>
@@ -7666,53 +7612,50 @@
     <t>ССТ7320A</t>
   </si>
   <si>
     <t xml:space="preserve">Create CCT-7320A Высокотемпературный кондуктометр-контроллер
 </t>
   </si>
   <si>
     <t>RCT-3320E</t>
   </si>
   <si>
     <t>Create RCT-3320E Контроллер сопротивления 0.5-18МОм, питание 220В</t>
   </si>
   <si>
     <t>CCT-3300E24</t>
   </si>
   <si>
     <t>Create CCT-3300 Промышленный кондуктометр с выбором датчика (1 реле, 4-20mA, 24В)</t>
   </si>
   <si>
     <t>LDM100R</t>
   </si>
   <si>
     <t>LDM-100R Двухканальный кондуктометр-солемер монитор уровня TDS/EC воды с двумя датчиками</t>
   </si>
   <si>
-    <t>10 950  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>CIT8800</t>
   </si>
   <si>
     <t>CIT-8800 Концентратомер с индукционным электродом</t>
   </si>
   <si>
     <t>148 260  ₽</t>
   </si>
   <si>
     <t>ROC7000</t>
   </si>
   <si>
     <t>ROC-7000 Система управления процессом очистки и подготовки воды</t>
   </si>
   <si>
     <t>155 610  ₽</t>
   </si>
   <si>
     <t>CRD2221</t>
   </si>
   <si>
     <t>Create CRD-2221-13 Цифровой датчик сопротивления (0.05-18.25МОм) с выходом RS-485</t>
   </si>
   <si>
     <t>74 760  ₽</t>
@@ -7828,81 +7771,81 @@
   <si>
     <t>DEC-351 Цифровой датчик УЭП (0-100мСм, 0-50C, ATC, 6бар, титан, RS485, кабель 10м)</t>
   </si>
   <si>
     <t>69 720  ₽</t>
   </si>
   <si>
     <t>DEC790P</t>
   </si>
   <si>
     <t>DEC-790P Цифровой датчик УЭП (0-10мСм, 0-5г/л, 5ppt, 0-50C, ATC, 5бар, RS485, кабель 5м)</t>
   </si>
   <si>
     <t>49 050  ₽</t>
   </si>
   <si>
     <t>DDM406A</t>
   </si>
   <si>
     <t>EcoUnit DDM-406A Цифровой датчик УЭП (0-200мСм, 3/4"NPT, RS-485, кабель 5м)</t>
   </si>
   <si>
     <t>67 230  ₽</t>
   </si>
   <si>
-    <t>MPC202</t>
-[...4 lines deleted...]
-  <si>
     <t>CRD6102</t>
   </si>
   <si>
     <t>Create CRD-6102 датчик УЭП для высоких температур (0-200мкСм, -10+120С, TriClamp, кабель 10м)</t>
   </si>
   <si>
     <t>76 430  ₽</t>
   </si>
   <si>
     <t>DEC360</t>
   </si>
   <si>
     <t>DEC-360 Цифровой датчик УЭП (0,001-200мСм, 6бар, Ti+316L, RS485, кабель 10м)</t>
   </si>
   <si>
-    <t>84 390  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>ЭДК200</t>
   </si>
   <si>
     <t>ЭДК-200 Кондуктометрический датчик(0-20мСм,0-60С,10бар,NPT3/4",4-20мА,IP68)</t>
   </si>
   <si>
     <t>32 190  ₽</t>
+  </si>
+  <si>
+    <t>ЭДК3000</t>
+  </si>
+  <si>
+    <t>ЭДК-3000 Кондуктометрический датчик(500мкСм-2000мСм,0-120С,3бар,NPT3/4",RS485,IP68)</t>
+  </si>
+  <si>
+    <t>129 630  ₽</t>
   </si>
   <si>
     <t>Кондуктометры / Лабораторные</t>
   </si>
   <si>
     <t>30137438</t>
   </si>
   <si>
     <t>Ohaus ST3100C-F Лабораторный кондуктометр/солемер с электродом и держателем (ГосРеестр)</t>
   </si>
   <si>
     <t>30137437</t>
   </si>
   <si>
     <t>Ohaus ST3100C-B Лабораторный кондуктометр/солемер с выбором электрода (ГосРеестр)</t>
   </si>
   <si>
     <t>HI2003-02</t>
   </si>
   <si>
     <t>HI2003-02 цифровой кондуктометр серии edge</t>
   </si>
   <si>
     <t>HI2030-02</t>
   </si>
@@ -8010,53 +7953,50 @@
   <si>
     <t>30137463</t>
   </si>
   <si>
     <t>ST10C-A Кондуктометр для дистиллированной воды 0-199мкСм/см; шаг 0.1 мкСм/см; погр. ±2,5% (ГосРеестр)</t>
   </si>
   <si>
     <t>30137466</t>
   </si>
   <si>
     <t>ST20C-A Кондуктометр для дистиллированной воды 0-199мкСм/см; шаг 0.1 мкСм/см; погр. ±1,5% (ГосРеестр)</t>
   </si>
   <si>
     <t>HI98308</t>
   </si>
   <si>
     <t>HI98308 PWT карманный кондуктометр для обесcоленной воды</t>
   </si>
   <si>
     <t>HI8733</t>
   </si>
   <si>
     <t>HI8733 портативный многодиапазонный кондуктометр</t>
   </si>
   <si>
-    <t>72 900  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI98304</t>
   </si>
   <si>
     <t>HI98304 DiST 4 карманный кондуктометр</t>
   </si>
   <si>
     <t>HI98303</t>
   </si>
   <si>
     <t>HI98303 DiST 3 карманный кондуктометр</t>
   </si>
   <si>
     <t>18 240  ₽</t>
   </si>
   <si>
     <t>HI98331</t>
   </si>
   <si>
     <t>HI98331 кондуктометр для почвы</t>
   </si>
   <si>
     <t>31 950  ₽</t>
   </si>
   <si>
     <t>HI98301</t>
@@ -8086,53 +8026,50 @@
     <t>35 610  ₽</t>
   </si>
   <si>
     <t>HI9033</t>
   </si>
   <si>
     <t>HI9033 портативный многодиапазонный кондуктометр</t>
   </si>
   <si>
     <t>HI8734</t>
   </si>
   <si>
     <t>HI8734 портативный многодиапазонный кондуктометр</t>
   </si>
   <si>
     <t>EC3</t>
   </si>
   <si>
     <t>HM Digital EC-3 Кондуктометр карманный с чехлом</t>
   </si>
   <si>
     <t>HI98192</t>
   </si>
   <si>
     <t>HI98192 влагозащищенный портативный кондуктометр/TDS/NaCl-метр с измерением удельного сопротивления</t>
-  </si>
-[...1 lines deleted...]
-    <t>113 400  ₽</t>
   </si>
   <si>
     <t>EC2000</t>
   </si>
   <si>
     <t>EC-2000 Кондуктометр/солемер для почвы</t>
   </si>
   <si>
     <t>EC3185</t>
   </si>
   <si>
     <t>EC-3185 Кондуктометр/солемер для почвы и питательных растворов с внешним датчиком (длина кабеля 650мм)</t>
   </si>
   <si>
     <t>HI98318</t>
   </si>
   <si>
     <t>HI98318 GroLine влагозащищенный EC/TDS-тестер</t>
   </si>
   <si>
     <t>HI98309</t>
   </si>
   <si>
     <t>HI98309 UPW карманный кондуктометр для ультрачистой воды</t>
   </si>
@@ -8308,96 +8245,87 @@
   <si>
     <t>Ohaus FC5306 Центрифуга лабораторная</t>
   </si>
   <si>
     <t>SKO-300</t>
   </si>
   <si>
     <t>SKO-300 Орбитальная мешалка</t>
   </si>
   <si>
     <t>52 710  ₽</t>
   </si>
   <si>
     <t>MS400</t>
   </si>
   <si>
     <t>MS-400 Магнитная мешалка с подогревом до 400С</t>
   </si>
   <si>
     <t>HI200M-2</t>
   </si>
   <si>
     <t>HI200M-2 магнитная мешалка</t>
   </si>
   <si>
-    <t>14 472  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>MSH3</t>
   </si>
   <si>
     <t>MSH-3 Магнитная мешалка до 3л 170х170мм с подогревом и держателем для электродов</t>
   </si>
   <si>
     <t>16 290  ₽</t>
   </si>
   <si>
     <t>AMT550</t>
   </si>
   <si>
     <t>AMT550 Магнитная мешалка 20л с нагревом до 540С</t>
   </si>
   <si>
     <t>56 160  ₽</t>
   </si>
   <si>
     <t>AMTPRO</t>
   </si>
   <si>
     <t>AMTPRO Магнитная мешалка 20л с подогревом до 340С</t>
   </si>
   <si>
     <t>48 090  ₽</t>
   </si>
   <si>
     <t>HI731319</t>
   </si>
   <si>
     <t>HI731319 магниты для магнитных мешалок, 25х7 мм, 10 шт/уп</t>
   </si>
   <si>
-    <t>12 528  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI731320</t>
   </si>
   <si>
     <t>HI731320 магниты для магнитных мешалок, 50х7 мм, 10 шт/уп</t>
-  </si>
-[...1 lines deleted...]
-    <t>16 524  ₽</t>
   </si>
   <si>
     <t>MSCLT</t>
   </si>
   <si>
     <t>MSCLT Магнитная мешалка с таймером (поверхность 125мм, до 3л)</t>
   </si>
   <si>
     <t>5 860  ₽</t>
   </si>
   <si>
     <t>F20500061</t>
   </si>
   <si>
     <t>MCSCLT Магнитная мешалка с таймером и аккумулятором (поверхность 125мм, до 3л)</t>
   </si>
   <si>
     <t>7 990  ₽</t>
   </si>
   <si>
     <t>MSCL</t>
   </si>
   <si>
     <t>MSCL Магнитная мешалка (поверхность 125мм, до 3л)</t>
   </si>
@@ -8715,110 +8643,113 @@
   <si>
     <t>RG7</t>
   </si>
   <si>
     <t>RG-7 Осадкомер конусный с мерной черной шкалой на штыре, до 50мм</t>
   </si>
   <si>
     <t>750  ₽</t>
   </si>
   <si>
     <t>RG8</t>
   </si>
   <si>
     <t>RG-8 Осадкомер желтый с мерной шкалой на штыре, до 20мм</t>
   </si>
   <si>
     <t>480  ₽</t>
   </si>
   <si>
     <t>6252EU</t>
   </si>
   <si>
     <t>Профессиональная метеостанция Davis Vantage Pro2 6252EU</t>
   </si>
   <si>
-    <t>189 690  ₽</t>
+    <t>269 430  ₽</t>
   </si>
   <si>
     <t>6242EU</t>
   </si>
   <si>
     <t>Профессиональная метеостанция Davis Vantage Vue 6242EU</t>
   </si>
   <si>
-    <t>124 360  ₽</t>
+    <t>159 960  ₽</t>
   </si>
   <si>
     <t>6152CEU</t>
   </si>
   <si>
     <t>Кабельная метеостанция Davis Vantage Pro2 6152CEU с компьютерным интерфейсом 6510USB</t>
   </si>
   <si>
-    <t>324 390  ₽</t>
+    <t>394 460  ₽</t>
   </si>
   <si>
     <t>Метеостанции / С Wi-Fi</t>
   </si>
   <si>
     <t>AW006</t>
   </si>
   <si>
     <t>AW006 Профессиональная метеостанция с WiFi и приложением для телефона</t>
   </si>
   <si>
     <t>25 740  ₽</t>
   </si>
   <si>
     <t>AW003</t>
   </si>
   <si>
     <t>Amtast AW003 с TFT дисплеем + приложение для телефона</t>
   </si>
   <si>
     <t>34 920  ₽</t>
   </si>
   <si>
     <t>FT0361</t>
   </si>
   <si>
     <t>FT-0361 Метеостанция профессиональная с датчиками и передачей данных WiFi</t>
   </si>
   <si>
     <t>25 440  ₽</t>
   </si>
   <si>
     <t xml:space="preserve">Метеостанции / С датчиком ветра и дождя </t>
   </si>
   <si>
     <t>AW001</t>
   </si>
   <si>
     <t>AW001 Профессиональная метеостанция с беспроводными датчиками</t>
   </si>
   <si>
+    <t>10 950  ₽</t>
+  </si>
+  <si>
     <t>Мультиметры цифровые</t>
   </si>
   <si>
     <t>UT890C</t>
   </si>
   <si>
     <t>UT890C Мультиметр True RMS (обновлённая модель)</t>
   </si>
   <si>
     <t>MS8211</t>
   </si>
   <si>
     <t>Цифровой мультиметр Mastech MS8211</t>
   </si>
   <si>
     <t>4 050  ₽</t>
   </si>
   <si>
     <t>Мутномеры</t>
   </si>
   <si>
     <t>AMT21</t>
   </si>
   <si>
     <t>AMT21 Портативный измеритель мутности</t>
@@ -8826,68 +8757,62 @@
   <si>
     <t>54 060  ₽</t>
   </si>
   <si>
     <t>AMT27</t>
   </si>
   <si>
     <t>AMT27 Портативный измеритель мутности</t>
   </si>
   <si>
     <t>45 090  ₽</t>
   </si>
   <si>
     <t>TUR2000</t>
   </si>
   <si>
     <t>Create TUR-2000 Цифровой датчик замутненности с выходом RS-485</t>
   </si>
   <si>
     <t>HI98703-02</t>
   </si>
   <si>
     <t>HI98703-02 измеритель мутности портативный</t>
   </si>
   <si>
-    <t>178 092  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI98713-02</t>
   </si>
   <si>
     <t>HI98713-02 турбидиметр</t>
   </si>
   <si>
     <t>HI88703-02</t>
   </si>
   <si>
     <t>HI88703-02 настольный измеритель мутности 0-4000 NTU</t>
   </si>
   <si>
-    <t>301 212  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI88713-02</t>
   </si>
   <si>
     <t>HI88713-02 настольный ИК- мутномер</t>
   </si>
   <si>
     <t>330 510  ₽</t>
   </si>
   <si>
     <t>TUR-200</t>
   </si>
   <si>
     <t>TUR-200 Портативный мутномер (0-200NTU)</t>
   </si>
   <si>
     <t>28 630  ₽</t>
   </si>
   <si>
     <t>TUR6214</t>
   </si>
   <si>
     <t>TUR-6214 Промышленный мутномер (0.1-4000NTU, RS-485, нерж. сталь, кабель 10м)</t>
   </si>
   <si>
     <t>164 670  ₽</t>
@@ -8920,71 +8845,81 @@
     <t>39 460  ₽</t>
   </si>
   <si>
     <t>Насосы</t>
   </si>
   <si>
     <t>SFLO-6000</t>
   </si>
   <si>
     <t>Насос помпа 220В для бутилированной воды 19 литров (для одной бутыли)</t>
   </si>
   <si>
     <t>SFLO-6001</t>
   </si>
   <si>
     <t>Насос помпа 220В для бутилированной воды 19 литров (для двух бутылей)</t>
   </si>
   <si>
     <t>SFLO125</t>
   </si>
   <si>
     <t>STARFLO Насос 12.5л/мин, 2.4 Бар, 24В с фильтром и с фитингами</t>
   </si>
   <si>
     <t>13 680  ₽</t>
+  </si>
+  <si>
+    <t>T0211AA11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дозирующий насос 11л/ч с панелью управления
+</t>
   </si>
   <si>
     <t>ОВП метры / Контроллеры ОВП</t>
   </si>
   <si>
     <t>ORP-662</t>
   </si>
   <si>
     <t>ОВП метр Create ORP-662 монитор-
 контролер</t>
   </si>
   <si>
     <t>43 170  ₽</t>
   </si>
   <si>
     <t>ORP306</t>
   </si>
   <si>
     <t>ORP-306 Цифровой ОВП датчик (±1500мВ, 0-65C, 12-24В, RS-485 Modbus, 1/2NPT, кабель 5м)</t>
   </si>
   <si>
+    <t>33 000  ₽</t>
+  </si>
+  <si>
     <t>ЭДОВП500</t>
   </si>
   <si>
     <t>ЭДОВП-500 Датчик ОВП редокс (±2000мВ, 0-50С, 0.6МПа, NPT3/4", 4-20мА, IP68, кабель 5м)</t>
   </si>
   <si>
     <t>32 290  ₽</t>
   </si>
   <si>
     <t>ОВП метры / Портативные ОВП метры</t>
   </si>
   <si>
     <t>ORP169B</t>
   </si>
   <si>
     <t>ОВП метр ORP-169B прибор для измерения потенциала воды</t>
   </si>
   <si>
     <t>ORP169e</t>
   </si>
   <si>
     <t>ORP-169E Портативный высокоточный прибор для анализа ОВП</t>
   </si>
   <si>
     <t>4 620  ₽</t>
@@ -9016,53 +8951,50 @@
   <si>
     <t>ORP2000 Стабилизированный ОВП метр для измерения потенциала воды</t>
   </si>
   <si>
     <t>30137475</t>
   </si>
   <si>
     <t>ST10R Портативный измеритель ОВП</t>
   </si>
   <si>
     <t>30137476</t>
   </si>
   <si>
     <t>ST20R Портативный измеритель ОВП</t>
   </si>
   <si>
     <t>31 650  ₽</t>
   </si>
   <si>
     <t>HI98120</t>
   </si>
   <si>
     <t>HI98120 ORP карманный измеритель Red/Ox потенциала</t>
   </si>
   <si>
-    <t>27 000  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI98201</t>
   </si>
   <si>
     <t>HI98201 ORP измеритель Red/Ox потенциала</t>
   </si>
   <si>
     <t>25 890  ₽</t>
   </si>
   <si>
     <t>ORP2069</t>
   </si>
   <si>
     <t>ORP-2069 Бюджетный цифровой ОВП метр</t>
   </si>
   <si>
     <t>ORP100</t>
   </si>
   <si>
     <t>ORP-100 Портативный ОВП метр с автокомпенсацией по температуре</t>
   </si>
   <si>
     <t>ORP16911</t>
   </si>
   <si>
     <t>ORP-16911 Портативный анализатор ОВП</t>
@@ -9158,50 +9090,56 @@
     <t>ЭДВЧ-400Н Датчик взвешенных частиц (0-2000мг/л, 0,1мг/л, RS485, 4-20мА, нерж., кабель 5м</t>
   </si>
   <si>
     <t>94 390  ₽</t>
   </si>
   <si>
     <t>ЭДН400Н</t>
   </si>
   <si>
     <t>ЭДН-400Н Датчик нефтепродуктов в воде  (0-40мг/л, 0,01мг/л, RS485 Modbus RTU, нерж. сталь)</t>
   </si>
   <si>
     <t>99 860  ₽</t>
   </si>
   <si>
     <t>Промышленные контроллеры и датчики</t>
   </si>
   <si>
     <t>POF2200</t>
   </si>
   <si>
     <t>POF-2200 Промышленный измеритель ионов фтора</t>
   </si>
   <si>
     <t>161 010  ₽</t>
+  </si>
+  <si>
+    <t>ЭЦКУ205</t>
+  </si>
+  <si>
+    <t>ЭЦКУ-205 Универсальный контроллер для датчиков RS-485</t>
   </si>
   <si>
     <t>Расходомеры, датчики потоков</t>
   </si>
   <si>
     <t>FCT8350</t>
   </si>
   <si>
     <t>Create FCT-8350 (WLG-8350) Расходомер потока жидкости с датчиком</t>
   </si>
   <si>
     <t>72 330  ₽</t>
   </si>
   <si>
     <t>FCD2000</t>
   </si>
   <si>
     <t>Create FCD-2000 Цифровой датчик объема потока с RS-485</t>
   </si>
   <si>
     <t>82 080  ₽</t>
   </si>
   <si>
     <t>FLP1600</t>
   </si>
@@ -9461,53 +9399,50 @@
   <si>
     <t>VMK2</t>
   </si>
   <si>
     <t>Рефрактометр для определения содержания воды в молоке VMK2</t>
   </si>
   <si>
     <t>Рефрактометры / Для мочи, сыворотки и протеина</t>
   </si>
   <si>
     <t>VUR3</t>
   </si>
   <si>
     <t>Рефрактометр для определения плотности мочи, сыворотки протеина VUR3T</t>
   </si>
   <si>
     <t>3 630  ₽</t>
   </si>
   <si>
     <t>AMR016</t>
   </si>
   <si>
     <t>AMR016 Высокоточный рефрактометр клинического протеина, плазмы и мочи животных</t>
   </si>
   <si>
-    <t>6 060  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>AMR310</t>
   </si>
   <si>
     <t>AMR-310 Цифровой рефрактометр ветеринарный</t>
   </si>
   <si>
     <t>Рефрактометры / Для смазочно-охлаждающих жидкостей</t>
   </si>
   <si>
     <t>VEM1T</t>
   </si>
   <si>
     <t xml:space="preserve">VEM1T (AMR011) Рефрактометр для эмульсий СОЖ </t>
   </si>
   <si>
     <t>Рефрактометры / Для спирта (% объемных)</t>
   </si>
   <si>
     <t>AMR015</t>
   </si>
   <si>
     <t>AMR015 Рефрактометр для изопропилового спирта 0-60%</t>
   </si>
   <si>
     <t>6 120  ₽</t>
@@ -9702,50 +9637,53 @@
     <t>ECM1</t>
   </si>
   <si>
     <t>ECM1 Ecomaster он-лайн анализатор качества воды TDS метр</t>
   </si>
   <si>
     <t xml:space="preserve"> 1 650  1 410  ₽ </t>
   </si>
   <si>
     <t>DM3</t>
   </si>
   <si>
     <t>DM3 Dual TDS Monitor 3 - он-лайн монитор эффективности очистки воды</t>
   </si>
   <si>
     <t>8 730  ₽</t>
   </si>
   <si>
     <t>Солемеры, ТДС метры / Портативные</t>
   </si>
   <si>
     <t>TDS4TM</t>
   </si>
   <si>
     <t>Солемер HM Digital TDS Meter 4TM - анализатор качества воды со встроенным термометром</t>
+  </si>
+  <si>
+    <t>2 160  ₽</t>
   </si>
   <si>
     <t>TDS4</t>
   </si>
   <si>
     <t>Солемер HM Digital TDS Meter 4 - анализатор качества воды</t>
   </si>
   <si>
     <t>TDS5</t>
   </si>
   <si>
     <t>Солемер TDS Meter EZ - усовершенствованный анализатор качества воды</t>
   </si>
   <si>
     <t>1 980  ₽</t>
   </si>
   <si>
     <t>TDS3ACT</t>
   </si>
   <si>
     <t>Комплект солемер TDS Meter 3 и калибровочный раствор</t>
   </si>
   <si>
     <t>2 620  ₽</t>
   </si>
@@ -10289,71 +10227,65 @@
   <si>
     <t>DC-1</t>
   </si>
   <si>
     <t>DC-1 Термометр с проводным датчиком</t>
   </si>
   <si>
     <t>KT400</t>
   </si>
   <si>
     <t>KT400 Цифровой термометр</t>
   </si>
   <si>
     <t>HI98509</t>
   </si>
   <si>
     <t>HI98509 Checktemp 1 термометр карманный</t>
   </si>
   <si>
     <t>HI145-00</t>
   </si>
   <si>
     <t>HI145-00 карманный электронный термометр с датчиком 125 мм</t>
   </si>
   <si>
-    <t>10 560  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>HI98501</t>
   </si>
   <si>
     <t>HI98501 Checktemp термометр карманный</t>
   </si>
   <si>
     <t>15 090  ₽</t>
   </si>
   <si>
     <t>HI145-20</t>
   </si>
   <si>
     <t>HI145-20 карманный электронный термометр со щупом 300мм</t>
   </si>
   <si>
-    <t>14 640  ₽</t>
-[...1 lines deleted...]
-  <si>
     <t>WT2</t>
   </si>
   <si>
     <t>WT-2 Термометр цифровой карманный со щупом -50 до 300C</t>
   </si>
   <si>
     <t>2 640  ₽</t>
   </si>
   <si>
     <t>0560 6081</t>
   </si>
   <si>
     <t>Testo 608-H1</t>
   </si>
   <si>
     <t>6 900  ₽</t>
   </si>
   <si>
     <t>0900 0530</t>
   </si>
   <si>
     <t>Testo минитермометр с сигналом тревоги</t>
   </si>
   <si>
     <t>0560 7351</t>
@@ -11093,51 +11025,51 @@
   <si>
     <t>RO-100GPD</t>
   </si>
   <si>
     <t>RO-100GPD Мембрана обратного осмоса 100GPD для системы ультрачистой воды</t>
   </si>
   <si>
     <t>RO-200GPD</t>
   </si>
   <si>
     <t>RO-200GPD Мембрана обратного осмоса 200GPD для системы ультрачистой воды</t>
   </si>
   <si>
     <t>7 050  ₽</t>
   </si>
   <si>
     <t>Фильтры ультрачистой воды / Фильтры для воды</t>
   </si>
   <si>
     <t>DW100</t>
   </si>
   <si>
     <t>DW100 (Basic Q15) Дистиллятор обратного осмоса для получения особо чистой воды</t>
   </si>
   <si>
-    <t>68 580  ₽</t>
+    <t>86 490  ₽</t>
   </si>
   <si>
     <t>IT-DS100-L</t>
   </si>
   <si>
     <t>Электродеионизатор Iontech IT-DS100-L 100л/час</t>
   </si>
   <si>
     <t>229 980  ₽</t>
   </si>
   <si>
     <t>IT-DS10-S</t>
   </si>
   <si>
     <t>Электродеионизатор Iontech IT-DS10-S 1100л/час</t>
   </si>
   <si>
     <t>734 640  ₽</t>
   </si>
   <si>
     <t>IT-DS05-S</t>
   </si>
   <si>
     <t>Электродеионизатор Iontech IT-DS05-S 440 л/час</t>
   </si>
@@ -11348,50 +11280,53 @@
   <si>
     <t>146400</t>
   </si>
   <si>
     <t>1464-00 тест-набор для определения железа общего 0-4 мг/л, шаг 0.1 мг/л,100 тестов</t>
   </si>
   <si>
     <t>35 790  ₽</t>
   </si>
   <si>
     <t>HI3812</t>
   </si>
   <si>
     <t>HI3812 тест-набор на жесткость, 0-30/300 мг/л, 100 тестов</t>
   </si>
   <si>
     <t>15 810  ₽</t>
   </si>
   <si>
     <t>92799</t>
   </si>
   <si>
     <t>927-99 FerroVer Iron реагент для определения железа, 100 тестов</t>
   </si>
   <si>
+    <t>13 740  ₽</t>
+  </si>
+  <si>
     <t>146401</t>
   </si>
   <si>
     <t>1464-01 колориметрический набор на железо общее, 0.25-7 мг/л, 100 тестов</t>
   </si>
   <si>
     <t>183700</t>
   </si>
   <si>
     <t>1837-00 тест-набор для определения жесткости, рН (6.6 - 8.4) и железа</t>
   </si>
   <si>
     <t>183701</t>
   </si>
   <si>
     <t>1837-01 HA-62A тест-набор для определения жесткости, железа и рН</t>
   </si>
   <si>
     <t>103769</t>
   </si>
   <si>
     <t>1037-69 индикаторный реагент на железо II 0-3.0, 100 тестов</t>
   </si>
   <si>
     <t>17 490  ₽</t>
@@ -11471,87 +11406,87 @@
   <si>
     <t>ECO-TH85</t>
   </si>
   <si>
     <t>ECO-TH Тест-полоски для воды на общую жесткость (0-0.5-1-2-5-8.5 мг-экв/л), 100 тестов</t>
   </si>
   <si>
     <t>ECO-PB</t>
   </si>
   <si>
     <t>ECO-Pb Экспресс-тест на свинец, 30 тестов</t>
   </si>
   <si>
     <t>ECO-O3</t>
   </si>
   <si>
     <t>ECO-O3 Экспресс-тест на активный кислород (озон), 50 тестов</t>
   </si>
   <si>
     <t>ECO-OIL</t>
   </si>
   <si>
     <t>ECO-OIL Экспресс-тест качества фритюрного масла, 30 тестов</t>
   </si>
   <si>
+    <t>pHWT5</t>
+  </si>
+  <si>
+    <t>pHWT5 Набор для определния качества воды 5 параметров</t>
+  </si>
+  <si>
+    <t>ECO-NH4-10</t>
+  </si>
+  <si>
+    <t>ECO-NH3N Тест-набор на аммиак (0-0,5-1-3-5-10мг/л), 50 тестов</t>
+  </si>
+  <si>
+    <t>ECO-NH4-500</t>
+  </si>
+  <si>
+    <t>ECO-NH3N Тест-набор на аммиак (0-10-50-100-200-500 мг/л), 50 тестов</t>
+  </si>
+  <si>
+    <t>ECO-F</t>
+  </si>
+  <si>
+    <t>ECO-F Тест-набор на фториды (0-4-10-25-50-100 мг/л), 100 тестов</t>
+  </si>
+  <si>
+    <t>ECO-T</t>
+  </si>
+  <si>
+    <t>ECO-T Тест-полоски для воды на общий хлор (0-0.5-1-3-5-10-20мг/л), 50 тестов</t>
+  </si>
+  <si>
+    <t>ECO-CLO2</t>
+  </si>
+  <si>
+    <t>ECO-CLO2 Тест-набор на диоксид хлора (0-0.5-1-3-5-10-20 мг/л), 100 тестов</t>
+  </si>
+  <si>
     <t>1 260  ₽</t>
-  </si>
-[...34 lines deleted...]
-    <t>ECO-CLO2 Тест-набор на диоксид хлора (0-0.5-1-3-5-10-20 мг/л), 100 тестов</t>
   </si>
   <si>
     <t>Химический анализ воды и почвы / Химический анализ почвы</t>
   </si>
   <si>
     <t>ECO-STK</t>
   </si>
   <si>
     <t>Экспресс анализ плодородия почвы (pH, калий, фосфор, азот)</t>
   </si>
   <si>
     <t>ECO-SPH</t>
   </si>
   <si>
     <t>ECO-SPh Тест-полоски на pH почвы, 50 тестов</t>
   </si>
   <si>
     <t>Цифровые весы, безмены</t>
   </si>
   <si>
     <t>PST02</t>
   </si>
   <si>
     <t>PST-02 Весы цифровые 500 г (0.1 г)</t>
   </si>
@@ -12068,62 +12003,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/ph-98110-ph-metr-dlya-malyh-prob-i-polutverdyh-sred-krovi-slyuny-kozhi-testa-fruktov_3159.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/phmed-izmeritel-ph-polutverdyh-i-malyh-prob_4075.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/hi99163-portativnyy-rn-metr-dlya-myasa_4222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/hi981036-ph-tester-dlya-myasa_4686.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/ph-98108-rn-metr-s-pronikayuschim-datchikom-dlya-pochvy-syra-myasa-fruktov-ovoschey-i-drugih-produktov_5823.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/ph-98109-ph-metr-dlya-myasa-slyuny-krovi-kozhi-testa-fruktov_5920.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/ph-1031-ph-metr-dlya-bumagi-kozhi-kremov-fruktov-i-lyubyh-tverdyh-sred-s-prilozheniem-dlya-smartfona_5961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/az8695-ph-metr-s-ploskim-elektrodom-dlya-tverdyh-sred-i-malyh-prob_5962.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/az8694-ph-metr-s-pronikayuschim-elektrodom_5967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/zd05-ph-metr-dlya-izmereniya-ph-i-vlazhnosti-pochvy_330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/zd06-ph-metr-dlya-izmereniya-ph-i-vlazhnosti-pochvy-s-dlinnym-schupom_332.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ph300-elektronnyy-izmeritel-ph_660.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/hi99121-rn-metr-dlya-pochvy_4230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/hi981030-ph-tester_4685.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/jhl-9918-izmeritel-dlya-pochvy-5-v-1-ph-vlazhnost-osveschennost-temperatura-pochvy-i-vozduha_5652.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/pribor-kontrolya-parametrov-pochvy-4-v-1-luster-leaf-rapitest-1835-1836_5793.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ph-metr-tsifrovoy-dlya-pochvy-luster-leaf-rapitest-1845_5794.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ph-400-pribor-kontrolya-parametrov-pochvy-4-v-1_5841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ph-180-analizator-pochvy-3-v-1-(ph-vlazhnost-osveschennost)_5849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/smartsensor-ph-328-izmeritel-elektronnyy-ph-vlazhnosti-temperatury-pochvy_5865.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ly-101-kompaktnyy-izmeritel-ph-pochvy_5883.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/pribor-kontrolya-parametrov-pochvy-4-v-1-luster-leaf-rapitest-1880_5885.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ph-metr-dlya-pochvy-s-vneshnim-datchikom-luster-leaf-rapitest-1840_5886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ph-1033-ph-metr-s-pronikayuschim-datchikom-dlya-pochvy-s-peredachey-dannyh-na-smartfon_6360.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/pribor-kontrolya-parametrov-pochvy-4-v-1-luster-leaf-rapitest-1885_6459.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-metr-create-ph-662-monitor-kontroler_536.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-ph-3520-promyshlennyy-ph-ovp-metr-dlya-stochnyh-vod-s-vyborom-datchika-(1-rele-transmitter-4-20ma-220v)_2870.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/vlagozaschischennyy-promyshlennyy-tsifrovoy-rn-kontroller-vysokoy-tochnosti-rn-201w_556.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-metr-ph-221-monitor-kontroller-ph-i-temperatury_2863.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-7500-create-ph-ovp-metr-monitor-kontroller_3243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-pop-8300a-sistema-monitoringa-i-kontrolya-svobodnogo-hlora-ph-i-temperatury-vody_3552.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-pht5431-ph-monitor-transmitter_3737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/hm-digital-pph-1000-kontroller-urovnya-ph-s-tokovym-vyhodom_3748.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-2623-mnogofunktsionalnyy-monitor-kontroller-ph-ovp-temperatury_3769.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-ph-8500a-promyshlennyy-ph-kontroller-s-vyborom-elektroda_3942.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-ph-5520-promyshlennyy-ph-ovp-metr-s-vyborom-datchika-(vyhod-4-20ma-pitanie-220v)_3959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-phd-2000-tsifrovoy-datchik-ph-s-vyhodom-rs485-ili-4-20ma_3960.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/mps-1400-tsifrovoy-mnogoparametricheskiy-analizator-kachestva-vody-(10-v-1)-s-vyhodom-rs-485_4313.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/mfc-1202-multiparametricheskiy-kontroller-parametrov-vody_4665.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-phd-6110-h-tsifrovoy-datchik-ph-orp-rs-485-modbus_5619.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-8930-vzryvozaschischennyy-ph-ovp-metr_5659.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-8920-promyshlennyy-ph-ovp-kontroller_5666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-mfc-8800-mnogokanalnyy-kontroller-s-tehnologiey-iot_5670.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-803w-ph-ovp-kontroller-s-rele-(rozetka)-i-wifi-prilozhenie-dlya-smartfona_5824.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-w300-kontroller-logger-ph-tds-temp-c-wifi-tuya-s-2-rozetkami_5957.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/edpsh-300-tsifrovoy-ph-datchik-(0-14ph-0-65c-12-24v-rs-485-modbus-1-2npt-kabel-5m)_6044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/edpsh-400a-tsifrovoy-datchik-ph-(0-14ph-0-01ph-12-24v-rs485-modbus-rtu-4-20ma-3-4npt-kabel-5m)_6054.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/edpsh-400n-tsifrovoy-datchik-ph-(0-14ph-0-01ph-0-65c-12-24v-4-20ma-rs485-316l-kabel-10m)_6067.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/kontroller-ph-ovp-(0-14ph-2000mv-2-vyhoda-4-20ma-rs485-pitanie-100-240v-50gts)_6076.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-9000-promyshlennyy-kontroller-ph-ovp-(0-do-14ph;-1900mv;-40plus130s-4-20ma-220v-50gts)_6086.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-ph-3500-promyshlennyy-ph-ovp-metr-s-vyborom-datchika-(4-20ma-transmitter-pitanie-24v)_5572.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-9900-promyshlennyy-kontroller-ph-ovp-(-2-do-16ph;-1999mv;-40plus130s-4-20ma-220v-50gts)_6091.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/edpsh-500-tsifrovoy-ph-datchik-(0-14ph-0-65s-2bar-npt3-4-4-20ma-ip68-kabel-5m)_6145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/dph790-tsifrovoy-datchik-ph-(0-14ph-0-50c-atc-4bar-rs485-kabel-5m)_6179.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/kontroller-logger-ph-ovp-(0-14ph-2000mv-4-20ma-rs485-pitanie-100-240v-50gts)_6199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/dvuhkanalnyy-kontroller-logger-ph-ovp-(0-14ph-2000mv-4-20ma-rs485-pitanie-100-240v-50gts)_6200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/mps-400-tsifrovoy-mnogoparametrovyy-datchik-ph-uep-do-tur-temp_6206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph3000e-a01-promyshlennyy-ph-ovp-kontroller-(rele-vyhody-rs-485-i-4-20ma-pitanie-220v)_6451.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/kane-k6901s-promyshlennyy-ph-ovp-kontroller-(rele-vyhod-4-20ma-pitanie-220v)_6483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/kane-k6901-promyshlennyy-ph-ovp-kontroller-(-2-do-16ph;-1999mv;-40plus130s-4-20ma-rs485-220v-50gts)_6484.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/phs-3d-professionalnyy-laboratornyy-ph-ovp-metr-s-magnitnoy-meshalkoy_255.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/amt10-professionalnyy-ph-ovp-metr-s-magnitnoy-meshalkoy_3612.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ohaus-st2100-e-laboratornyy-ph-ovp-metr-s-elektrodom-i-derzhatelem-(gosreestr)_3833.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ohaus-st2100-f-laboratornyy-ph-ovp-metr-s-elektrodom-(gosreestr)_3834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ohaus-st2100-b-laboratornyy-ph-ovp-metr-s-vyborom-elektroda-(gosreestr)_3835.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ohaus-st3100-f-laboratornyy-ph-ovp-metr-s-elektrodom-i-derzhatelem-(gosreestr)_3839.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ohaus-st3100-b-laboratornyy-ph-ovp-metr-s-vyborom-elektroda-(gosreestr)-_3842.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/hi2211-02-mikroprotsessornyy-rn-s-metr_4138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/hi2020-02-edge-universalnyy-pribor-v-komplekte-s-datchikom-hi11310-dlya-izmereniya-rn_4227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/hi2040-02-edge-universalnyy-pribor-v-komplekte-s-datchikom-dlya-izmereniya-rastvorennogo-kisloroda_4240.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/hi2210-02-mikroprotsessornyy-rn-s-metr_4264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/hi2002-02-ph-metr-serii-edge-s-datchikom-hi11310_4273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/1aa112-inolab-ph-7110-rn-metr-c-datchikom-ph-sentix-41_4642.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/1aa114-inolab-ph-7110-rn-metr-c-sentix-81_5056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/1aa312-inolab-ph-7310-rn-metr-c-sentix-41_5057.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ph-98-laboratornyy-ph-ovp-metr-s-datchikom-temperatury_5685.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/phs-3c-professionalnyy-laboratornyy-ph-metr-s-derzhatelem-elektrodov_5691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/az-86505-laboratornyy-ph-ovp-ec-tds-metr-s-derzhatelem-elektrodov_5854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/st5000-f-izmeritel-ph-ovp-starter-5000-s-elektrodom-st350_5894.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ab33ph-f-laboratornyy-ph-metr-s-derzhatelem-elektrodov_6038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ab33m1-f-laboratornyy-mnogoparametricheskiy-izmeritel-ph-ovp-uep-tds-r-salt-temp_6068.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/mnogoparametricheskiy-izmeritel-inolab(R)-multi-9620-ids-s-datchikami_6441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ph-metr-ph-013-vysokotochnyy-laboratornyy-pribor-dlya-izmereniya-ph-redox-potentsiala-i-temperatury_125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/multimonitor-pht-026-ph-metr-konduktometr-solemer-termometr_245.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/multimonitor-pht-027-ph-metr-konduktometr-solemer-ovp-metr-termometr_244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ph-025w-vodonepronitsaemyy-akvariumnyy-ph-metr-na-prisoske_3238.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/monitor-kachestva-vody-pht-028-ph-metr-konduktometr-solemer-ovp-metr-termometr_543.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/vlagozaschischennyy-ph-monitor-ph-025n_552.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ph-2613-pretsizionnyy-monitor-ph-ovp-elektroprovodnosti-i-temperatury_3713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/hm-100-ph-ec-temp-monitor-kontroller_3811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/sa-2587-monitor-ph-i-solenosti_5817.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ph-260bd-ph-ec-tds-temp-monitor-s-bluetooth-i-prilozheniem-dlya-android-os_5818.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ph-w200-multimonitor-ph-orp-ec-tds-salt-temp-c-prilozheniem-dlya-smartfona_5959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ph-w900-multimonitor-ph-ec-tds-salt-temp-s-prilozheniem-dlya-smartfona_5960.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ex-w-universalnyy-vtorichnyy-preobrazovatel-rs-485-4-20ma_6129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-professionalnyy-ph-200-v-vodozaschischennom-ispolnenii_141.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-ph-009(i)-byudzhetnyy-pribor-dlya-izmereniya-ph-vody-s-kalibrovochnymi-poroshkami-v-komplekte_131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-ph-009(iii)-pribor-dlya-izmereniya-ph-i-temperatury-vody-s-kalibrovochnymi-rastvorami_122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-099-portativnyy-multimonitor-rn-ovp-i-temperatury_2806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/komplekt-byudzhetnyy-pribor-dlya-izmereniya-ph-vody-s-kalibrovochnym-rastvorom-ph6-86_2809.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/nabor-dlya-gidroponiki-ph-metr-i-solemer-s-gotovymi-kalibrovochnymi-rastvorami_2811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/nabor-professionalnyh-priborov-dlya-izmereniya-ph-ovp-tds-zhidkih-sred_2812.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/nabor-professionalnyh-priborov-dlya-izmereniya-ph-ovp-i-temperatury-zhidkih-sred_2813.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/nabor-professionalnyh-priborov-dlya-izmereniya-ph-tds-es-i-temperatury-vody_2814.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-ph-061-udobnyy-pribor-dlya-izmereniya-ph-vody-_2835.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-ph-98102-so-smennym-elektrodom-dlya-izmereniya-ph-zhidkostey-v-probirkah-i-t-p-_2862.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/idealnyy-ph-metr-ph-80-dlya-izmereniya-ph-i-temperatury_2867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/php59-test-poloski-100sht-ph-ot-4-5-do-9_3219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/php014-test-poloski-100sht-ph-ot-0-do-14_3220.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/amt03r-pribor-dlya-izmereniya-ph-ovp-ec-tds-salt-temp-kachestva-vody_3608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-rn-061-s-kalibrovochnym-rastvorom-ph6-86_3640.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph98105-ph-metr-s-pogruzhnym-elektrodom_3657.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/st10-karmannyy-ph-metr-0-1ph-30137461-(gosreestr)_3688.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/st20-karmannyy-ph-metr-0-01ph-30137462-(gosreestr)_3689.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-037-ph-metr-v-vodonepronitsaemom-korpuse_3766.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hm-digital-hm-500-multimonitor-hydromaster-ph-ec-tds-temp-s-sensornym-ekranom_3774.html" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ohaus-st300-b-portativnyy-ph-ovp-metr-s-vyborom-elektroda-(gosreestr)_3840.html" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ohaus-st300-portativnyy-ph-ovp-metr-s-elektrodom-(gosreestr)_3845.html" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hm-digital-hm-200-multimonitor-ph-ec-tds-temp_4067.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/com-300-multimonitor-ph-ec-tds-s_4090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98128-phep-5-vlagozaschischennyy-rn-metr-s-termometrom_4128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi83141-rn-mv-s-metr-portativnyy_4129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98130-combo-karmannyy-mnogoparametrovyy-analizator-rn-es-tds-s_4130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98108-phep-plus-karmannyy-rn-metr_4124.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98129-combo-karmannyy-mnogoparametrovyy-analizator-rn-es-tds-s_4131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98103-checker-1-rn-metr-karmannyy_4126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98127-phep-4-vlagozaschischennyy-rn-metr-s-termometrom_4133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi9124-portativnyy-vlagozaschischennyy-rn-metr-s-vneshnim-datchikom-temperatury_4225.html" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98113-piccolo-plus-rn-s-metr_4228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi9125-vlagozaschischennyy-rn-ovp-metr_4231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98121-karmannyy-izmeritel-rn-ovp_4233.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/2ea312-ph-cond-3320-v-keyse-s-datchikami-sentix-41-i-tetracon-325_4249.html" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/2fd56c-multi-3620-set-c-s-dvumya-datchikami-(ph-i-ec)_4257.html" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi99161-portativnyy-rn-metr-dlya-moloka-i-molochnyh-produktov_4270.html" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98111-piccolo-rn-metr-s-elektrodom-90-mm_4275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi991300-portativnyy-vlagozaschischennyy-rn-es-tds-metr_4279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98112-piccolo-2-rn-metr_4280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi991001-vlagozaschischennyy-ph-metr-s-termometrom_4288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi991301-portativnyy-vlagozaschischennyy-rn-es-tds-metr_4289.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/2fd56g-multi-3620-set-g-s-tremya-datchikami-(ph-ec-do)_4301.html" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98196-portativnyy-multiparametrovyy-izmeritel-rn-ovp-kisloroda_4633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/amt28-analizator-ph-zhidkosti-karmannyy_4635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98100-checker-plus-rn-metr-karmannyy_4637.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi99151-portativnyy-rn-metr-dlya-piva_4643.html" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/karmannyy-ph-metr-testo-206-ph1-s-chehlom-topsafe_4669.html" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/testo-205-portativnyy-ph-metr-s-elektrodom-ustoychivym-k-zagryazneniyam_4833.html" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-testo-205-s-elektrodom-ustoychivym-k-zagryazneniyam-v-komplekte-s-keysom-i-bufernymi-rastvorami_4835.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-testo-206-ph1-v-komplekte-s-keysom-i-bufernymi-rastvorami_4837.html" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-testo-206-ph2-s-elektrodom-dlya-izmereniya-v-polutverdyh-sredah_4838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-testo-206-ph2-s-elektrodom-dlya-izmereniya-v-polutverdyh-sredah-v-komplekte-s-keysom-i-bufernymi-rastvorami_4839.html" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/kl-3569-izmeritel-ph-ovp-temperatury_5031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/tds-3596-izmeritel-ph-tds-temperatury_5032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-035z2-ph-metr-s-raspoznavaniem-kalibrovochnogo-rastvora_5090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/com-360-multimonitor-ph-ec-tds-temp-metr-s-dvumya-elektrodami_5096.html" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-3508-analizator-ph-tds-ec-temp_5104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hm-digital-hpk-1-professionalnyy-nabor-dlya-ph-metrii-i-solesoderzhaniya_5164.html" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-orp-600a-portativnyy-izmeritel-ph-ovp-i-temperatury_5646.html" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-2pro-portativnyy-ph-metr-termometr-s-lakmus-tsvetovoy-indikatsiey-ekrana-i-kalibrovochnymi-poroshkami_5647.html" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-orp-h2-yy400n-portativnyy-izmeritel-ph-ovp-ionov-vodoroda-h2-i-temperatury_5648.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/multi-c600-mnogoparametrovyy-izmeritel-7-v-1-ph-ovp-ec-tds-sg-sal-temp_5649.html" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ez-9908-portativnyy-izmeritel-ph-ec-tds-i-temperatury-vody_5650.html" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-05-portativnyy-izmeritel-ph-i-temperatury_5651.html" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-160-tsifrovoy-ph-metr-s-kalibrovochnymi-poroshkami_5653.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/indikatornaya-bumaga-dlya-opredeleniya-ph-(diapazon-1-14-shag-1ph)-v-katushke_5684.html" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/dfp-014-vysokotochnye-test-poloski-dlya-opredeleniya-ph-(0-14-shag-0-5ph)-100-sht_5688.html" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/az8692-ph-metr-s-udlinennym-elektrodom_5689.html" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi991003-portativnyy-rn-orp-mv-c-metr_5697.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi99171-portativnyy-rn-metr-v-komplekte-s-ploskim-elektrodom-h14143_5698.html" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi981033-ph-tester-dlya-vina_5710.html" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi981034-ph-tester-dlya-moloka_5711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/2aa112-rn-3110-set-2-rn-metr-portativnyy-v-keyse-c-elektrodom-sentix-41_5247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98131-groline-karmannyy-mnogoparametrovyy-analizator-rn-es-tds-temp-dlya-agronomov_5714.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/2aa312-ph-3310-set-2-rn-metr-v-keyse-s-elektrodom-sentix-41-i-aksessuarami_5248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98195-portativnyy-multiparametrovyy-izmeritel-rn-ovp-provodimosti_5715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/bluelab-combo-meter-plus_5825.html" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/smartsensor-ph-818m-ph-metr-dlya-myasa-ovoschey-fruktov_5843.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-98107-rn-metr-dlya-vysokotochnyh-izmereniy_5845.html" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-98106-rn-metr-dlya-zhidkostey_5846.html" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-dlya-vody-tsifrovoy-smart-sensor-ph818-ph-tester_5851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/smarttest-izmeritel-6-v-1-(khlor-ph-tds-ec-orp-temp)-s-bluetooth-i-prilozheniem-dlya-smartfona_5858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-1030-ph-metr-s-pronikayuschim-datchikom-dlya-myasa-syra-testa-krema-i-lyubyh-polutverdyh-sred_5955.html" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/az8685-vysokotochnyy-ph-metr-dlya-distillirovannoy-vody_5963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/az86031-perenosnoy-izmeritel-ph-ec-tds-do-temp-v-keyse_5964.html" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ar-8401-analizator-ph-ovp-i-temperatury_6158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ae-86061-analizator-ph-kisloroda-nitritov-ammiachnogo-azota-v-vode_6159.html" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ar-8407-analizator-ph-kisloroda-nitritov-ammiachnogo-azota-v-vode_6160.html" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/az8601-perenosnoy-ph-ovp-metr-s-kalibrovochnymi-rastvorami-v-keyse_6357.html" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/208432-oxitop-box-inkubator-dlya-opredeleniya-bpk_4252.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/209140-nhp-600-gidroksid-natriya-dlya-opredeleniya-bpk-2-butylki-po-50-g-n-z_5228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/hi839800-02-termoblok-dlya-provedeniya-khpk_5706.html" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/209100-pf-600-butyl-yantarnogo-stekla-dlya-oxitop-510-ml-komplekt-3sht_5240.html" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/208260-oxitop-i-is-6-analizator-bpk-na-6-butyley_5245.html" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/edkhpk-300n-tsifrovoy-datchik-khpk-i-mutnosti-(0-200-mg-l-0-100ntu-rs485-modbus-rtu-316l-kabel-10m)_6066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/edbpk-400n-datchik-bpk-(0-300mg-l-0-1mg-l-rs485-kabel-5m)_6452.html" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/ar816-portativnyy_574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/ar826-portativnyy-s-vynosnym-datchikom_575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/ar856-professionalnyy-s-usb-interfeysom_2804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/digital-amf006-kompaktnyy-dlya-ventilyatsii-ohoty-rybalki_3712.html" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/digital-amf001-portativnyy-dlya-izmereniya-skorosti-i-temperatury-vetra_3714.html" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/amf002-tsifrovoy-s-vynosnym-datchikom_3738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/amf028-professionalnyy-s-usb_3775.html" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-405-karmannyy-s-teleskopicheskim-datchikom-_4670.html" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-410-1-tsifrovoy-anemometr-s-krylchatkoy_4680.html" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-410-2-karmannyy-s-krylchatkoy-i-sensorom-vlazhnosti_4912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-416-kompaktnyy-s-krylchatko_4913.html" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-417-so-vstroennoy-krylchatkoy-bolshogo-diametra_4915.html" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-417-2-s-vynosnoy-krylchatkoy-bolshogo-diametra_4916.html" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-425-kompaktnyy_4917.html" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-405i-smart-zond-s-bluetooth-upravlyaemyy-so-smartfona-plansheta-20-plus60-c-0-30m-sek_4931.html" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-410i-s-krylchatkoy-s-bluetooth-upravlyaemyy-so-smartfona-plansheta_4932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/komplekt-smart-zondov-dlya-sistem-ventilyatsii-polnyy-komplekt-smart-zondov-dlya-sistem-ovkv_4939.html" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/gm816-portativnyy-anemometr_5837.html" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/tsifrovoy-anemometr-mastech-ms6252b-c-usb_5976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vesy/hs-a09l-vesy-50kg-c-ruletkoy-1m_5874.html" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vibrometry/vibrometr-ar63b-s-provodnym-datchikom-vibratsii_613.html" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vibrometry/gm63b-vibrometr-s-provodnym-datchikom-vibratsii_3823.html" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bt-6-2m-zond-dlya-boroskopa-2-m-_4360.html" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bs-050-videoskop-boroskop_4385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bs-100-videoskop-boroskop_4386.html" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bs-150-videoskop-boroskop_4387.html" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bs-280-videoskop_4388.html" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bt-4-5-1m-zond-dlya-boroskopa-1-m-_4389.html" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bt-4-5-3m-zond-dlya-boroskopa-3-m-_4390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bt-6-1m-zond-dlya-boroskopa-1-m-_4391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bt-6-3m-zond-dlya-boroskopa-3-m-_4392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/komplektuyuschie/yc-17-1m-udlinitel-zonda-boroskopa_4565.html" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/vlagomery-dlya-poroshkoobraznyh-materialov/tk100gf-professionalnyy-tsifrovoy-izmeritel-vlazhnosti-dlya-zernovoy-muki_5636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/vlagomery-dlya-poroshkoobraznyh-materialov/dm-400-vysokochastotnyy-vlagomer-dlya-poroshkoobraznyh-produktov-s-vynosnym-datchikom_5868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/vlagomery-dlya-poroshkoobraznyh-materialov/ms-f-vlagomer-dlya-vspenennyh-materialov-penoplasta-porolona-i-t-p-_5871.html" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/vlagomery-dlya-poroshkoobraznyh-materialov/dm-300-vysokochastotnyy-vlagomer-dlya-poroshkoobraznyh-produktov_5872.html" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/vlagomery-dlya-pochvy/pms-710-vlagomer-dlya-pochvy-s-vynosnym-datchikom_5869.html" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/vlagomery-dlya-pochvy/izmeritel-vlazhnosti-i-osveschennosti-pochvy-s-vneshnim-datchikom-luster-leaf-rapitest-1830_5884.html" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/ar847-tsifrovoy-termometr-vlagomer_624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/az8723-psihrometr_2822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/kontroller-sf462-s-emkostnym-datchikom_3026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/kontroller-sf463-s-emkostnym-datchikom_3027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/kontroller-sf465-vlazhnosti-s-emkostnym-datchikom_3028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/dt-83-mini-termometr-s-funktsiey-vlagomera_4449.html" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-610_4807.html" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-645-promyshlennyy_4846.html" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-623-s-istoricheskoy-funktsiey_4879.html" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-625-dlya-polevyh-usloviy_4900.html" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-608-h2-s-funktsiey-signalizatsii_4902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-622-s-funktsiey-otobrazheniya-davleniya_4906.html" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-635-1_4909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-635-2-_4910.html" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-605i-smart-zond-s-bluetooth-upravlyaemyy-so-smartfona-plansheta-20-plus60-c-0-100-rh_4935.html" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/ht9100-izmeritel-vlazhnosti-i-temperatury-mehanicheskiy-nastennyy_5643.html" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/th-103a-gigrometr-mehanicheskiy_5876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-betona/dt-125g-vlagomer-s-4-datchikami-dlya-dereva-kartona-tsementa-betona_4406.html" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-betona/dt-128m-izmeritel-vlazhnosti-betona-gipsa_4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-betona/md917-izmeritel-vlazhnosti-dlya-betona_5822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-betona/ms-380q-kontaktnyy-vlagomer-betona_6017.html" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/md816_636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/universalnyy-izmeritel-vlazhnosti-igolchatyy-md914_641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/md918-beskontaktnyy-izmeritel-vlazhnosti-drevesiny_656.html" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/izmeritel-vlazhnosti-drevesiny-igolchatyy-md818_2967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/ar971_2877.html" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/tk100w-izmeritel-vlazhnosti-dlya-opilok_3894.html" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/dt-120-izmeritel-vlazhnosti-drevesiny_4405.html" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/testo-606-1-kontaktnyy-gigrometr-dlya-drevesiny-i-stroymaterialov-(0-50-)-igolchatye-elektrody_4903.html" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/testo-606-2-kontaktnyy-gigrometr-dlya-drevesiny-i-stroitelnyh-materialov-(0-50-)-plus-temperatura-vlazhnost-vozduha_4904.html" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/testo-616-kontaktnyy-gigrometr-materialov-(izmerenie-provodimosti-materialov)-10-harakteristik-provodimosti_4905.html" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/ms-w-izmeritel-vlazhnosti-opilok_6022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/mc2000-analizator-vlazhnosti-zernovyh-kultur_3828.html" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/tk100c-izmeritel-vlazhnosti-dlya-hlopka-i-mineralnoy-vaty_3893.html" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/tk100t-izmeritel-vlazhnosti-dlya-tabaka_3897.html" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/tk25g-vlagomer-dlya-25-vidov-zernovyh_3899.html" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/tk100h-vlagomer-dlya-sena_3969.html" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/amt-155-(gm006)-vlagomer-zernovyh-kultur_4112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/amt65c-vlagomer-zernovyh_5021.html" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/amt55c-vlagomer-zernovyh_5639.html" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/lds-1g-vlagomer-zerna_5901.html" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/tk100s-izmeritel-vlazhnosti-zernovyh-kultur_5573.html" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-kozhi/fcm-2-izmeritel-vlazhnosti-kozhi_3649.html" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/amf038-universalnyy-vlagomer-s-vynosnym-schupom_3754.html" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/tk100-izmeritel-shirokogo-naznacheniya_3760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/kms-680-universalnyy-nastraivaemyy-vlagomer-s-vneshnim-datchikom_5870.html" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/ms-310s-universalnyy-induktivnyy-vlagomer_5873.html" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/mastech-ms6900-vlagomer-stroitelnyh-materialov_5974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/ms-300-universalnyy-induktivnyy-vlagomer_6024.html" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/ms-110-galogenovyy-vlagomer-dlya-sypuchih-produktov_6025.html" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/wa-60a-analizator-aktivnosti-vody_6231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/ms-110-galogenovyy-vlagomer-dlya-sypuchih-produktov-s-printerom_6379.html" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/ms-105-galogenovyy-vlagomer-dlya-sypuchih-produktov-(razreshenie-0-005g-maks-110g)_6380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/kontrolery-vlazhnosti/msm-200-konveyernyy-vlagomer_6133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/tp-5-avtomobilnyy-tsifrovoy-manometr_4564.html" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/laboratornaya-posuda/mernyy-tsilindr-himicheski-stoykiy-500ml-shag-shkaly-5ml_5887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/laboratornaya-posuda/mernyy-tsilindr-himicheski-stoykiy-1000ml-shag-shkaly-10ml_5889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/elektrolizery/predohranitel-dlya-elektrolizera-fs1_3006.html" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/elektrolizery/predohranitel-dlya-elektrolizera-fs3_3007.html" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/elektrolizery/predohranitel-dlya-elektrolizera-fs5_3008.html" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/elektrolizery/komplekt-smennyh-elektrodov-dlya-elektrolizera-pr2_3009.html" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-azota/gid400-n2-analizator-azota_4116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/oksimetr-amt08-dlya-opredeleniya-rastvorennogo-kisloroda_3211.html" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/dct-8600-kontroller-rastvorennogo-kisloroda-_3242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/ohaus-st300d-portativnyy-oksimetr-s-temperaturnym-elektrodom-(gosreestr)_3836.html" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/rastvor-dlya-zapolneniya-membrany-oksimetrov_3906.html" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/dod-2000-tsifrovoy-opticheskiy-datchik-rastvorennogo-kisloroda-s-vyhodom-rs485-ili-4-20ma_3945.html" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi9142-portativnyy-vlagozaschischennyy-oksimetr_4223.html" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi9147-04-portativnyy-oksimetr_4229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi9146-04-portativnyy-mikroprotsessornyy-oksimetr_4234.html" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi2004-02-edge-tsifrovoy-oksimetr_4256.html" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/poz-8300-sistema-monitoringa-i-kontrolya-ph-i-ozona-v-vode_4311.html" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi98194-portativnyy-multiparametrovyy-rn-ovp-konduktometr-oksimetr_4632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/2fd350-portativnyy-pribor-multi-3510-s-datchikom-rastvorennogo-kisloroda-fdo-925-kabel-6-m-i-zaschitnaya-nasadka_5042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/dof-6121-opticheskiy-datchik-rastvorennogo-kisloroda-s-vyhodom-rs-485_5091.html" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/do-9100-portativnyy-izmeritel-rastvorennogo-kisloroda-s-bluetooth_5642.html" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/dop-6121-izmeritel-rastvorennogo-kisloroda-s-tehnologiey-iot_5658.html" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/dof-6141-opticheskiy-datchik-rastvorennogo-kisloroda-pogruzhnogo-tipa_5671.html" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/201425-stirrox-g-datchik-rastvorennogo-kisloroda_5237.html" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi98193-portativnyy-oksimetr-s-funktsiey-opredeleniya-bpk_5717.html" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi98198-portativnyy-oksimetr_5718.html" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/az8403-oksimetr-s-kompensatsiey-peredachey-dannyh-funktsiey-pamyati-keys_5966.html" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/dof-6310-oksimetr-opticheskiy-(0-20mg-l-0-200-0-60s-0-3mpa-rs-485-kabel-10m)_5987.html" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/edrk-400n-opticheskiy-datchik-rastvorennogo-kisloroda-(0-20mg-l-rs485-modbus-rtu-kabel-10m-nerzh)_6043.html" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/do-550-opticheskiy-analizator-rastvorennogo-kisloroda-c-datchikom_6120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/do-8910-kontroller-kisloroda-s-datchikom-(0-20mg-l-4-20ma-rs-485-220v-kabel-10m)_6135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/edrk500-opticheskiy-tsifrovoy-datchik-kisloroda-(0-20mg-l-0-200-0-50s-rs485-kabel-5m)_6152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/edrk-300-opticheskiy-datchik-rastvorennogo-kisloroda-(0-20mg-l-rs485-kabel-5m-pom)_6239.html" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/do-100-analizator-ph-ec-tds-do-s-kalibrovochnymi-rastvorami_6241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/smartsensor-ar8210-oksimetr-s-vynosnym-datchikom_6242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/smartsensor-ae6609-opticheskiy-oksimetr-s-vynosnym-datchikom_6243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/ado2-c3-ha-kontroller-logger-dlya-datchikov-kisloroda_6455.html" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/az86023-opticheskiy-oksimetr-s-vynosnym-datchikom_6474.html" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ozona/oz-8001-kontroller-ozona-s-datchikom-i-ustroystvom-potoka_6292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-rastvorennogo-vodoroda/enh-1000-analizator-rastvorennogo-vodoroda_3944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-rastvorennogo-vodoroda/enh-2000-analizator-rastvorennogo-vodoroda_4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-rastvorennogo-vodoroda/enh-100-izmeritel-rastvorennogo-vodoroda-i-temperatury-zhidkosti_5033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-rastvorennogo-vodoroda/h2-yy400h-portativnyy-izmeritel-ionov-vodoroda-h2-i-temperatury_5896.html" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/amf061-analizator-kachestva-vozduha-na-nalichie-formaldegida_3813.html" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/gd-3000-detektor-utechki-goryuchih-gazov_4547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/testo-310-analizator-dymovyh-gazov-v-komplekte-s-nesemnym-zondom-otbora-proby-l-=-180-mm_4702.html" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/testo-310-komplekte-c-ik-printerom-s-nesemnym-zondom-otbora-proby-l-=-180-mm-ik-printerom-v-keyse_4703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/testo-316-ekh-detektor-utechek-gazov-vo-vzryvozaschischennom-ispolnenii_4708.html" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/smart-keys-otoplenie_4942.html" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/analizator-kachestva-vozduha-5-parametrov-co-co2-hcho-tvoc-aqi_5831.html" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/as8700a-izmeritel-ugarnogo-gaza_5880.html" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7798-nastolnyy-analizator-datalogger-co2-vlazhnosti-i-temperatury-vozduha_2829.html" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7755-analizator-co2-vlazhnosti-tochki-rosy-s-usb_2828.html" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az77535-vysokotochnyy-analizator-co2-vlazhnosti-tochki-rosy-s-usb_2827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az77532-analizator-povyshennoy-tochnosti-co2-i-temperatury-vozduha-s-usb_2826.html" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az77232-vysokotochnyy-analizator-co2-vlazhnosti-i-temperatury-vozduha-s-usb_2818.html" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7788-nastolnyy-analizator-co2-vlazhnosti-i-temperatury-vozduha_2819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7787-nastolnyy-analizator-co2-vlazhnosti-i-temperatury_2820.html" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7752-analizator-co2-i-temperatury-vozduha-s-usb_2821.html" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7721-analizator-co2-i-temperatury-vozduha-s-usb_2816.html" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7722-analizator-co2-vlazhnosti-i-temperatury-vozduha-s-usb_2817.html" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/analizator-so2-so-vlazhnosti-i-temperatury-az77597_3122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/amf062-analizator-kachestva-vozduha-co2_3755.html" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/amtast-amt400-co2-analizator-uglekislogo-gaza-(0-2000mg-l)_4115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/testo-340-gazoanalizator-v-komplekte-s-akkumulyatorami-protokolami-kalibrovki-i-remnem-dlya-perenoski_4690.html" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/testo-315-3-analizator-co-co2-v-okruzhayuschey-srede-bez-bluetooth_4704.html" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/analizator-registrator-co2-temp-rh_5105.html" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/analizator-kachestva-vozduha-8-parametrov-pm1-pm2-5-pm10-co2-tvoc-hcho-rh-temp_5829.html" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/analizator-kachestva-vozduha-5-parametrov-co2-hcho-tvoc-rh-temp-c-bluetooth-i-prilozheniem-dlya-android_5830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/monitor-kachestva-vozduha-pm2-5-co2-ch2o-tvoc-rh-temp-s-wifi-tuya_5978.html" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/analizator-kachestva-vozduha-5-parametrov-co2-hcho-tvoc-rh-temp_5979.html" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/amt25f-analizator-svobodnogo-hlora-v-vode_3757.html" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/dpd-1-reagent-dlya-hlorimetra-dlya-opredeleniya-svobodnogo-hlora_4118.html" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/dpd-4-reagent-dlya-hlorimetra-dlya-opredeleniya-obschego-hlora_5635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/pop-8300-sistema-monitoringa-i-kontrolya-svobodnogo-hlora-ph-i-temperatury-vody_5780.html" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/cl1000-kontroller-ostatochnogo-hlora-s-datchikami-i-ustroystvom-potoka_6094.html" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/tsifrovoy-izmeritel-ostatochnogo-hlora-ot-0-01-do-5-mg-l_6240.html" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/cl-406-s-tsifrovoy-datchik-hlora-(0-2-mg-l-0-001-mg-l-rs485-modbus-rtu-4-20ma-kabel-5m)_6298.html" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/schetchiki-pylevyh-chastits-v-vozduhe/amt097-monitor-kachestva-vozduha-8-v-1_5165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/dozimetry/amf078-analizator-bezopasnosti-elektromagnitnogo-izlucheniya_5025.html" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/205204-rl-g-ochischayuschiy-rastvor-dlya-galvanicheskih-datchikov-kisloroda-(30-ml)_5227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/hi7061l-ochischayuschiy-rastvor-obschego-naznacheniya-500-ml_5696.html" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-ot-belkovyh-zagryazneniy-dlya-ph-i-ovp-elektrodov-50ml_6259.html" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-(pepsin-solyanaya-kislota)-dlya-ph-i-ovp-elektrodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-(pepsin-solyanaya-kislota)-dlya-ph-i-ovp-elektrodov/ochischayuschiy-rastvor-(pepsin-solyanaya-kislota)-dlya-ph-i-ovp-elektrodov-250-ml_6351.html" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-(pepsin-solyanaya-kislota)-dlya-ph-i-ovp-elektrodov/ochischayuschiy-rastvor-(pepsin-solyanaya-kislota)-dlya-ph-i-ovp-elektrodov-500ml_6347.html" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov_5757.html" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov-250ml_6340.html" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov-500-ml_6350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-3-56-dlya-ph-metrov_258.html" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/ph4-poroshok-s-reagentom-dlya-prigotovleniya-kalibrovochnogo-rastvora-ph4-01_3635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/ph7-poroshok-s-reagentom-dlya-prigotovleniya-kalibrovochnogo-rastvora-ph7_3636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/ph10-poroshok-s-reagentom-dlya-prigotovleniya-kalibrovochnogo-rastvora-ph10-01_3637.html" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/nabor-reagentov-dlya-prigotovleniya-kalibrovochnyh-rastvorov-ph-4-7-10_3639.html" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/ph6-poroshok-s-reagentom-dlya-prigotovleniya-kalibrovochnogo-rastvora-ph6-86_3740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/ph9-poroshok-s-reagentom-dlya-prigotovleniya-kalibrovochnogo-rastvora-ph9-18_3741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/rn-bufernyy-rastvor-testo-4-01_4847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/rn-bufernyy-rastvor-testo-7-00_4849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/hi7004l-kalibrovochnyy-rastvor-rn=4-01-(500ml)_4998.html" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/hi7007l-kalibrovochnyy-rastvor-rn=7-01-(500ml)_4999.html" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/hi7010l-kalibrovochnyy-rastvor-rn=10-01-(500ml)_5000.html" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/hi7006l-kalibrovochnyy-rastvor-rn=6-86-(500ml)_5022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/hi7009l-kalibrovochnyy-rastvor-rn=9-18-(500ml)_5023.html" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/108700-tep-4-bufernyy-rastvor-rn-4-01-1-l_5223.html" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/108702-tep-7-bufernyy-rastvor-rn-7-00-1-l_5224.html" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/108703-tep-10-trace-bufernyy-rastvor-rn-10-01-1-l_5225.html" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/hi7001l-kalibrovochnyy-rastvor-rn=1-68-(500ml)_5565.html" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/nabor-kalibrovochnyh-rastvorov-ph4-ph7-ph10_6163.html" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/nabor-kalibrovochnyh-bufernyh-rastvorov-ph-4-01-ph-6-86-ph-9-18-(gost)-dlya-ph-metrov_6164.html" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-12-43-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-dlya-rh-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-11-(2-oy-razryad-tochnosti)-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metra/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-dlya-ph-metrov_257.html" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-(2-oy-razryad-tochnosti)-dlya-ph-metra-250-ml_6342.html" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-(2-oy-razryad-tochnosti)-dlya-ph-metra-500-ml_6356.html" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-dlya-ph-metrov_5753.html" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-(2-oy-razryad-tochnosti)-dlya-ph-metrov-250ml_6262.html" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-(2-oy-razryad-tochnosti)-dlya-ph-metrov-500-ml_6317.html" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-11-(2-oy-razryad-tochnosti)-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-11-(2-oy-razryad-tochnosti)-dlya-ph-metrov-250-ml_6330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-11-(2-oy-razryad-tochnosti)-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-11-(2-oy-razryad-tochnosti)-dlya-ph-metrov-500-ml_6367.html" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-12-43-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-12-43-dlya-ph-metrov_260.html" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-12-43-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-12-43-(2-oy-razryad-tochnosti)-dlya-ph-metra-250-ml_6382.html" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metrov-80-ml_6362.html" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metra-250-ml_6348.html" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metra-500-ml_6293.html" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra_6063.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra-250-ml_6349.html" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra-500-ml_6294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-dlya-rh-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-dlya-rh-metrov_129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-dlya-rh-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-(2-oy-razryad-tochnosti)-dlya-ph-metrov-250ml_6264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-dlya-rh-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-(2-oy-razryad-tochnosti)-dlya-ph-metrov-500-ml_6318.html" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-dlya-ph-metrov_154.html" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-(2-oy-razryad-tochnosti)-dlya-ph-metra-250-ml_6341.html" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-(2-oy-razryad-tochnosti)-dlya-ph-metra-500ml_6337.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metra_6027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metrov-250ml_6331.html" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metrov-500-ml_6388.html" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-dlya-ph-metrov_5752.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-(2-oy-razryad-tochnosti)-dlya-ph-metrov-250ml_6263.html" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-(2-oy-razryad-tochnosti)-dlya-ph-metrov-500-ml_6319.html" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metra_6251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metrov-250ml_6332.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metrov-500ml_6346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-dlya-ph-metrov_259.html" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-(2-oy-razryad-tochnosti)-dlya-ph-metra-250-ml_6343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-(2-oy-razryad-tochnosti)-dlya-ph-metra-500ml_6336.html" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ovp-(redoks)-metrov/kalibrovochnyy-rastvor-240-mv-dlya-ovp-metrov_156.html" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ovp-(redoks)-metrov/kalibrovochnyy-rastvor-285-mv-dlya-ovp-metrov_3927.html" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ovp-(redoks)-metrov/hi7021l-rastvor-dlya-kalibrovki-240-mv-500-ml_5250.html" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ovp-(redoks)-metrov/hi7022l-rastvor-dlya-kalibrovki-470-mv-500-ml_5251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ovp-(redoks)-metrov/orp256-poroshok-s-reagentom-dlya-prigotovleniya-kalibrovochnogo-rastvora-50ml-plus256mv_5821.html" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-342-ppm-(700-mksm)-dlya-konduktometrov-i-solemerov_112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-2000-mksm-sm-80-ml_6321.html" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-100-ppm-dlya-konduktometrov-i-solemerov-250-ml_6399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/30100441-standart-elektroprovodnosti-10mksm-sm-250ml_3690.html" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/30100442-standart-elektroprovodnosti-84mksm-sm-250ml_3691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/30100444-standart-elektroprovodnosti-12-88msm-sm-250ml_3693.html" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/30100443-standart-udelnoy-elektroprovodnosti-1413-mksm-sm-(250-ml)_4960.html" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/hi7030l-rastvor-dlya-kalibrovki-12880-mksm-sm-500-ml_5035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/hi7034l-rastvor-dlya-kalibrovki-80000-mksm-sm-500-ml_5036.html" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/hi7035l-rastvor-dlya-kalibrovki-111800-mksm-sm-500-ml_5037.html" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/hi7036l-rastvor-dlya-kalibrovki-12-41-g-l-500-ml_5038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/hi7033l-rastvor-dlya-kalibrovki-84-mksm-sm-500-ml_5039.html" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-111800-mksm-sm_5749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-80000mksm-sm_5751.html" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-1382-ppm-dlya-konduktometrov-i-solemerov_5759.html" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-10-mksm-sm_5781.html" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-0-4-mksm-sm_6030.html" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-450-mksm-sm_6031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/hi7031l-rastvor-dlya-kalibrovki-1413-mksm-sm-500ml_5571.html" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-6-44-ppt-dlya-konduktometrov-i-solemerov_6104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-10-mksm-sm-250-ml_6289.html" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-10-mksm-sm-500-ml_6308.html" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-290-mksm-sm-500-ml_6311.html" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-146-5-mksm-sm-250-ml_6365.html" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-147-mksm-sm-250-ml_6366.html" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-25-mksm-sm-250-ml_6385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-15-mksm-sm-250-ml_6393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-900-ppm-dlya-konduktometrov-i-solemerov-250-ml_6398.html" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-00-ppm-dlya-konduktometrov-i-solemerov-500-ml_6400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-111800-mksm-sm-250-ml_6431.html" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-342-ppm-(700mksm)-dlya-konduktometrov-i-solemerov-500-ml_6432.html" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/300572-wtw-e-trace-nabor-kalibrovochnyh-rastvorov-1413-mksm-sm-6h50ml_6442.html" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-4-7-mksm-sm-80-ml_6482.html" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-12900-mksm-sm-12-90-msm-sm-250-ml_6505.html" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-3-mksm-sm-500-ml_6509.html" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1600-mksm-sm-500-ml_6518.html" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1413mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-12880-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5000-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-84-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1600-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-100-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-4000-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1000-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-400-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-3-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-1000-ppm-(2000mksm)-dlya-konduktometrov-i-solemerov-seriya/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-1000-ppm-(2000mksm)-dlya-konduktometrov-i-solemerov-seriya/kalibrovochnyy-rastvor-1000-ppm-(2000mksm)-dlya-konduktometrov-i-solemerov_155.html" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-1000-ppm-(2000mksm)-dlya-konduktometrov-i-solemerov-seriya/kalibrovochnyy-rastvor-1000-ppm-dlya-konduktometrov-i-solemerov-250-ml_6389.html" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-1000-ppm-(2000mksm)-dlya-konduktometrov-i-solemerov-seriya/kalibrovochnyy-rastvor-1000-ppm-(2000mksm)-dlya-konduktometrov-i-solemerov-500-ml_6433.html" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-3-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-3-mksm-sm_6100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-3-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-3-mksm-sm-250ml_6334.html" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-100-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-100-mksm-sm_6026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-100-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-100-mksm-sm-250-ml_6374.html" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1000-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1000-mksm-sm_6032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1000-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1000-mksm-sm-250-ml_6381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1600-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1600-mksm-sm_6033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1600-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1600-mksm-sm-250-ml_6383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-400-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-400-mksm-sm_6029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-400-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-400-mksm-sm-250-ml_6395.html" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-4000-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-4000-mksm-sm_6064.html" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-4000-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-4000-mksm-sm-250-ml_6372.html" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm_6037.html" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm-250-ml_6288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm-500-ml_6316.html" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1-mksm-sm/standart-udelnoy-elektroprovodnosti-1-mksm-sm_5783.html" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-mksm-sm-250-ml_6371.html" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-mksm-sm-500-ml_6368.html" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-12880-mksm-sm/standart-udelnoy-elektroprovodnosti-12880-mksm-sm_5755.html" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-12880-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-12880-mksm-sm-12-88-msm-sm-250ml_6272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-12880-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-12880-mksm-sm-12-88-msm-sm-500ml_6271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1413mksm-sm/standart-udelnoy-elektroprovodnosti-1413mksm-sm_3692.html" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1413mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1413-mksm-sm-250-ml_6291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1413mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1413-mksm-sm-500-ml_6314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5-mksm-sm/standart-udelnoy-elektroprovodnosti-5-mksm-sm_5782.html" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-5-mksm-sm-250ml_6333.html" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-5-mksm-sm-500-ml_6369.html" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5000-mksm-sm/standart-udelnoy-elektroprovodnosti-5000-mksm-sm_5750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5000-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-5000-mksm-sm-250-ml_6396.html" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5000-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-5000-mksm-sm-500-ml_6411.html" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-84-mksm-sm/standart-udelnoy-elektroprovodnosti-84-mksm-sm_5754.html" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-84-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-84-mksm-sm-250-ml_6290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-84-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-84-mksm-sm-500-ml_6315.html" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/hi98703-11-nabor-kalibrovochnyh-etalonov-dlya-mutnomera_6059.html" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-0-02ntu_6211.html" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-200ntu_6212.html" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-1000ntu_6214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-15-ntu_6217.html" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-100-ntu_6218.html" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-750-ntu_6219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/hi88703-11-nabor-kalibrovochnyh-etalonov-dlya-mutnomera_6443.html" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-500ntu/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-500ntu/kalibrovochnyy-rastvor-dlya-mutnomera-500ntu_6213.html" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-500ntu/kalibrovochnyy-rastvor-dlya-mutnomera-500ntu-500ml_6324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-oksimetrov/reagent-so-standartnym-nulevym-soderzhaniem-kisloroda_3848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-oksimetrov/rastvor-so-standartnym-nulevym-soderzhaniem-kisloroda_6061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/kaliy-hloristyy-kcl-rastvor-0-1-mol-l-dlya-hraneniya-elektrodov_312.html" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/rastvor-dlya-hraneniya-elektroda_4850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/hi70300l-rastvor-dlya-hraneniya-elektrodov-rn-metra_5019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/109705-kcl-250-rastvor-3-mol-l-kcl-250-ml-n-z_5226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-1-mol_6254.html" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/kaliy-hloristyy-kcl-rastvor-3-mol-dlya-hraneniya-elektrodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-5-mol-50ml/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/kaliy-hloristyy-kcl-rastvor-3-mol-dlya-hraneniya-elektrodov/kaliy-hloristyy-kcl-rastvor-3-mol-dlya-hraneniya-elektrodov-_3910.html" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/kaliy-hloristyy-kcl-rastvor-3-mol-dlya-hraneniya-elektrodov/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-mol-250ml_6313.html" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/kaliy-hloristyy-kcl-rastvor-3-mol-dlya-hraneniya-elektrodov/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-mol-500-ml_6410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-5-mol-50ml/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-5-mol-50ml_6260.html" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-5-mol-50ml/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-5-mol-500ml_6310.html" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/hi7041s-rastvor-elektrolita-dlya-hi-9142-9143-hi-9146-30-ml_4593.html" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/rastvor-elektrolita-dlya-hi76409-(hi9147)_4984.html" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/hi7041l-rastvor-elektrolita-dlya-hi9142-hi9142-hi9146-500-ml_5727.html" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/hi7071-elektrolit-dlya-zapolneniya-elektrodov-3-5-m-kclplusagcl-4h30-ml_5728.html" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/hi7071l-elektrolit-dlya-zapolneniya-elektrodov-3-5-m-kclplusagcl-500-ml_5729.html" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/elektrolit-dlya-zapolneniya-ph-i-ovp-elektrodov-kcl-3-5m_5756.html" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/standartnyy-elektrolit-dlya-zapolneniya-ph-i-ovp-elektrodov-kcl-3m/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/standartnyy-elektrolit-dlya-zapolneniya-ph-i-ovp-elektrodov-kcl-3m/standartnyy-elektrolit-dlya-zapolneniya-ph-i-ovp-elektrodov-kcl-3m_5758.html" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/standartnyy-elektrolit-dlya-zapolneniya-ph-i-ovp-elektrodov-kcl-3m/standartnyy-elektrolit-dlya-zapolneniya-ph-i-ovp-elektrodov-kcl-3m-250-ml_6391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96746-kolorimetr-na-zhelezo-0-1-6-mg-l_4239.html" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96742-kolorimetr-dlya-opredeleniya-margantsa-0-300-mkg-l-zheleza-0-00-1-60-mg-l_4241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96717-kolorimetr-na-fosfaty-0-00-30-0-mg-l_4243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96745-kolorimetr-dlya-opredeleniya-rn-zheleza-svobodnogo-i-obschego-hlora-zhestkosti_4263.html" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96721-kolorimetr-na-zhelezo-0-5-00-mg-l_4269.html" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96711-kolorimetr-na-svobodnyy-obschiy-hlor-0-5-00-mg-l_4271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96710-kolorimetr-na-rn-i-hlor-svob-hlor-0-00-2-50-mg-l-obschiy-hlor-0-00-3-5-mg-l-rn-5-9-8-0_4274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi721-kolorimetr-serii-checker-dlya-opredeleniya-zheleza-ot-0-do-5-mg-l_4292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96728-kolorimetr-na-nitraty-0-0-do-30-0-mg-l_4294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96712-kolorimetr-na-alyuminiy-0-00-1-00-mg-l_4296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96702-kolorimetr-na-med-0-00-5-00-mg-l_4297.html" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96741-kolorimetr-na-obschuyu-zhestkost-0-00-4-70-mg-l-zhelezo-0-400-mkg-l_4298.html" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/lei-5000-kolorimetr-dlya-opredeleniya-khpk_4618.html" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96708-kolorimetr-na-nitrit-0-150-mg-l_4619.html" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96709-kolorimetr-na-marganets-0-20-mg-l_4620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96713-kolorimetr-na-fosfaty-0-00-2-5-mg-l_4621.html" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96734-kolorimetr-na-svobodnyy-obschiy-hlor-0-10-mg-l_4622.html" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/cr25-termoreaktor-na-25-gnezd_4625.html" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96771-kolorimetr-na-hlor-0-500-mg-l_5100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi700-kolorimetr-serii-checker-na-ammoniy-0-3-00-mg-l_5106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi709-kolorimetr-serii-checker-dlya-opredeleniya-margantsa-0-20-mg-l_5131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi713-kolorimetr-serii-checker-dlya-opredeleniya-fosfatov-0-2-50-mg-l_5133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi717-kolorimetr-serii-checker-dlya-opredeleniya-fosfatov-0-30-0-mg-l_5135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi727-kolorimetr-serii-checker-dlya-opredeleniya-tsvetnosti-vody-0-500-pcu_5136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96700-kolorimetr-na-ammoniy-0-00-3-00-mg-l_5139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96720-kolorimetr-na-zhestkost-po-kaltsiyu-0-00-2-70-mg-l_5142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96735-kolorimetr-na-obschuyu-zhestkost-0-250-500-750-mg-l_5143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96748-kolorimetr-na-marganets-0-00-300-00-mkg-l_5144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96751-kolorimetr-na-sulfat-0-150-mg-l_5145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hda-1200-promyshlennyy-izmeritel-zhestkosti-vody-(titrator)_5662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97771-kolorimetr-na-hlor-0-500mg-l_5694.html" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi83300-02-multiparametrovyy-kolorimetr_5716.html" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97701-kolorimetr-na-svobodnyy-hlor-0-5-00-mg-l_5719.html" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97710-kolorimetr-na-rn-i-hlor-obsch-i-svob-hlor-0-00-5-00-mg-l-rn-6-5-8-5_5720.html" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97713-kolorimetr-na-fosfaty-0-00-2-5-mg-l_5721.html" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97715-kolorimetr-na-ammoniy-0-10-00-mg-l_5722.html" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97717-kolorimetr-na-fosfaty-0-00-30-0-mg-l_5723.html" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97721-kolorimetr-na-zhelezo-0-5-00-mg-l_5724.html" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97728-kolorimetr-na-nitratnyy-azot-0-30-mg-l_5725.html" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97745-kolorimetr-dlya-opredeleniya-rn-zheleza-svobodnogo-i-obschego-hlora-zhestkosti_5726.html" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/opticheskiy-izmeritel-bleska-bleskomer-0-150gu-60-gradusov_5907.html" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/wx-100-portativnyy-tsvetovoy-analizator-dlya-test-polosok_5930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/usb20m-programmnoe-obespechenie-i-kabel-usb-dlya-oborudovaniya-az-instrument_3287.html" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/termobumaga-dlya-printera-registratora-rms-010_3892.html" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/dc2412-preobrazovatel-napryazheniya-dlya-termoregistratora-rms-010_3904.html" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/nastennyy-kronshteyn-dlya-registratora-testo-184_4848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/nastennyy-kronshteyn-dlya-testo-175_4872.html" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/rukoyatka-dlya-testo-625_4907.html" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/f06-kronshteyn-dlya-nastennogo-krepleniya-kontrollerov_6198.html" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/amt08p-membrana-dlya-oksimetra-amtast-amt08_3768.html" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/std-011-plastikovyy-neobsluzhivaemyy-elektrod-dlya-izmereniya-rastvorennogo-kisloroda_3859.html" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/mdo8401-membrana-i-uplotnitelnye-koltsa-dlya-oksimetra-do8401_3879.html" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/hi76407-4-datchik-dlya-oksimetrov-hi9142-43-45-41-i-410-kabel-4-m_4592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/hi76407a-p-nabor-zapasnyh-membran-5-sht-up_4600.html" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/nabor-zapasnyh-membran-dlya-datchika-hi-76409-(hi-9147)_4983.html" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/hi764080-datchik-rastvorennogo-kisloroda-dlya-pribora-edge_5062.html" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/hi76407-4f-datchik-dlya-oksimetra-hi9146-kabel-4-m_5120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/hi76409-4-datchik-dlya-hi9147-kabel-4-m_5121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/do-9100p-datchik-dlya-izmeritelya-kisloroda-do-9100_5654.html" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/108110-as-din-kabel-perehodnik-1-m_5233.html" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/201300-fdo-925-tsifrovoy-lyuminestsentnyy-datchik-rastvorennogo-kisloroda-s-kabelem-1-5-m_5234.html" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/201301-fdo-925-tsifrovoy-lyuminestsentnyy-datchik-rastvorennogo-kisloroda-s-kabelem-3-m_5235.html" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/201306-fdo-925-p-tsifrovoy-lyuminestsentnyy-datchik-rastvorennogo-kisloroda-bez-kabelya_5236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/201545-cellox-325-3-datchik-rastvorennogo-kisloroda-kabel-3-m_5238.html" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/202725-1-wp-90-3-zapasnaya-membrana-dlya-cellox-325-3-sht-_5239.html" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/hi764080a-p-nabor-zapasnyh-membran-5-sht-up-dlya-datchika-hi764080_5707.html" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/az8403m-membrana-dlya-oksimetra-az8401-az8403_6036.html" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/amt08s-smennyy-datchik-dlya-oksimetra-amtast-amt-08_6247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/237118-hamilton-oxylyte-elektrolit-dlya-datchikov-kisloroda-30ml_6439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/md600-vysokotemperaturnyy-datchik-rastvorennogo-kisloroda-(0-40mg-l-0-130c-0-5bar-rs485-316l)_6453.html" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-zamutnennosti/mps-tur-smennyy-datchik-zamutnennosti-dlya-mps-1400_4321.html" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-termodatchik-dlina-schupa-1200mm-k-tipa-dlya-termometra-_2975.html" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-temperatury-polimer-model-s01_3029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/s0210-vneshniy-datchik-temperatury-metall-dlina-kabelya-10m_3030.html" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-temperatury-metall-model-s03_3031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-temperatury-metall-model-s04_3032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-temperatury-vodonepronitsaemyy-polimer-model-s05_3033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-temperatury-vodonepronitsaemyy-polimer-model-s06_3034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-temperatury-metall-model-s07_3035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-vysokoy-temperatury-metall-model-s08_3036.html" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-vysokoy-temperatury-metall-tip-k_3037.html" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-vysokoy-temperatury-metall-model-pt100_3038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-vlazhnosti-model-s14_3039.html" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/s0220-vneshniy-datchik-temperatury-metall-dlina-kabelya-20m_3770.html" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/s02-vneshniy-datchik-temperatury-metall_3771.html" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/datchik-temperaturnyy-s-razemom-k-type_3808.html" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/sttemp30-temperaturnyy-elektrod_3849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/te3120-10-datchik-temperatury_4107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/te-1230-14-termodatchik-dlya-ph-kontrollera_4329.html" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/hi766c-termodatchik-s-pronikayuschim-deystviem_4650.html" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/hi766d-termodatchik-dlya-vozduha_4651.html" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/hi766e2-termodatchik-obschego-naznacheniya_4652.html" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/hi766f1-termodatchik-vstroennyy-v-provod_4654.html" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pronikayuschiy-zond-dlya-testo-108-2_4713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pogruzhnoy-zond_4741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/poverhnostnyy-zond-1_4743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vodonepronitsaemyy-pogruzhnoy-pronikayuschiy-zond-tip-k_4745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-temperatury-vozduha-termopara-tip-k-s-fiksirovannym-kabelem-dlinoy-1-2-m_4747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/testo-0602-2292-pischevoy-zond_4749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/testo-0602-4592-zond-obhvatka_4752.html" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/gibkiy-otkrytyy-zond-tmax-plus250-s_4756.html" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pogruzhnoy-pronikayuschiy-zond_4757.html" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/testo-0603-1793-zond-dlya-vozduha_4758.html" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/poverhnostnyy-zond_4760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-pischevoy-so-spetsialnoy-ruchkoy_4762.html" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-temperaturnyy-pogruzhnoy2_4763.html" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/testo-0609-1773-zond-vysokoprochnyy_4766.html" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/testo-0609-7072-zond-temperaturnyy_4770.html" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pogruzhnoy-pronikayuschiy-zond_4772.html" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-temperatury-ntc_4773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vodonepronitsaemyy-poverhnostnyy-zond-ntc-dlya-rovnyh-poverhnostey_4774.html" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pischevoy-zond-ntc-iz-nerzhaveyuschey-stali-(ip67)-s-teflonovym-kabelem-do-plus250-c_4778.html" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-obkrutka-s-lipuchkoy-dlya-trub-d-75mm_4779.html" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-vodonepronitsaemyy-poverhnostnyy_4790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/ustoychivyy-poverhnostnyy-zond-dlya-varochnyh-poverhnostey_4793.html" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/standartnyy-izmeritelnyy-nakonechnik-dlya-testo-105-dlina-100mm_4803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/kruglye-termo-indikatory-171s-193s_4808.html" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pronikayuschiy-zond-dlya-testo-108_4825.html" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/nakonechnik-dlya-zamorozhennyh-produktov-k-testo-105_4827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/izmeritelnyy-nakonechnik-dlya-testo-105-dlina-200-mm_4828.html" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-obkrutka-s-lipuchkoy-velcro-termopara-tipa-k-t-maks-plus120-s_4834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vysokotochnyy-pogruzhnoy-pronikayuschiy-zond-kabel-1-5m-ip67_4853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/termopara-dlina-800mm-s-adapterom-tip-k_4876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/termopara-testo-gibkaya-dlina-1500mm-fibro-steklo-(termopara-tip-k)_4877.html" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/termopara-s-adapterom-t-p-gibkaya-dlina-1500mm-teflon-(termopara-tip-k)_4878.html" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/gibkiy-pogruzhnoy-nakonechnik-dlya-izmereniya-temperatury-vozduha-i-gazov-(ne-dlya-primeneniya-v-plavil_4880.html" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pogruzhnoy-izmeritelnyy-nakonechnik-testo-gibkiy-(termopara-tipa-k)_4881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/0602-5793-gibkiy-pogruzhnoy-nakonechnik-testo-termopara-tip-k_4882.html" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/testo-0610-1725-vysokotochnyy-pogruzhnoy-pronikayuschiy-zond-kabel-6m-ip67_4884.html" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-ntc-s-alyuminievym-rukavom-kabel-2-4m-ip65_4885.html" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-dlya-izmereniya-temperatury-poverhnosti_4886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-termopara-tip-k-s-rukavom-iz-nerzhaveyuschey-stali_4887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-dlya-poverhnostnyh-izmereniy_4895.html" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/smennyy-modul-vlazhnosti-dlya-testo-625_4908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/saw005-dopolnitelnyy-besprovodnyy-datchik-dlya-meteostantsii-aw005_5099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/102280-tfk-325-termodatchik-dlya-ph-metra_5229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/hi7669aw-termodatchik-dlya-hi83141_5705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/hi7662-temperaturnyy-datchik-dlya-hi9124-hi9125-hi221x-02_6280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/distillirovannaya-voda/distillirovannaya-voda-250ml_303.html" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/distillirovannaya-voda/distillirovannaya-voda-s-dvoynoy-ochistkoy-20-litrov_327.html" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/distillirovannaya-voda/distillirovannaya-voda-s-dvoynoy-ochistkoy-5-litrov_328.html" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi731318-tkan-dlya-protirki-kyuvet-4-sht-up_4594.html" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi731335-kryshki-dlya-kyuvet-dlya-kolorimetrov-serii-hi967xx-hi957xx-hi987xx-4-sht-up_4595.html" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93712-01-alyuminiy-(100-testov)_4596.html" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93713-03-reagenty-na-fosfaty-nizkie-kontsentratsii-300-testov_4597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93746-01-zhelezo-nizkie-kontsentratsii-(50-testov)_4598.html" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93721-01-zhelezo-vysokie-kontsentratsii-(100-testov)_4599.html" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93746-03-zhelezo-nizkie-kontsentratsii-(150-testov)_4602.html" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93717-01-fosfat-vysokie-kontsentratsii-(100-testov)_4603.html" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93701-01-reagenty-na-svobodnyy-hlor-100-testov_4609.html" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93702-01-reagenty-na-med-vysokie-kontsentratsii-100-testov_4610.html" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93711-01-reagenty-na-obschiy-hlor-100-testov_4611.html" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93719-01-reagenty-na-zhestkost-po-magniyu-100-testov_4612.html" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93720-01-reagenty-na-zhestkost-po-kaltsiyu-100-testov_4613.html" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93728-01-reagenty-na-nitrat-0-0-30-0-mg-l-100-testov_4614.html" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93735-0-nabor-reagentov-na-zhestkost-0-250-200-500-400-750-mg-l-100-testov_4615.html" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93748-01-reagenty-na-marganets-nizkie-kontsentratsii-50-testov_4616.html" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93748-03-reagenty-na-marganets-nizkie-kontsentratsii-150-testov_4617.html" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/lei-5100-reagenty-dlya-khpk-bez-razbavleniya-ot-100-do-1000-mg-l_4626.html" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/lei-5160-reagenty-dlya-khpk-bez-razbavleniya-ot-10-do-160-mg-l_4627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/lei-5180-reagenty-dlya-khpk-bez-razbavleniya-ot-80-do-800-mg-l_4628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93734-01-reagenty-na-svobodnyy-i-obschiy-hlor-100-testov_4688.html" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/nabor-reagentov-dlya-kolorimetrov-na-ph-100-testov_4946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi721-25-reagenty-na-zhelezo-0-5-mg-l-25-testov_5095.html" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi95771-01-reagenty-na-hlor-vysokie-kontsentratsii-100-testov_5101.html" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi709-25-reagenty-na-marganets-dlya-hi709_5123.html" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi711-25-reagenty-na-obschiy-hlor-0-3-5-mg-l-25-testov_5124.html" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi717-25-reagenty-na-fosfaty-40-testov_5126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi739-26-reagenty-na-ftorid-0-00-20-00-mg-l-25-testov_5127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93700-01-reagenty-dlya-opredeleniya-ammoniya-nizkie-kontsentratsii-100-testov_5146.html" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93701-t-reagenty-na-obschiy-hlor-zhidkie-300-testov_5147.html" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93709-01-reagenty-na-marganets-vysokie-kontsentratsii-100-testov_5149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93713-01-reagenty-na-fosfaty-nizkie-kontsentratsii-0-2-5-mg-l-100-testov_5150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93730-01-reagenty-na-molibden-100-testov_5152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93739-01-reagenty-na-ftorid-0-00-20-00-mg-l-100-testov_5156.html" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi3833-050-nabor-reaktivov-k-naboru-hi3833-(opredelenie-fosfatov)_5159.html" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi3874-100-nabor-reaktivov-k-naboru-hi3874-(opredelenie-nitratov)_5160.html" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi731325-kryshki-dlya-kyuvet-kolorimetrov-serii-hi937xx-4-sht-up_5708.html" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi731331-kyuvety-dlya-kolorimetrov-serii-hi977xx-hi967xx-hi957xx-hi987xx-4-sht-up_5709.html" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/rastvor-elektrolita-ely-g-kat-n205217-wtw_6105.html" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93701-0-reagenty-na-svobodnyy-hlor_6222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi95771-01-nabor-reagentov-na-svobodnyy-hlor-vysokie-kontsentratsii_6223.html" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hach-24954-02-kyuveta-pryamougolnaya-(10-ml-2-sht-)_6426.html" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/protochnaya-yacheyka-dlya-podklyucheniya-gibkih-magistraley-i-protochnyh-elektrodov_2834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/p34a-ustroystvo-potoka_5098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/242570-safety-socket-1-4404-sechenie15-gradusov-vysota-25-mm_5730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/237331-25-flexifit-bio-armatura-dlya-datchikov-pg13-5_5745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/cell-200a-ustroystvo-potoka-dlya-datchikov-(2x3-4-dn10-0-100l-ch)_5918.html" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/clean-200-sistema-avtomaticheskoy-ochistki-datchikov_5928.html" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/derzhatel-dlya-datchika_5932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/cell-100ac-tsilindricheskoe-ustroystvo-potoka-dlya-datchikov-(npt3-4-300-1000-ml-min)_6069.html" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/pogruzhnaya-armatura-s-kommutatsionnym-ustroystvom-dlya-pogruzhnyh-datchikov_6114.html" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/protochnaya-yacheyka-dlya-datchikov-s-ustanovochnym-komplektom_6201.html" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/hi740200-kolpachki-dlya-elektrodov-5-sht-up_6229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/ohaus-30064800-flakon-dlya-hraneniya-rn-elektroda-upakovka-10-sht_6265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/cell-100b-ustroystvo-potoka-dlya-odnogo-datchika-(1-2-dn10-0-100l-ch)_6492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/cell-200b-ustroystvo-potoka-dlya-dvuh-datchikov-(2x1-2-dn10-0-100l-ch)_6493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/cell-100a-ustroystvo-potoka-dlya-odnogo-datchika-(3-4-dn10-0-100l-ch)_6494.html" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/eup-4-ustroystvo-potoka-dlya-chetyreh-datchikov-(4x3-4-1h1-0-100l-ch)_6500.html" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/steklyannyy-elektrod-e201-dlya-ph-metrov_161.html" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/promyshlennyy-ph-elektrod-gp100-vreznoy-_456.html" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/promyshlennyy-vysokotemperaturnyy-ph-elektrod-gp500-vreznoy-_462.html" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/pogruzhnoy-elektrod-e202-dlya-ph-metrov_2799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/sp-p2-smennyy-ph-elektrod-dlya-rn200-v-zaschitnom-bokse_561.html" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/promyshlennyy-ph-elektrod-gp700-vreznoy_650.html" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-elektrod-suhogo-hraneniya-e200-dlya-ph-metrov_2848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/sanxin-2513g-steklyannyy-elektrod-dlya-ph-metrii-_3143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-elektrod-sanxin-2615p-dlya-agressivnyh-sred_3141.html" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-1110b-promyshlennyy-ph-elektrod-dlina-kabelya-10m_3594.html" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e530bnc-pronikayuschiy-ph-elektrod-s-bnc-razemom_3651.html" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e522bnc-ph-elektrod-dlya-myasa-syra-fruktov-i-lyubyh-polutverdyh-produktov_3646.html" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e521bnc-ph-elektrod-dlya-moloka-slivok-zhirnyh-produktov_3652.html" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e523bnc-promyshlennyy-ph-elektrod-vreznoy-3-4-_3653.html" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e526bnc-ph-elektrod-dlya-lyubyh-poverhnostey-kozhi-bumagi-emulsiy_3658.html" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e531bnc-pronikayuschiy-ph-elektrod-dlya-polutverdyh-produktov_3659.html" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e529bnc-perezapolnyaemyy-ph-elektrod-shirokogo-spektra-naznacheniya_3739.html" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/pph1000p-smennyy-ph-elektrod-dlya-kontrollera-hm-digital-pph-1000_3773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph03r-ph-elektrod-dlya-amt03_3795.html" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st210-plastikovyy-obsluzhivaemyy-ph-elektrod-2-v-1-_3846.html" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/stsurf-ph-elektrod-dlya-izmereniya-rovnyh-poverhnostey-(bumaga-kozha-tkan-i-t-p-)_3850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st350-steklyannyy-ph-elektrod-3-v-1-_3851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st230-steklyannyy-ph-elektrod-2-v-1-dlya-emulsiy-suspenziy-moloka_3853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/stpure-steklyannyy-ph-elektrod-2-v-1-dlya-izmereniya-distillirovannoy-vody-83032960_3854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/stmicro8-ph-elektrod-dlya-izmereniya-mikroobraztsov-v-probirkah_3855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st260-ph-elektrod-dlya-bufernyh-rastvorov_3856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/stmicro5-ph-elektrod-dlya-izmereniya-mikroobraztsov-v-probirkah_3857.html" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st320-plastikovyy-gelevyy-ph-elektrod-3-v-1-_3860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st310-plastikovyy-obsluzhivaemyy-ph-elektrod-3-v-1-_3861.html" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/stref2-nasyschennyy-kalomelnyy-elektrod-sravneniya-(nke)_3862.html" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/stref1-hlorserebryanyy-elektrod-sravneniya-(ag-agci)_3863.html" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph10-st-(30087992)-smennyy-ph-elektrod-dlya-starter-st10_3890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph20-st-(30087993)-smennyy-elektrod-dlya-ph-metra-starter-st20_3891.html" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/sp-p5-ph-elektrod-dlya-ph-metrov-hm-100-hm-200-hm-500-hm-501_4102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/201dh-elektrod-ph-s-razemom-mini-bnc_4103.html" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-0410w-datchik-ph_4106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/sp-c3-smennyy-datchik-dlya-com300_4310.html" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph0410w-smennyy-datchik-ph-dlya-mps-1400_4320.html" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/g102-ph-elektrod-promyshlennyy-dlya-chistoy-i-ultrachistoy-vody_4324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1270-smennyy-rn-elektrod-dlya-checker_4586.html" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1271-smennyy-rn-elektrod-dlya-checkerplus-hi-98100_4587.html" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1280-smennyy-rn-elektrod-dlya-piccolo_4588.html" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1290-smennyy-rn-elektrod-dlya-piccolo-2_4589.html" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1295-smennyy-rn-elektrod-dlya-piccoloplus-piccolo-3_4590.html" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi73127-smennyy-elektrod-dlya-combo-hi98129-hi98130-phep-4-phep-5_4591.html" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc200b-kombinirovannyy-rn-elektrod-dlya-myasa-i-moloka_4606.html" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc210b-kombinirovannyy-rn-elektrod-dlya-smetany-yogurta-krema_4607.html" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1053b-kombinirovannyy-rn-elektrod-dlya-masel-zhirov-emulsiy-pochvy_4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1288-ph-ec-tds-datchik_4644.html" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1330b-kombinirovannyy-rn-elektrod-dlya-izmereniy-v-probirkah-i-ampulah-korpus-steklo_4645.html" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1413b-kombinirovannyy-rn-elektrod-dlya-izmereniya-na-poverhnosti-korpus-steklo_4646.html" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/103635-sentix-41-kombinirovannyy-ph-datchik-_4647.html" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/103642-sentix-81-kombinirovannyy-elektrod-so-vstroennym-termodatchikom-zhidkim-elektrolitom-din_4648.html" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-1110b-promyshlennyy-ph-elektrod-dlina-kabelya-30m_4661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/zapasnoy-rn-zond-dlya-testo-205_4836.html" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/kolpachok-dlya-hraneniya-elektroda-dlya-ph-metra-testo-206_4840.html" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/zapasnoy-rn-zond-dlya-testo-206-ph1_4841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/zapasnoy-ph-zond-dlya-testo-206-ph2_4842.html" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-elektrod-plastikovyy-tip-01-dlya-testo-206_4844.html" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc202d-kombinirovannyy-rn-elektrod-c-termodatchikom-dlya-myasnoy-i-molochnoy-promyshl-korpus-kynar_5012.html" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc2020-kombinirovannyy-rn-elektrod-dlya-molochnyh-produktov-syrov-neobsluzh-dlya-edge_5044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc2023-ph-elektrod-dlya-molochnyh-i-polutverdyh-produktov_5045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc231d-kombinirovannyy-rn-elektrod_5046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc2323-ph-elektrod-dlya-myasa_5047.html" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc232d-kombinirovannyy-rn-elektrod_5048.html" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1043b-kombinirovannyy-rn-elektrod-dlya-silno-kislyh-schelochnyh-rastvorov-korpus-steklo_5049.html" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi10480-rn-elektrod-dlya-slozhnyh-primeneniy-dlya-edge_5050.html" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi10530-kombinirovannyy-rn-elektrod_5051.html" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1131b-kombinirovannyy-rn-elektrod-obschego-naznacheniya-korpus-steklo_5052.html" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1230b-kombinirovannyy-rn-elektrod-obschego-naznacheniya-korpus-plastik_5053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1296d-ph-elektrod-kombinirovannyy-din-razem_5054.html" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi73120-elektrod-dlya-hi98120_5055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi11310-rn-elektrod-dlya-obschelaboratornyh-tseley-dlya-ph-metrov-serii-edge_5060.html" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/phw1130n-kombinirovannyy-ph-elektrod-dlya-agressivnyh-sred-(kabel-10m-razem-bnc)_5087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-1110a-promyshlennyy-ph-elektrod-dlina-kabelya-10m_5092.html" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st272-(30393265)-prokalyvayuschiy-rn-elektrod-s-metalicheskim-nakonechnikom-_5625.html" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st270-(30240974)-prokalyvayuschiy-rn-elektrod_5626.html" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/multi-600p-mnogoparametrovyy-datchik-dlya-izmeritelya-multi-c600_5644.html" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-1000-promyshlennyy-ph-elektrod-kabel-5m_5655.html" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/g301-ph-elektrod-promyshlennyy-vysokotemperaturnyy-(do-130c)-s-zaschitnoy-gilzoy_5661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/103645-sentix-sp-ph-elektrod-dlya-izmereniy-v-syre-fruktah-ovoschah-vetchine-i-t-p-_5230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/103780-sentix-980-tsifrovoy-rn-elektrod_5232.html" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi12883-ph-ec-tds-datchik_5699.html" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1292d-rn-elektrod-dlya-pochvy_5700.html" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1083b-kombinirovannyy-rn-elektrod-dlya-izmereniy-v-mikroplanshetah-korpus-steklo_5746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/kolpachok-zapasnoy-dlya-testo-205_5795.html" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-98106p-smennyy-ph-datchik_5848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-818p-smennyy-ph-datchik_5860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-98109p-smennyy-ph-datchik-dlya-izmereniya-polutverdyh-sred_5922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph1020w-promyshlennyy-kombinirovannyy-ph-elektrod-(ntc10k-dlina-kabelya-10m)_5926.html" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-1110b-promyshlennyy-ph-elektrod-dlina-kabelya-20m_5939.html" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-3508p-smennyy-datchik-ph-tds-ec-temp_6062.html" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp100e-ph-datchik-pg13-5-0-100s-fs8-razbornyy-kabel-10m_6077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp400-promyshlennyy-ph-datchik-rezba-1-ntp-pt1000-kabel-5m_6081.html" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp100e-ph-datchik-keramika-(0-14ph-0-100c-pt1000-pg13-5-kabel-10m)_6078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp101e-datchik-pg13-5-0-100s-fs8-razbornyy-kabel-10m_6079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/phx-300-promyshlennyy-ph-elektrod-(0-14ph-0-80s-kabel-5m)_6085.html" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/phx-100-promyshlennyy-ph-elektrod-(0-14ph-0-80s-pg13-5-kabel-5m)_6090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp100et-ph-datchik-pg13-5-kabel-30m-s-termokompensatsiey_6098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph1320bw-vysokotemperaturnyy-ph-elektrod-dlya-silnyh-kislot-i-schelochey-(0-135s-pt1000-kabel-5m)_5903.html" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph1010j-promyshlennyy-teflonovyy-ph-elektrod-dlya-organiki-(0-60-c-kabel-5m)_5588.html" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/spc-100-zaschita-datchika-ot-mehanicheskih-povrezhdeniy_6150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/datchik-emerson-rbi-a10-d1-546-s1-05-k-30-t2_6192.html" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp101e-n1-ys-ph-datchik-keramika-(0-14ph-0-100c-pt1000-pg13-5-kabel-10m)_6203.html" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph1120pd-ph-elektrod-dlya-spirtov-ketonov-kislot-kabel-10m_6297.html" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph1120c-ph-elektrod-dlya-distillirovannoy-vody-kabel-10m_6306.html" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp126e-ph-datchik-dlya-slozhnyh-tehnologicheskih-protsessov-(0-135s-0-6bar-kabel-5m)_6322.html" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-elektrod-seko-sph-3-ww-9900105005_6373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st410-steklyannyy-ph-elektrod_6377.html" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-elektrod-seko-sph-1-s5-9900105116_6392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp127e-ph-datchik-dlya-vysokotemperaturnyh-protsessov-fermentatsii-(0-135s-0-6bar-kabel-5m)_6449.html" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/aspvp3351-ph-datchik-dlya-vysokotemperaturnyh-tehnologicheskih-protsessov-(0-135s-0-6bar-kabel-10m)_6450.html" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/aspb3151-ph-datchik-vysokotemperaturnyy-(0-110s-0-6bar-kabel-10m)_6469.html" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/aspa3151-ph-datchik-obschego-naznacheniya-(0-80s-0-6bar-kabel-10m)_6470.html" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/plastikovyy-elektrod-so100-dlya-ovp-metrov_315.html" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/promyshlennyy-ovp-elektrod-go100-vreznoy_457.html" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/sp-o2-smennyy-ovp-elektrod-dlya-orp200-v-zaschitnom-bokse_562.html" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orp-1110b-promyshlennyy-elektrod-ovp-(dlina-kabelya-10m)_3607.html" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orp03r-ovp-elektrod-dlya-amt03_3751.html" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/storp1-plastikovyy-gelevyy-ovp-elektrod_3847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/storp2-steklyannyy-obsluzhivaemyy-ovp-elektrod_3864.html" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/mps-orp-smennyy-datchik-ovp-dlya-mps-1400_4319.html" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orp-1110b-elektrod-ovp-dlina-kabelya-20m_5014.html" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/hi3131b-ovp-pt-elektrod-obschelaboratornogo-naznacheniya-ovp-titrovanie-zapravlyaemyy_5058.html" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/hi3230b-kombinirovannyy-platinovyy-orp-elektrod-obschego-naznacheniya-korpus-plastik_5059.html" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/r10-st-(30088020)-elektrod-ovp-dlya-karmannoy-versii-priborov-starter-st10r_5633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/r20-st-(30088021)-elektrod-ovp-dlya-karmannoy-versii-priborov-starter-st20r_5634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/103648-sentix-orp-elektrod-dlya-izmereniya-ovp-razem-as-(bez-kabelya)_5231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/hi36180-tsifrovoy-elektrod-ovp_5701.html" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orp100p-smennyy-datchik-dlya-ovp-metra_6034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/asr400-promyshlennyy-ovp-datchik-rezba-1-ntp-kabel-5m_6082.html" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orpx-100-promyshlennyy-ovp-elektrod-(-2000mv-0-100s-6bar-pg13-5-kabel-5m)_6088.html" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orpx-600-promyshlennyy-ovp-elektrod-(-2000mv-0-70s-0-6bar-npt3-4-kabel-5m)_6089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orp1020p-promyshlennyy-ovp-elektrod-obschego-naznacheniya-kabel-5m_5592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/asr100e-v0-ys-datchik-ovp-keramika-(plus-2000mv-0-100c-pt1000-pg13-5-kabel-10m)_6204.html" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-1-sp-1-psc-datchik-dlya-konduktometrov-i-solemerov-psc-150-psc-154-cic-152_113.html" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/601-s-ionoselektivnyy-elektrod-caplus-i-mgplus-_3140.html" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-c1-smennyy-elektrod-dlya-konduktometra-hm-digital-com100_3267.html" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con3134-14-elektrod-s-yacheykoy-1-0sm-1-na-diapazon-0-5-2000mksm-korpus-nerzh-stal_2927.html" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con2136-13-grafitovyy-elektrod-s-yacheykoy-10sm-1-na-diapazon-0-05-20-millisimens_2929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp2-komplekt-datchikov-dlya-solemerov-dm1_2936.html" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con1134-13-elektrod-s-yacheykoy-1-0sm-1-na-diapazon-0-5-2000mksm-korpus-plastik_3134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con3133-13-elektrod-s-yacheykoy-0-1sm-1-na-diapazon-ot-0-5-200mksm-korpus-nerzh-stal_3136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con3132-13-elektrod-s-yacheykoy-0-05sm-1-na-diapazon-0-05-18-25mom-sm-korpus-nerzh-stal_3611.html" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con3131-13-titanovyy-elektrod-s-yacheykoy-0-01cm-1-na-diapazon-0-05-18-25mom-(20-0-05mksm)-_3687.html" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con2124a-13-elektrod-grafitovyy-s-yacheykoy-1-0sm-dlya-konduktometrov_3694.html" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/ec03r-konduktometricheskiy-elektrod-dlya-amt03_3796.html" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-5-odinarnyy-datchik-dlya-dm2-(razem-4-pin)_3802.html" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-1-elektrod-dlya-konduktometrov-i-solemerov-ps-100-pc-100-ps-200-ps-202_3806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/stcon7-elektrod-dlya-izmereniya-elektroprovodnosti-(0-02-mksm-sm-200-mksm-sm)_3852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/stcon3-4-h-elektrodnyy-datchik-(2-mksm-sm-200-msm-sm)_3858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con3123a-13-elektrod-s-yacheykoy-0-1sm-1-diapazon-0-5-200mksm-sm_3877.html" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/doz3135-13-smennyy-datchik-rastvorennogo-kisloroda-dlya-mps-1400_4318.html" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-c2-konduktometricheskiy-elektrod-dlya-hm-200_4585.html" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-c5-konduktometricheskiy-elektrod-dlya-hm-500-hm-501_4666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/hi763100-datchik-provodimosti-dlya-edge_5061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-1-ps-elektrod-dlya-konduktometov-ps-50-54_5094.html" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/ct10a-st-(30087994)-elektrod-dlya-karmannoy-versii-priborov-starter-st10c-a-st10t-a_5627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/ct20a-st-(30087997)-elektrod-dlya-karmannoy-versii-priborov-starter-st20c-a-st20t-a_5628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/ct10b-st-(30087995)-elektrod-dlya-karmannoy-versii-priborov-starter-st10c-b-st10t-b_5629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/ct20b-st-(30087998)-elektrod-dlya-karmannoy-versii-priborov-starter-st20c-b-st20t-b_5630.html" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/cs10c-st-(30087996)-elektrod-dlya-karmannoy-versii-priborov-starter-st10c-s-st10s_5631.html" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/cs20c-st-(30087999)-elektrod-dlya-karmannoy-versii-priborov-starter-st20c-s-st20s_5632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/hi76301d-datchik-dlya-hi8734_5702.html" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/hi76302w-konduktometricheskiy-datchik-dlya-hi8733-i-hi9033_5703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/301710-tetracon-925-tsifrovoy-4h-elektrodnyy-datchik-1-m_5241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/301711-tetracon-925-3-tsifrovoy-4h-elektrodnyy-datchik-3-m_5242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/301960-tetracon-325-konduktometricheskiy-datchik-kabel-1-5-m_5243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con2136-13-elektrod-dlya-konduktometrov-(0-20msm)-kabel-30m_6102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/asck-k0-1-datchik-uep-(0-05-200mksm-0-100c-pt1000-do-5bar-1-2-nerzh-stal-316l)_6170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/asck-k1-datchik-uep-(5-2000mksm-0-100c-pt1000-do-5bar-nerzh-stal-316l)_6175.html" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/asck-k0-01-datchik-uep-(0-05-20mksm-0-100c-pt1000-do-5bar-nerzh-stal-316l)_6176.html" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ionoselektivnye/cl6403w-14-datchik-hlora_4105.html" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ionoselektivnye/create-o3-datchik-ozona-dlya-poz-8300_5983.html" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/6f22-element-pitaniya-9v_2910.html" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/6f22-element-pitaniya-9v-5-sht_2911.html" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/6f22-element-pitaniya-9v-5-sht_2912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/cr2032-element-pitaniya-3v_2913.html" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/cr2032-element-pitaniya-3v_2914.html" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/cr2032-element-pitaniya-3v_2915.html" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/aaa-element-pitaniya-1-5v_3144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/357a-element-pitaniya-1-5v_3145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/ag13-element-pitaniya-1-5v_3146.html" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/cr2016-element-pitaniya-3v_3147.html" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/cr2025-element-pitaniya-3v_3148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/dc12-adapter-pitaniya-12v-dlya-registratora-temperatury_3878.html" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-pc-100-monitor-kontroller-kachestva-vody_127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-solemer-psc-150-monitor-kontroller-kachestva-vody_469.html" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-monitor-cm-230_530.html" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-monitor-sm-230a_531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-kontroler-cm-230d_532.html" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-monitor-sm-240_533.html" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-kontroler-create-dck-8520_534.html" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/kontroller-konduktometr-create-roc-2315-(cct-7320)-dlya-sistem-obratnogo-osmosa-_662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/monitor-soprotivleniya-rm-220_537.html" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-solemer-kontroler-s-tokovym-vyhodom-psc-154_540.html" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/kontroller-create-roc-2015-(roc-2008)-dlya-sistem-obratnogo-osmosa-_663.html" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/kontroller-soprotivleniya-rct-3200e_2788.html" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/roc-8221-(cct-8320)-kontroller-dlya-sistem-obratnogo-osmosa-s-dvumya-elektrodami_2830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cct-3320-promyshlennyy-konduktometr-s-vyborom-datchika-(1-rele-4-20ma-220v)_2839.html" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-kontroller-create-cct-8301a-s-tsvetnym-multidispleem-_2868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-monitor-cct-3320a-s-tokovym-vyhodom-4-20ma_2869.html" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-kontroler-cct-3320d-s-rele_2887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-roc-4313-(cct-9300)-monitor-kontroller-dlya-promyshlennyh-sistem-obratnogo-osmosa_2925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cct-3320t-promyshlennyy-konduktometr-s-vyborom-datchika-(4-20ma-220v)_2966.html" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/cct-8302a-kontroller-solesoderzhaniya-elektroprovodnosti-soprotivleniya_3551.html" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cct-8301-konduktometr-kontroller-s-grafitovym-induktsionnym-elektrodom_3729.html" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/lsm-100-konduktometr-solemer-monitor-urovnya-tds-ec-vody_3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/hm-digital-psc-54-(ps-54s-ma)-kontroller-urovnya-tds-ec-vody-s-rele-i-tokovym-vyhodom_3745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/dvuh-lineynyy-hm-digital-psc-54-(ps-54d-ma)-monitor-urovnya-tds-ec-vody-s-tokovym-vyhodom_3746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cct-7320a-vysokotemperaturnyy-konduktometr-kontroller-_3756.html" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-rct-3320e-kontroller-soprotivleniya-0-5-18mom-pitanie-220v_3235.html" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cct-3300-promyshlennyy-konduktometr-s-vyborom-datchika-(1-rele-4-20ma-24v)_3807.html" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/ldm-100r-dvuhkanalnyy-konduktometr-solemer-monitor-urovnya-tds-ec-vody-s-dvumya-datchikami_3824.html" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/cit-8800-kontsentratomer-s-induktsionnym-elektrodom_3943.html" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/roc-7000-sistema-upravleniya-protsessom-ochistki-i-podgotovki-vody_3951.html" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-crd-2221-13-tsifrovoy-datchik-soprotivleniya-(0-05-18-25mom)-s-vyhodom-rs-485_3962.html" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-crd-2226-tsifrovoy-datchik-elektroprovodnosti-(0-5-20msm)-rs-485_3964.html" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-crd-2223-tsifrovoy-datchik-elektroprovodnosti-(0-5-200mksm)-rs-485_3965.html" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-crd-2224-tsifrovoy-datchik-elektroprovodnosti-(0-5-2000mksm)-rs-485_3966.html" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/cct-3320v-konduktometr-promyshlennyy_4997.html" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/cct-8930-vzryvozaschischennyy-konduktometr_4963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/hda-7000-promyshlennyy-izmeritel-zhestkosti-vody_5810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cd-223-tsifrovoy-datchik-elektroprovodnosti-(1sm-1-0-5-2000mksm-rs-485-1-2-kabel-10m)_5954.html" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cd-222-tsifrovoy-datchik-elektroprovodnosti-(yacheyka-0-1sm-0-5-200mksm-rs-485-1-2-kabel-10m)_5985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-rd-221-tsifrovoy-datchik-soprotivleniya-(yacheyka-0-01sm-0-05-18-25mom-rs-485-1-2-kabel-10m)_5986.html" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-promyshlennyy-temp-do-150s-rs485-4-20ma-pitanie-220v_6103.html" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/ddm-2000-tsifrovoy-datchik-uep-(0-20mksm-3-4-npt-rs-485-kabel-5m)_6137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/ddm-2000-tsifrovoy-datchik-uep-(0-200mksm-3-4-npt-rs-485-kabel-5m)_6149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/dec-351-tsifrovoy-datchik-uep-(0-100msm-0-50c-atc-6bar-titan-rs485-kabel-10m)_6177.html" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/dec-790p-tsifrovoy-datchik-uep-(0-10msm-0-5g-l-5ppt-0-50c-atc-5bar-rs485-kabel-5m)_6178.html" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/ecounit-ddm-406a-tsifrovoy-datchik-uep-(0-200msm-3-4-npt-rs-485-kabel-5m)_6235.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/ecounit-mpc-202-universalnyy-kontroller-dlya-datchikov-rs-485_6236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-crd-6102-datchik-uep-dlya-vysokih-temperatur-(0-200mksm-10plus120s-triclamp-kabel-10m)_6434.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/dec-360-tsifrovoy-datchik-uep-(0-001-200msm-6bar-tiplus316l-rs485-kabel-10m)_6463.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/6573.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/laboratornye/ohaus-st3100c-f-laboratornyy-konduktometr-solemer-s-elektrodom-i-derzhatelem-(gosreestr)_3841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/laboratornye/ohaus-st3100c-b-laboratornyy-konduktometr-solemer-s-vyborom-elektroda-(gosreestr)_3844.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/laboratornye/hi2003-02-tsifrovoy-konduktometr-serii-edge_4246.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/laboratornye/hi2030-02-edge-universalnyy-pribor-v-komplekte-s-datchikom-provodimosti_4286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/laboratornye/hi2315-02-laboratornyy-konduktometr_5129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/laboratornye/ab33ec-f-laboratornyy-konduktometr_6028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/monitory/dm2-ec-monitor-elektroprovodnosti_3261.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/konduktometr-solemer-termometr-com100-tri-pribora-v-odnom!_108.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/konduktometr-aquapro-2_539.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/com80-konduktometr-solemer-termometr-tri-pribora-v-odnom!_2921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/ohaus-st300c-portativnyy-konduktometr-solemer-s-elektrodom-(gosreestr)_3837.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/ohaus-st300c-b-portativnyy-konduktometr-solemer-s-vyborom-elektroda-(gosreestr)_3843.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/st10c-b-karmannyy-konduktometr-0-1999mksm-sm-(gosreestr)_3884.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/st10c-c-karmannyy-konduktometr-ot-0-do-20msm-sm;-shag-10mksm-sm;-pogr-2-5-(gosreestr)_3885.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/st20c-c-portativnyy-konduktometr-ot-0-do-20msm-sm;-shag-10mksm-sm;-pogr-1-5-(gosreestr)_3886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/st20c-b-karmannyy-konduktometr-0-1999mksm-sm;-shag-1mksm-sm;-pogr-1-5-(gosreestr)_3889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/st10c-a-konduktometr-dlya-distillirovannoy-vody-0-199mksm-sm;-shag-0-1-mksm-sm;-pogr-2-5-(gosreestr)_4069.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/st20c-a-konduktometr-dlya-distillirovannoy-vody-0-199mksm-sm;-shag-0-1-mksm-sm;-pogr-1-5-(gosreestr)_4072.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98308-pwt-karmannyy-konduktometr-dlya-obescolennoy-vody_4123.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi8733-portativnyy-mnogodiapazonnyy-konduktometr_4139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98304-dist-4-karmannyy-konduktometr_4132.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98303-dist-3-karmannyy-konduktometr_4242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98331-konduktometr-dlya-pochvy_4245.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98301-dist-1-karmannyy-konduktometr_4259.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98302-dist-2-karmannyy-konduktometr_4260.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98311-dist-5-karmannyy-konduktometr_4262.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98312-dist-6-karmannyy-konduktometr_4265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi9033-portativnyy-mnogodiapazonnyy-konduktometr_4281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi8734-portativnyy-mnogodiapazonnyy-konduktometr_4283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hm-digital-ec-3-konduktometr-karmannyy-s-chehlom_5089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98192-vlagozaschischennyy-portativnyy-konduktometr-tds-nacl-metr-s-izmereniem-udelnogo-soprotivleniya_5128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/ec-2000-konduktometr-solemer-dlya-pochvy_5683.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/ec-3185-konduktometr-solemer-dlya-pochvy-i-pitatelnyh-rastvorov-s-vneshnim-datchikom-(dlina-kabelya-650mm)_5690.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98318-groline-vlagozaschischennyy-ec-tds-tester_5712.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98309-upw-karmannyy-konduktometr-dlya-ultrachistoy-vody_5779.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/az8306-perenosnoy-konduktometr-solemer-v-keyse_6358.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/lazernye-dalnomery-lineyki/ar861-lazernaya-lineyka-60-metrov-lazernyy-dalnomer_2775.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/lazernye-dalnomery-lineyki/amf106-lazernaya-ruletka-60-metrov_3883.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/lazernye-dalnomery-lineyki/amd100-lazernaya-lineyka-(0-05-100m)_5024.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/ultrazvukovye-dalnomery/dalnomer-ultrazvukovoy-ar841_477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/ultrazvukovye-dalnomery/dalnomer-ultrazvukovoy-ar851_478.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/ultrazvukovye-dalnomery/dalnomer-ultrazvukovoy-dlya-izmereniya-vysoty-do-vysokovoltnyh-liniy-ar600e_479.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/ultrazvukovye-dalnomery/create-ulm-8920-datchik-urovnya-ultrazvukovoy-s-vyhodom-rs-485_3963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lyuksmetry-tsifrovye/ar813-tsifrovoy-_579.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lyuksmetry-tsifrovye/ar823-tsifrovoy-s-vynosnym-datchikom_580.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lyuksmetry-tsifrovye/lx1330b-tsifrovoy-s-vynosnym-datchikom_643.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lyuksmetry-tsifrovye/testo-540_4681.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lyuksmetry-tsifrovye/hs-1010a-tsifrovoy-izmeritel-osveschennosti_5855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lyuksmetry-tsifrovye/els-03-datchik-osveschennosti-rs-485-modbus-rtu_6122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/m901-laboratornaya-magnitnaya-meshalka-s-shtativom_254.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/vortex2-orbitalnaya-meshalka_3223.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/skl-180-lineynaya-meshalka_3225.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/msh-2-magnitnaya-meshalka-120h120mm-s-podogrevom-i-derzhatelem-dlya-elektrodov_3803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/sko-180-laboratornaya-meshalka-orbitalnaya_3809.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/ohaus-fc5306-tsentrifuga-laboratornaya_3827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/sko-300-orbitalnaya-meshalka_3998.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/ms-400-magnitnaya-meshalka-s-podogrevom-do-400s_3968.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/hi200m-2-magnitnaya-meshalka_4258.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/msh-3-magnitnaya-meshalka-do-3l-170h170mm-s-podogrevom-i-derzhatelem-dlya-elektrodov_4316.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/amt550-magnitnaya-meshalka-20l-s-nagrevom-do-540s_4570.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/amtpro-magnitnaya-meshalka-20l-s-podogrevom-do-340s_4571.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/hi731319-magnity-dlya-magnitnyh-meshalok-25h7-mm-10-sht-up_4683.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/hi731320-magnity-dlya-magnitnyh-meshalok-50h7-mm-10-sht-up_4684.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/msclt-magnitnaya-meshalka-s-taymerom-(poverhnost-125mm-do-3l)_4987.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/mcsclt-magnitnaya-meshalka-s-taymerom-i-akkumulyatorom-(poverhnost-125mm-do-3l)_4988.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/mscl-magnitnaya-meshalka-(poverhnost-125mm-do-3l)_4989.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/magnit-dlya-meshalki-6h35-mm_4990.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/mcscl-magnitnaya-meshalka-s-akkumulyatorom-(poverhnost-125mm-do-3l)_4986.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/amt-m02-mini-tsentrifuga-4000-ob-min_5026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/amt-m06-mini-tsentrifuga-s-reguliruemoy-skorostyu-vrascheniya-do-10000-ob-min_5027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/magnit-(yakor)-dlya-meshalki-8h25-mm_5656.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/magnit-(yakor)-dlya-meshalki-9h40-mm_5657.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/ms-088-magnitnaya-meshalka-s-derzhatelem-dlya-elektrodov-(0-2300-ob-min)-do-1-litra_5680.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/hi180e-2-magnitnaya-meshalka-tsvet-zelenyy_5713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/ohaus-as20-magnitnaya-meshalka-dlya-ph-metrov-i-konduktometrov_6390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/differentsialnyy-manometr-testo-312-4_4712.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/bazovyy-komplekt-difmanometra-testo-312-4-so-shlangami-i-printerom_4714.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-512-differentsialnyy-manometr-ot-0-do-20-gpa_4725.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-570-2-komplekt-tsifrovoy-manometricheskiy-kollektor_4914.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-510-difmanometr-c-soedinitelnymi-shlangami_4918.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-511-manometr-absolyutnogo-davleniya_4919.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-512-differentsialnyy-manometr-ot-0-do-2-gpa_4920.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-512-differentsialnyy-manometr-ot-0-do-200-gpa_4921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-512-differentsialnyy-manometr-ot-0-do-2000-gpa_4922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-510i-smart-zond-manometr-differentsialnogo-davleniya-s-bluetooth-upravlyaemyy-so-smartfona-plansheta_4933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-549i-smart-zond-manometr-vysokogo-davleniya-s-bluetooth-upravlyaemyy-so-smartfona-plansheta_4934.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/nabor-smart-zondov-testo-dlya-sistem-otopleniya-termometr-dlya-trub-(zazhim)-difmanometr-ik-termometr_4941.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/metallodetektory-detektory-provodki/kabelnyy-tester-trassoiskatel-mastech-ms6812_5977.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/metallodetektory-detektory-provodki/detektory-provodki/ms-6818-professionalnyy-detektor-armatury-trub-kabeley-provodki_5852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/metallodetektory-detektory-provodki/metalloiskateli/metalloiskatel-portativnyy-ruchnoy-ar934_3129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/metallodetektory-detektory-provodki/metalloiskateli/mdx01-metallodetektor-ruchnoy-dlya-sotrudnikov-ohrany_3797.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/ar867-termometr_2764.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/ar807-termometr_2766.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/kt903-termometr_2837.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/aw005-meteostantsiya-s-tsvetnym-displeem-i-besprovodnym-datchikom_3744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/htc-2-mini-s-funktsiey-izmereniya-vlazhnosti-i-temperatury-vozduha_2969.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/th90-termometr_3759.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/th95-izmeritel_3900.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/th96-izmeritel_3901.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/aw007-mehanicheskiy-barometr-s-termometrom-i-psihrometrom_4966.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/aw002-meteostantsiya-professionalnaya-s-pamyatyu-plus-po-dlya-kompyutera_5093.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/om1-osadkomer-izmeritel-urovnya-dozhdevyh-osadkov_5618.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/uctech-ft-0310-professionalnaya-meteostantsiya_5879.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/om2-osadkomer-do-40mm-kv-m-s-summiruyuschey-lineykoy_5888.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/rg-3-osadkomer-na-shtyre_6018.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/rg-4-osadkomer-ploskiy-na-shtyre_6019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/rg-5-osadkomer-do-150mm-konusnyy-s-krepleniem_6020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/rg-6-osadkomer-bolshoy-do-250mm_6021.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/aw012-tsifrovoy-osadkomer-s-besprovodnym-datchikom-temperatury-i-osadkov_5566.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/rg-7-osadkomer-konusnyy-s-mernoy-chernoy-shkaloy-na-shtyre-do-50mm_6224.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/rg-8-osadkomer-zheltyy-s-mernoy-shkaloy-na-shtyre-do-20mm_6225.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/professionalnaya-meteostantsiya-davis-vantage-pro2-6252eu_6444.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/professionalnaya-meteostantsiya-davis-vantage-vue-6242eu_6445.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/6575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/s-wi-fi/aw006-professionalnaya-meteostantsiya-s-wifi-i-prilozheniem-dlya-telefona_3909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/s-wi-fi/amtast-aw003-s-tft-displeem-plus-prilozhenie-dlya-telefona_4663.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/s-wi-fi/ft-0361-meteostantsiya-professionalnaya-s-datchikami-i-peredachey-dannyh-wifi_6154.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/s-datchikom-vetra-i-dozhdya/aw001-professionalnaya-meteostantsiya-s-besprovodnymi-datchikami_2940.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/multimetry-tsifrovye/ut890c-multimetr-true-rms-(obnovlennaya-model)_5833.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/multimetry-tsifrovye/tsifrovoy-multimetr-mastech-ms8211_5975.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/amt21-portativnyy-izmeritel-mutnosti_3947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/amt27-portativnyy-izmeritel-mutnosti_3949.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/create-tur-2000-tsifrovoy-datchik-zamutnennosti-s-vyhodom-rs-485_3961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/hi98703-02-izmeritel-mutnosti-portativnyy_4266.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/hi98713-02-turbidimetr_4267.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/hi88703-02-nastolnyy-izmeritel-mutnosti-0-4000-ntu_5162.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/hi88713-02-nastolnyy-ik-mutnomer_5163.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/tur-200-portativnyy-mutnomer-(0-200ntu)_5641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/tur-6214-promyshlennyy-mutnomer-(0-1-4000ntu-rs-485-nerzh-stal-kabel-10m)_6128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/ecounit-tur-306-datchik-mutnosti-(0-1000ntu-rs485-kabel-5m-pom)_6234.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/col-408-s-datchik-tsvetnosti-i-mutnosti-(0-500hz-0-100ntu-rs-485-modbus-kabel-5m)_6378.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/tur-1000-portativnyy-mutnomer-(0-1000ntu)_6416.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/nasosy/nasos-pompa-220v-dlya-butilirovannoy-vody-19-litrov-(dlya-odnoy-butyli)_5681.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/nasosy/nasos-pompa-220v-dlya-butilirovannoy-vody-19-litrov-(dlya-dvuh-butyley)_5682.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/nasosy/starflo-nasos-12-5l-min-2-4-bar-24v-s-filtrom-i-s-fitingami_6060.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/kontrollery-ovp/ovp-metr-create-orp-662-monitor-kontroler_2792.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/kontrollery-ovp/orp-306-tsifrovoy-ovp-datchik-(-1500mv-0-65c-12-24v-rs-485-modbus-1-2npt-kabel-5m)_6148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/kontrollery-ovp/edovp-500-datchik-ovp-redoks-(-2000mv-0-50s-0-6mpa-npt3-4-4-20ma-ip68-kabel-5m)_6572.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/ovp-metr-orp-169b-pribor-dlya-izmereniya-potentsiala-vody_117.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/orp-169e-portativnyy-vysokotochnyy-pribor-dlya-analiza-ovp_321.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/hm-digital-orp-200-portativnyy-pribor-dlya-izmereniya-ovp_324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/ovp-metr-orp-169a-pribor-dlya-izmereniya-potentsiala-vody_622.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/orp-16961-udobnyy-pribor-dlya-izmereniya-ovp-vody_3241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/orp2000-stabilizirovannyy-ovp-metr-dlya-izmereniya-potentsiala-vody_3762.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/st10r-portativnyy-izmeritel-ovp_3887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/st20r-portativnyy-izmeritel-ovp_3888.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/hi98120-orp-karmannyy-izmeritel-red-ox-potentsiala_4255.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/hi98201-orp-izmeritel-red-ox-potentsiala_4278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/orp-2069-byudzhetnyy-tsifrovoy-ovp-metr_5640.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/orp-100-portativnyy-ovp-metr-s-avtokompensatsiey-po-temperature_5645.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/orp-16911-portativnyy-analizator-ovp_5686.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/parogeneratory-dlya-sauny-i-hamama/parogenerator-ecohamam-9kvt-380v-(do-11-kub-m)_5063.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/parogeneratory-dlya-sauny-i-hamama/parogenerator-ecohamam-6kvt-220v-(do-7-kub-m)_5064.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/parogeneratory-dlya-sauny-i-hamama/parogenerator-ecohamam-12kvt-380v-(do-14-kub-m)_5065.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/parogeneratory-dlya-sauny-i-hamama/parogenerator-ecohamam-15kvt-380v-(do-18-kub-m)_5066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/parogeneratory-dlya-sauny-i-hamama/parogenerator-ecohamam-premium-6kvt-220v-(do-5-kub-m)_5097.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/pribory-i-instrumenty-dlya-agronomov/lupa-bolshaya-12h-diametr-95mm-s-podsvetkoy-(12-led)_5898.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/pribory-i-instrumenty-dlya-agronomov/lupa-agronoma-5h-skladnaya-s-izmeritelnoy-shkaloy_5900.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/pribory-i-instrumenty-dlya-agronomov/umnaya-wifi-tuya-gidroponnaya-sistema-vyraschivaniya-rasteniy_6123.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/pribory-i-instrumenty-dlya-agronomov/premium-wifi-gidroponnaya-sistema-vyraschivaniya-rasteniy_6418.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/promyshlennye-datchiki-ph-ovp-ec-kisloroda-mutnosti-hlora-nitratov-azota/dph890-t-tsifrovoy-datchik-ph-(0-14ph-0-50c-atc-1bar-rs485-pom-titan-kabel-5m)_6180.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/promyshlennye-datchiki-ph-ovp-ec-kisloroda-mutnosti-hlora-nitratov-azota/edvch-400n-datchik-vzveshennyh-chastits-(0-2000mg-l-0-1mg-l-rs485-4-20ma-nerzh-kabel-5m_6238.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/promyshlennye-datchiki-ph-ovp-ec-kisloroda-mutnosti-hlora-nitratov-azota/edn-400n-datchik-nefteproduktov-v-vode-(0-40mg-l-0-01mg-l-rs485-modbus-rtu-nerzh-stal)_6448.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/promyshlennye-kontrollery-i-datchiki/pof-2200-promyshlennyy-izmeritel-ionov-ftora_5665.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/rashodomery-datchiki-potokov/create-fct-8350-(wlg-8350)-rashodomer-potoka-zhidkosti-s-datchikom_3641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/rashodomery-datchiki-potokov/create-fcd-2000-tsifrovoy-datchik-obema-potoka-s-rs-485_3958.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/rashodomery-datchiki-potokov/flp-1600-tsifrovoy-datchik-skorosti-i-obema-potoka_5663.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/rashodomery-datchiki-potokov/ufc-8021-kontroller-dlya-sistem-ultrafiltratsii_5664.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/rashodomery-datchiki-potokov/create-fet-1031-elektromagnitnyy-rashodomer_5792.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-vina/rhbs-32atc-refraktometr-dlya-vina_2853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-vina/rhbs-44atc-refraktometr-dlya-vina_2854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-vina/rhw-25batc-refraktometr-dlya-opredeleniya-saharozy-i-kreposti-vina_5020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/refraktometr-rhb-32atc_589.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/refraktometr-rhb-90atc_597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/refraktometr-rhb0-80_598.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/hm-digital-scm1000-tsifrovoy-refraktometr-brix_3274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/hm-digital-scm1000bt-(btr1000)-tsifrovoy-refraktometr-s-funktsiey-bluetooth_3876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/difluid-air-tsifrovoy-refraktometr-dlya-sahara-(0-32-brix)-i-prilozhenie-dlya-smartfona_5857.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/smartsensor-st-335a-tsifrovoy-refraktometr_6140.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/smartsensor-st-550-tsifrovoy-refraktometr-(0-55-brix)_6249.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/smartsensor-st-600-tsifrovoy-refraktometr-dlya-sahara-meda-(0-93-brix)_6361.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-soli-v-zhidkosti-i-tuzluke/refraktometr-kontsentratsii-soli-brix-salt-udelnogo-vesa-rhs10batc-(vbs1)_599.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-soli-v-zhidkosti-i-tuzluke/refraktometr-kontsentratsii-soli-rhs-28batc-(vbs2)-_600.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-soli-v-zhidkosti-i-tuzluke/hm-digital-rsm1000bt-tsifrovoy-refraktometr-soli-c-bluetooth_3812.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-soli-v-zhidkosti-i-tuzluke/hm-digital-rsm-1000-tsifrovoy-refraktometr-dlya-soli_3875.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-soli-v-zhidkosti-i-tuzluke/rhb-28atc-refraktometr-dlya-kontsentratsii-soli-(0-do-28-)_5827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-soli-v-zhidkosti-i-tuzluke/rhb-100atc-refraktometr-dlya-kontsentratsii-soli-(0-do-100-)_5832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-kislot-hladagentov-antifrizov-mocheviny-adblue/refraktometr-dlya-tehnicheskih-zhidkostey-rha-503c-(vbc4)_2856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-kislot-hladagentov-antifrizov-mocheviny-adblue/refraktometr-dlya-tehnicheskih-zhidkostey-vbc8_2857.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-kislot-hladagentov-antifrizov-mocheviny-adblue/adb-refraktometr-kontsentratsii-mocheviny-abblue-def_5103.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-kofe/hm-digital-btr-1000c-tsifrovoy-refraktometr-dlya-kofe_3970.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-kofe/amr300-izmeritel-kontsentratsii-i-plotnosti-kofe_4070.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-kofe/difluid-cofee-tsifrovoy-refraktometr-dlya-kofe-(0-26-tds-0-32-brix)-i-prilozhenie-dlya-smartfona_5853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-meda-(-)/rhb-92atc-refraktometr-dlya-meda_2832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-meda-(-)/refraktometr-dlya-izmereniya-vlazhnosti-meda-rhh1230_2849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-meda-(-)/difluid-ultimate-tsifrovoy-refraktometr-dlya-sahara-meda-(0-95-brix)-i-prilozhenie-dlya-smartfona_5867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-moloka/refraktometr-dlya-moloka-vmk1_2858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-moloka/refraktometr-dlya-opredeleniya-soderzhaniya-vody-v-moloke-vmk2_2859.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-mochi-syvorotki-i-proteina/refraktometr-dlya-opredeleniya-plotnosti-mochi-syvorotki-proteina-vur3t_2860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-mochi-syvorotki-i-proteina/amr016-vysokotochnyy-refraktometr-klinicheskogo-proteina-plazmy-i-mochi-zhivotnyh_4957.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-mochi-syvorotki-i-proteina/amr-310-tsifrovoy-refraktometr-veterinarnyy_5847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-smazochno-ohlazhdayuschih-zhidkostey/vem1t-(amr011)-refraktometr-dlya-emulsiy-sozh-_2855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-spirta-(-obemnyh)/amr015-refraktometr-dlya-izopropilovogo-spirta-0-60-_5013.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-spirta-(-obemnyh)/am-1-spirtomer-areometr_5819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-spirtnyh-napitkov-piva-kvasa/rhw-80-refraktometr-dlya-spirtosoderzhaschih-napitkov_2851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-spirtnyh-napitkov-piva-kvasa/refraktometr-dlya-opredeleniya-kreposti-vina-rhw25atc-(0-25-vol)_2852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-spirtnyh-napitkov-piva-kvasa/amr-309-tsifrovoy-refraktometr-dlya-piva_5861.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-tormoznyh-zhidkostey/refraktometr-dlya-tormoznyh-zhidkostey-vbk2_2850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-tormoznyh-zhidkostey/am001-indikator-kachestva-tormoznoy-zhidkosti-dot4_3222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/sistemy-upravleniya-obratnym-osmosom/consmartal-promyshlennyy-kontroller-upravleniya-sistemoy-obratnogo-osmosa-ro-(odna-stupen)-s-datchikami_6485.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/kontrollery/solemer-ps-100-monitor-kontroller-kachestva-vody_104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/kontrollery/solemer-ps-202-dvuhdispleynyy-monitor-kontroller-kachestva-vody_106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/kontrollery/solemer-ps-200-dvuhkanalnyy-monitor-kontroller-kachestva-vody_105.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/kontrollery/cic152-kontroller-tds-ec-dlya-upravleniya-dozirovaniem-i-vpryskivaniem_3125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/kontrollery/ddm-203-tsifrovoy-datchik-solenosti-(0-70psu-3-4-npt-4-20ma-kabel-5m)_6139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/kontrollery/ps-203-solemer-dvuhkanalnyy-monitor-kontroller-kachestva-vody-s-dvumya-datchikami_6355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/dual-tds-monitor-1-on-layn-monitor-effektivnosti-ochistki-vody_114.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/dual-tds-monitor-2-on-layn-monitor-effektivnosti-ochistki-vody_115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/hm-digital-ctm-elektronnyy-taymer-s-podschetom-tds-i-vremeni-raboty-filtra-svetovoy-indikatsiey_116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/fm-1-kompyuternyy-analizator-stepeni-zagryazneniya-filtra_553.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/fm-2-kompyuternyy-analizator-stepeni-zagryazneniya-filtra-s-datchikom-obema-vody_554.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/monitor-solesoderzhaniya-i-elektroprovodnosti-qc-1_3124.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/trm-1-trehlineynyy-monitor-kachestva-vody-_3268.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/pm-2-monitor-chistoty-vody_3568.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/pm-1-oem-monitor-chistoty-vody_3565.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/tds-monitor-sm-1-onlayn-monitor-effektivnosti-ochistki-vody_3742.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/ecm1-ecomaster-on-layn-analizator-kachestva-vody-tds-metr_3948.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/dm3-dual-tds-monitor-3-on-layn-monitor-effektivnosti-ochistki-vody_6248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-hm-digital-tds-meter-4tm-analizator-kachestva-vody-so-vstroennym-termometrom_102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-hm-digital-tds-meter-4-analizator-kachestva-vody_103.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-tds-meter-ez-usovershenstvovannyy-analizator-kachestva-vody_145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/komplekt-solemer-tds-meter-3-i-kalibrovochnyy-rastvor_2842.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/komplekt-solemer-tds-meter-5-tds-ez-i-kalibrovochnyy-rastvor_2815.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/komplekt-solemer-aquapro-ap-1-i-kalibrovochnyy-rastvor_2843.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-hm-digital-aquapro-1_538.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-hm-digital-tds-meter-3-analizator-kachestva-vody-so-vstroennym-termometrom_555.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-hm-digital-zt2-(0-999mg-l)_673.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/hm-digital-sb-2000-izmeritel-solenosti_3272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/hm-digital-sb-1500w-izmeritel-solenosti-i-kontsentratsii-ionov-natriya-(naplus)_3273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-hm-digital-tds-meter-3-hold-analizator-kachestva-vody-bez-termometra_3638.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/sb-500-izmeritel-kontsentratsii-soli-(do-5-50g-l)_3810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/st20s-solemer-s-shirokim-diapazonom-0-80-g-l;-shag-0-1-g-l;-pogr-1-5-(gosreestr)_4073.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/kl-712-solemer-izmeritel-kachestva-dlya-vody_4085.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/st10t-a-karmannyy-solemer-0-100mg-l;-shag-0-1mg-l;-pogr-2-5-(gosreestr)_5620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/st10t-b-karmannyy-solemer-0-1000mg-l;-shag-1mg-l;-pogr-2-5-(gosreestr)_5621.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/st20t-a-karmannyy-solemer-0-100mg-l;-shag-0-1mg-l;-pogr-1-5-;-temperatura-0-0-99-0s-(gosreestr)_5622.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/st20t-b-karmannyy-solemer-0-1000mg-l;-shag-1mg-l;-pogr-1-5-;-temperatura-0-0-99-0s-(gosreestr)_5623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/st10s-solemer-0-10-ppt;-shag-0-1-ppt;-pogr-2-5-(gosreestr)_5624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/sal-1000-izmeritel-solenosti-(do-20-200g-l)_5693.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/spektrofotometry/dr-3900-spektrofotometr-laboratornyy-dlya-analiza-vodnyh-sred-(bez-rfid)_5115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/spektrofotometry/dr-3900-spektrofotometr-laboratornyy-dlya-analiza-vodnyh-sred-(s-rfid-identifikatsiey)_5116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/spektrofotometry/dr-6000-laboratornyy-spektrofotometr-(bez-rfid)_5117.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/spektrofotometry/spad-plus-spektralnyy-izmeritel-urovnya-hlorofilla-vody-i-azota-v-liste_6471.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/spektrofotometry/spad-spektralnyy-izmeritel-urovnya-hlorofilla-po-listu-rasteniya-_6475.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/kontaktnyy-tsifrovoy-tahometr-ar925_2881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/dt2240b-tsifrovoy-lazernyy-tahometr_3128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/testo-460-kompaktnyy-tsifrovoy-lazernyy-tahometr-ot-100-do-30000-ob-min_4925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/testo-465-beskontaktnyy-tahometr-ot-1-do-100000-ob-min-_4926.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/testo-470-vysokotochnyy-beskontaktnyy-tahometr-ot-1-do-100000-ob-min_4927.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/testo-476-stroboskopicheskiy-tahometr-ot-30-do-12500-ob-min_4928.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/testo-477-stroboskopicheskiy-tahometr-ot-30-do-300000-vsp-min_4929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ar842a-(12-1)_471.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ar922-so-shtativom-i-razemom-rs232-(80-1)_480.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ar892-s-razemom-rs232-(80-1)_474.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ar882-termometr-(50-1)_2791.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ar550-(12-1)_2880.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/dt8600b-pirometricheskiy-datchik-temperatury_3548.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/dt8012b-pirometr-infrakrasnyy-datchik-temperatury-s-tokovym-vyhodom-4-20ma_3549.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/amf101-(ht-02)-byudzhetnyy-teplovizor_3711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/amf008a-pirometr-(12-1-ot-50-do-plus380s)_3733.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/amt320-pirometr-(12-1-ot-32-do-plus320s)_3735.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/amf009-pirometr-(12-1-ot-50-do-plus550s)_3736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/amf011a-infrakrasnyy-termometr-(50-1)-ot-30-do-plus1150c_3967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/dt-8806s-beskontaktnyy-infrakrasnyy-termometr-rezhim-body-30-0-c-42-5-c-rezhim-surface-0-c-60-c-tochnost-0-3-c-podsvetka_4380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-830-t1-s-lazernym-tseleukazatelem-(optika-10-1);-30-plus400c_4732.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-835-h1-s-integrirovannym-modulem-vlazhnosti_4759.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-831-30-plus210-c_4767.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-830-t2-s-poverhnostnym-zondom-_4843.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-805-25-plus250-c_4851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-805-s-chehlom-topsafe_4852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-826-t2-infrakrasnyy-termometr-dlya-pischevogo-sektora-s-lazernym-tseleukazatelem-(optika-6-1)_4855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-830-t2-s-2-h-tochechnym-lazernym-tseleukazatelem-(optika-12-1)-50-plus500-c_4857.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-830-t4-s-2-h-tochechnym-lazernym-tseleukazatelem-(optika-30-1)-50-plus500-c_4858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-830-t4-s-2-h-tochechnym-lazernym-tseleukazatelem-(optika-30-1)-50-plus500-c-i-vneshney-termoparoy_4860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-835-t1-s-4-h-tochechnym-lazernym-tseleukazatelem-(optika-50-1-50-plus600-c)-_4861.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-835-t2-s-4-h-tochechnym-lazernym-tseleukazatelem-(optika-50-1-50-plus1000-c)-_4862.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-805i-smart-zond-30-plus250-c-s-bluetooth-upravlyaemyy-so-smartfona-plansheta_4936.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/hd-820d-dlya-izmereniya-temperatury-tela-32-43-c_5075.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ar862d-infrakrasnyy-termometr-(50-1)-ot-50-do-plus1000c_5168.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/gm320-pirometr-(-50plus400)_5834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/dt-8809c-beskontaktnyy-termometr-dlya-izmereniya-temperatury-tela_5958.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/amf017-infrakrasnyy-termometr-(80-1)-ot-200-do-plus2200c_6353.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ht-18-teplovizor-izmeritelnyy-(256h192-20plus550s)_6510.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ht-03-teplovizor-izmeritelnyy-(120x120-20plus550c)_6512.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/dlya-pochvy/elitech-wt-6-universalnyy-termometr-so-schupom-s-podzaryadkoy-ot-solnechnyh-batarey_3665.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/tm-1-tsifrovoy-termometr-hm-digital-so-schupom_120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/kl-98501-tsifrovoy-termometr-so-schupom_461.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hm-digital-tm3000-tsifrovoy-termometr-kontroller-so-zvukovoy-signalizatsiey-_3277.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hm-digital-tm4000-tsifrovoy-termometr-so-schupom-240mm-v-zaschitnom-kozhuhe_3278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hm-digital-tm500-tsifrovoy-termometr_3275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hm-digital-tm1000-tsifrovoy-termometr_3276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/tp101-termometr-elektronnyy-(-50-plus300s)_2838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/amw-133-vinnyy-termometr-na-butylku_2973.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/termometr-monitor-dlya-holodilnikov-i-morozilnyh-ustanovok-amt-113_3133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/dc-1-termometr-s-provodnym-datchikom_3547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/kt400-tsifrovoy-termometr_3539.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hi98509-checktemp-1-termometr-karmannyy_4122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hi145-00-karmannyy-elektronnyy-termometr-s-datchikom-125-mm_4137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hi98501-checktemp-termometr-karmannyy_4125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hi145-20-karmannyy-elektronnyy-termometr-so-schupom-300mm_4261.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/wt-2-termometr-tsifrovoy-karmannyy-so-schupom-50-do-300c_4572.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-608-h1_4668.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-minitermometr-s-signalom-trevogi_4707.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/trehkanalnyy-termometr-testo-735-1-s-vyborom-zonda_4719.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/trehkanalnyy-termometr-testo-735-1-s-vyborom-zonda_4720.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-112-odnokanalnyy-kalibruemyy-termometr-s-vyborom-zonda_4729.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-110-odnokanalnyy-termometr-dlya-vysokotochnogo-monitoringa_4731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-720-odnokanalnyy-termometr-dlya-laboratornyh-i-promyshlennyh-izmereniy-s-vyborom-zonda_4733.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-922-differentsialnyy-2-kanalnyy-termometr-s-vyborom-zonda_4734.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-925-odnokanalnyy-termometr_4735.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-926-odnokanalnyy-termometr-dlya-pischevoy-promyshlennosti-s-vyborom-zonda_4736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/nabor-smart-zondov-dlya-izmereniya-temperatury-i-davleniya-plus-prilozhenie-dlya-ios-android_4742.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-905-t2-vysokochuvstvitelnyy-poverhnostnyy-termometr-50-plus350-c_4746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/kruglye-termo-indikatory-143s-166s_4771.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-905-t1-termometr-s-pronikayuschim-zondom-50-do-plus350-c_4794.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/minitermometr-testo-poverhnostnyy-do-300s_4795.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/minitermometr-testo-pogruzhnoy-pronikayuschiy-do-150c_4796.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/minitermometr-testo-pogruzhnoy-pronikayuschiy-do-250c_4797.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/minitermometr-testo-vodonepronitsaemyy-do-230c_4798.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/kruglye-termo-indikatory-60s-82s_4804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/kruglye-termo-indikatory-88s-110s_4805.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/kruglye-neobratimye-termo-indikatory-116s-138s_4806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/samokleyuschiesya-termo-indikatory-(10-sht)-37-65-s_4810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/samokleyuschiesya-termo-indikatory-(10-sht)-71-110-s_4811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/samokleyuschiesya-termo-indikatory-(10-sht)-116-154-s_4812.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/samokleyuschiesya-termo-indikatory-(10-sht)-161-204-s_4813.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/samokleyuschiesya-termo-indikatory-(10-sht)-204-260-s_4814.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-103-termometr-s-ubirayuschimsya-zondom-30-plus220-c_4815.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-104-termometr-s-ubirayuschimsya-zondom-50-plus250-c_4816.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-104-skladnoy-vodonepronitsaemyy-pischevoy-termometr-pirometr_4817.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-105-termometr-dlya-pischevogo-sektora-so-standartnym-izmeritelnym-nakonechnikom_4818.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-105-komplekt-termometra-dlya-pischevogo-sektora-s-razlichnymi-zondami_4819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-105-v-komplekte-s-nasadkoy-dlya-zamorozhennyh-produktov_4820.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-106-kompaktnyy-termometr-dlya-pischevogo-sektora-s-signalom-trevogi_4821.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-106-pischevoy-termometr-s-zondom-i-chehlom-topsafe_4823.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-108-vodonepronitsaemyy-termometr-s-vozmozhnostyu-podklyucheniya-zondov_4824.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-108-2-vodonepronitsaemyy-termometr-s-vozmozhnostyu-podklyucheniya-zondov_4826.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-810-2-h-kanalnyy-pribor-izmereniya-temperatury-s-ik-termometrom_4854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-826-t4-infrakrasnyy-termometr-s-lazernym-tseleukazatelem-i-pronikayuschim-pischevym-zondom-(optika-6-1)_4856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-605-h1-(0-50-c)-(5-95-rh)_4859.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-115i-smart-zond-termometr-dlya-trub-(zazhim)-s-bluetooth-upravlyaemyy-so-smartfona-plansheta_4930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-905i-smart-zond-termometr-s-bluetooth-upravlyaemyy-so-smartfona-plansheta-50-plus150-c_4937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hi151-00-checktemp-4-elektronnyy-termometr_5161.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/gm1312-dvuhkanalnyy-termometr-s-dvumya-datchikami-k-type_5826.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-922-differentsialnyy-2-kanalnyy-termometr_6424.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-634-s-dvumya-vneshnimi-datchikami_2993.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-212-s-dopolnitelnoy-zhk-panelyu-i-s-2-mya-vneshnimi-datchikami_2997.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-213-s-dopolnitelnoy-zhk-panelyu-i-s-2-mya-vneshnimi-datchikami_2998.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-518-s-vneshnimi-datchikami-i-upravleniem-signalizatsiey_3001.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-632-s-dvumya-vneshnimi-datchikami_3003.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-214-s-dopolnitelnoy-zhk-panelyu-i-s-2-mya-vneshnimi-datchikami_3015.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-732-s-dvumya-vneshnimi-datchikami_3018.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/xmte8434-kontroller-temperatury-s-podderzhkoy-pirometricheskih-datchikov_3558.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/sf479sw-kontroller-vlazhnosti-i-temperatury_3903.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/sf-201-kontroller-temperatury-s-vneshnim-datchikom_4076.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/xmte8931-kontroller-temperatury_5167.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/wt-2000-termometr-s-besprovodnym-datchikom-s-funktsiey-signalizatsii_5687.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/tm9002-kontroller-temperatury-i-vlazhnosti-dlya-teplits-i-inkubatorov_5820.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/tc-3028-kontroller-temperatury-i-vlazhnosti_5856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/rms-010-registrator-temperatury-s-printerom-(termograf)-dlya-hranilisch-refrizheratorov-i-holodilnyh-kamer-(gosreestr)_3662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/dr-200aplus-registrator-temperatury-so-vstroennym-printerom_3259.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/dr-200b-registrator-temperatury-so-vstroennym-printerom_3260.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/dr-210a-termograf-(registrator-temperatury)-dlya-refrizhiratorov-i-skladov_3661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/rc-12-avtomaticheskiy-registrator-temperatury-(ot-plus2-do-plus8-c)_3663.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/hairuis-r90ex-g-registrator-vlazhnosti-i-temperatury-s-gsm_3716.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/rc-12-avtomaticheskiy-registrator-temperatury-portativnyy-(ot-23-do-7-c)_3732.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/rc-12-avtomaticheskiy-registrator-temperatury-portativnyy-(ot-2-do-plus4-c)_3743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/hairuis-r90tt-g-registrator-temperatury-s-dvumya-vneshnimi-datchikami-s-gsm_3749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/hairuis-r90ex-w-registrator-vlazhnosti-i-temperatury-s-wifi_3750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/rc-55-registrator-temperatury_3800.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/dt-171-datalogger-registrator-temperatury_4355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/dt-191a-registrator-temperatury-i-vlazhnosti_4365.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/dt-172-registrator-temperatury-i-vlazhnosti_4366.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-184-t3-logger-dannyh-temperatury-35-plus70-c_4674.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/usb-interfeys-dlya-testo-174_4717.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-175-h1-2h-kanalnyy-logger-dannyh-temperatury-i-vlazhnosti_4789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-174-t-mini-logger-temperatury-_4822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-176-t2-2-h-kanalnyy-logger-dannyh-temperatury-s-razemami-dlya-vysokotochnogo-vneshnego-zonda-(pt100)_4864.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-174t-komplekt-loggera-dannyh-temperatury-s-usb-interfeysom_4865.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-174h-logger-dannyh-temperatury-vlazhnosti-_4866.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-174h-komplekt-loggera-dannyh-temperatury-vlazhnosti-s-usb-interfeysom_4867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-175-t1-logger-dannyh-temperatury-s-vnutrennim-sensorom-(ntc)_4868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-175-t2-2h-kanalnyy-logger-dannyh-temperatury-s-vnutrennim-sensorom-(ntc)-i-razemom-dlya-vneshn_4869.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-175-t3-2h-kanalnyy-logger-dannyh-temperatury-s-razemami-dlya-vneshnih-zondov-(t-p-tipov-t-i-k)_4870.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-176-t3-4-kanalnyy-logger-dannyh-temperatury-v-metallicheskom-korpuse_4889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-176-t4-4-h-kanalnyy-logger-dannyh-temperatury_4890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-176-h1-4-kanalnyy-logger-dannyh-temperatury-i-vlazhnosti_4891.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-176-h2-4-h-kanalnyy-logger-dannyh-temperatury-i-vlazhnosti-v-metallicheskom-korpuse_4892.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-184-t1-logger-dannyh-temperatury_4896.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-184-t2-logger-dannyh-temperatury_4897.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-184-t4-logger-dannyh-temperatury_4898.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-184-h1-logger-dannyh-temperatury-i-vlazhnosti_4899.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/mobilnyy-printer-dlya-loggerov-dannyh-testo-175-176-184_4901.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/amy02e-termoregistrator-s-vneshnim-pronikayuschim-datchikom-dlina-kabelya-2m_4958.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/az88081-logger-monitor-vlazhnosti-i-temperatury-vozduha_5965.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/registrator-temperatury-benetech-gm1366-(-30plus80s)_6188.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/teplovizory/mobilnyy-teplovizor-seek-thermal-compact-dlya-ios_4656.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/teplovizory/testo-865-teplovizor-160h120-sup-res-e-assist_4718.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/teplovizory/testo-868-teplovizor-160h120-s-besprovodnym-modulem_4947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tolschinomery/tolschinomery-pokrytiy/tolschinomer-pokrytiy-ar930_619.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tolschinomery/tolschinomery-pokrytiy/tolschinomer-ar931-s-vynosnym-datchikom-tolschiny-pokrytiy_620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tolschinomery/tolschinomery-pokrytiy/amf021-tolschinomer-pokrytiy_5166.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tolschinomery/tolschinomery-pokrytiy/uni-t-ut343d-izmeritel-tolschiny-pokrytiya_5881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tolschinomery/ultrazvukovye-tolschinomery/ultrazvukovoy-tolschinomer-ar860_621.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tolschinomery/ultrazvukovye-tolschinomery/amf018-tolschinomer-ultrazvukovoy_4066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/ulp2012-150gpd-membrana-dlya-filtra-obratnogo-osmosa_3880.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/ulp2012-100gpd-membrana-dlya-filtra-obratnogo-osmosa_3881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/ulp3012-400gpd-membrana-dlya-filtra-obratnogo-osmosa_3882.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/ptc-mbr-dw-smennyy-smolyanoy-kartridzh-dlya-sistemy-ultrachistoy-vody_5799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/pc-10pp-kartridzh-iz-kruchenogo-volokna-dlya-sistemy-ultrachistoy-vody_5933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/pc-10ag-c-kartridzh-granulirovannyy-ugol-dlya-sistemy-ultrachistoy-vody_5934.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/ro-100gpd-membrana-obratnogo-osmosa-100gpd-dlya-sistemy-ultrachistoy-vody_5935.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/ro-200gpd-membrana-obratnogo-osmosa-200gpd-dlya-sistemy-ultrachistoy-vody_5936.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/dw100-(basic-q15)-distillyator-obratnogo-osmosa-dlya-polucheniya-osobo-chistoy-vody_3226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds100-l-100l-chas_3928.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds10-s-1100l-chas_3929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds05-s-440-l-chas_3930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds30-s-3400l-chas_3931.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds50-l-50l-chas_3932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds300-l-300l-chas_3933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds50-s-5100l-chas_3934.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds200-l-200l-chas_3935.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds20-s-2000l-chas_3936.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds250-l-250l-chas_3937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds150-l-150l-chas_3938.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds04hi-s-dlya-goryachey-vody_6042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds45hi-s-dlya-goryachey-vody-5100-l-chas_6419.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds30hi-s-dlya-goryachey-vody-3300-l-chas_6420.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds10hi-s-dlya-goryachey-vody-1100-l-chas_6421.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds18hi-s-dlya-goryachey-vody-2000-l-chas_6422.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds24hi-s-dlya-goryachey-vody-2800-l-chas_6423.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/ptk08bu-zhestkost-ekspress-test-vody_3604.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3811-test-nabor-na-schelochnost_4136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3834-test-nabor-na-zhelezo_4127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3822-test-nabor-na-sulfit_4247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3810-test-nabor-na-rastvorennyy-kislorod_4248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3815-test-nabor-na-hlorid_4268.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3818-test-nabor-na-dvuokis-ugleroda_4276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3859-test-nabor-dlya-opredeleniya-glikolya_4284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3841-test-nabor-na-zhestkost_4287.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3817-test-nabor-dlya-opredeleniya-kachestva-vody_4295.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/1464-00-test-nabor-dlya-opredeleniya-zheleza-obschego-0-4-mg-l-shag-0-1-mg-l-100-testov_4605.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3812-test-nabor-na-zhestkost-0-30-300-mg-l-100-testov_4623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/927-99-ferrover-iron-reagent-dlya-opredeleniya-zheleza-100-testov_4639.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/1464-01-kolorimetricheskiy-nabor-na-zhelezo-obschee-0-25-7-mg-l-100-testov_5001.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/1837-00-test-nabor-dlya-opredeleniya-zhestkosti-rn-(6-6-8-4)-i-zheleza_5003.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/1837-01-ha-62a-test-nabor-dlya-opredeleniya-zhestkosti-zheleza-i-rn_5009.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/1037-69-indikatornyy-reagent-na-zhelezo-ii-0-3-0-100-testov_5011.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/24443-01-test-na-schelochnost-5-400-mg-l-100-testov_5079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/1454-01-test-na-obschuyu-zhestkost-20-400-mg-l-(0-4-8-mgekv-l)-100-testov_5083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/2249-02-test-nabor-na-fosfat-0-50-mg-l-n-v_5085.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3812-100-nabor-reaktivov-k-naboru-hi3812-(opredelenie-zhestkosti)_5158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/phwt-nabor-dlya-opredeleniya-ph-ostatochnogo-hlora_5840.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-fe2-test-nabor-na-zhelezo-(0-5-10-25-50-100-250-mg-l)-100-testov_6041.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-fe2-test-nabor-na-zhelezo-(0-0-3-0-5-1-3-5-mg-l)-100-testov_5574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-th-test-nabor-na-obschuyu-zhestkost-(0-1-2-5-10-20-mg-ekv-l)-50-testov_5575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-wq-test-nabor-kachestvo-vody-17-parametrov-50-testov-plus-bakteriologicheskiy-test-e-coli-v-podarok_5576.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-cl-test-poloski-dlya-vody-na-svobodnyy-hlor-(0-0-5-1-3-5-10-20mg-l)-50-testov_6106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-no2no3-test-nabor-na-nitraty-(0-500mg-l)-nitrity-(0-80mg-l)-50-testov_6108.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-th-test-poloski-dlya-vody-na-obschuyu-zhestkost-(0-0-5-1-2-5-8-5-mg-ekv-l)-100-testov_6109.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-pb-ekspress-test-na-svinets-30-testov_6111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-o3-ekspress-test-na-aktivnyy-kislorod-(ozon)-50-testov_6112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-oil-ekspress-test-kachestva-frityurnogo-masla-30-testov_6113.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/phwt5-nabor-dlya-opredelniya-kachestva-vody-5-parametrov_6244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-nh3n-test-nabor-na-ammiak-(0-0-5-1-3-5-10mg-l)-50-testov_6268.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-nh3n-test-nabor-na-ammiak-(0-10-50-100-200-500-mg-l)-50-testov_6269.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-f-test-nabor-na-ftoridy-(0-4-10-25-50-100-mg-l)-100-testov_6273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-t-test-poloski-dlya-vody-na-obschiy-hlor-(0-0-5-1-3-5-10-20mg-l)-50-testov_6274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-clo2-test-nabor-na-dioksid-hlora-(0-0-5-1-3-5-10-20-mg-l)-100-testov_6275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/khimicheskiy-analiz-pochvy/ekspress-analiz-plodorodiya-pochvy-(ph-kaliy-fosfor-azot)_5862.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/khimicheskiy-analiz-pochvy/eco-sph-test-poloski-na-ph-pochvy-50-testov_6107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tsifrovye-vesy-bezmeny/pst-02-vesy-tsifrovye-500-g-(0-1-g)_3251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tsifrovye-vesy-bezmeny/pst-03-vesy-tsifrovye-500-g-(0-01-g)_3252.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tsifrovye-vesy-bezmeny/pst-05-lozhka-vesy-300-g-(0-1-g)_3253.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tsifrovye-vesy-bezmeny/pst06-elektronnye-vesy-bezmen-do-40-kg_3914.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/ar814-izmeritel-urovnya-zvuka_547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/ar824-izmeritel-urovnya-zvuka_627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/ar834-s-usb-interfeysom_661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/ar854-s-usb-interfeysom-_664.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/ar844-s-usb-interfeysom_2803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/az8921-s-analogovym-i-rs232-vyhodami_2971.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/az8922-tsifrovoy-s-rs232-i-podsvetkoy_3189.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/amf004-byudzhetnaya-model_3752.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/testo-816-2-c-registratsiey-dannyh-(2-klass-tochnosti)_4679.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/testo-815_4829.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/st9604-tsifrovoy-izmeritel-urovnya-shuma-shumomer-detektor-shuma_5842.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kak-kalibrovat-i-ispolzovat.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/osnovnoe-rukovodstvo-po-ph-i-ec-i-kak-oni-vliyay.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/ph-98110-ph-metr-dlya-malyh-prob-i-polutverdyh-sred-krovi-slyuny-kozhi-testa-fruktov_3159.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/phmed-izmeritel-ph-polutverdyh-i-malyh-prob_4075.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/hi99163-portativnyy-rn-metr-dlya-myasa_4222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/hi981036-ph-tester-dlya-myasa_4686.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/ph-98108-rn-metr-s-pronikayuschim-datchikom-dlya-pochvy-syra-myasa-fruktov-ovoschey-i-drugih-produktov_5823.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/ph-98109-ph-metr-dlya-myasa-slyuny-krovi-kozhi-testa-fruktov_5920.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/ph-1031-ph-metr-dlya-bumagi-kozhi-kremov-fruktov-i-lyubyh-tverdyh-sred-s-prilozheniem-dlya-smartfona_5961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/az8695-ph-metr-s-ploskim-elektrodom-dlya-tverdyh-sred-i-malyh-prob_5962.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-polutverdyh-sred/az8694-ph-metr-s-pronikayuschim-elektrodom_5967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/rn-pochvy-chto-eto-znachit.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/zd05-ph-metr-dlya-izmereniya-ph-i-vlazhnosti-pochvy_330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/zd06-ph-metr-dlya-izmereniya-ph-i-vlazhnosti-pochvy-s-dlinnym-schupom_332.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ph300-elektronnyy-izmeritel-ph_660.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/hi99121-rn-metr-dlya-pochvy_4230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/hi981030-ph-tester_4685.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/jhl-9918-izmeritel-dlya-pochvy-5-v-1-ph-vlazhnost-osveschennost-temperatura-pochvy-i-vozduha_5652.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/pribor-kontrolya-parametrov-pochvy-4-v-1-luster-leaf-rapitest-1835-1836_5793.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ph-metr-tsifrovoy-dlya-pochvy-luster-leaf-rapitest-1845_5794.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ph-400-pribor-kontrolya-parametrov-pochvy-4-v-1_5841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ph-180-analizator-pochvy-3-v-1-(ph-vlazhnost-osveschennost)_5849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/smartsensor-ph-328-izmeritel-elektronnyy-ph-vlazhnosti-temperatury-pochvy_5865.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ly-101-kompaktnyy-izmeritel-ph-pochvy_5883.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/pribor-kontrolya-parametrov-pochvy-4-v-1-luster-leaf-rapitest-1880_5885.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ph-metr-dlya-pochvy-s-vneshnim-datchikom-luster-leaf-rapitest-1840_5886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/ph-1033-ph-metr-s-pronikayuschim-datchikom-dlya-pochvy-s-peredachey-dannyh-na-smartfon_6360.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/dlya-pochvy/pribor-kontrolya-parametrov-pochvy-4-v-1-luster-leaf-rapitest-1885_6459.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/e500-psh-promyshlennyy-ph-ovp-metr-s-vyborom-datchika-(rele-4-20ma-220v)_5586.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-metr-create-ph-662-monitor-kontroler_536.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-ph-3520-promyshlennyy-ph-ovp-metr-dlya-stochnyh-vod-s-vyborom-datchika-(1-rele-transmitter-4-20ma-220v)_2870.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/vlagozaschischennyy-promyshlennyy-tsifrovoy-rn-kontroller-vysokoy-tochnosti-rn-201w_556.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-metr-ph-221-monitor-kontroller-ph-i-temperatury_2863.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-7500-create-ph-ovp-metr-monitor-kontroller_3243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-pop-8300a-sistema-monitoringa-i-kontrolya-svobodnogo-hlora-ph-i-temperatury-vody_3552.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-pht5431-ph-monitor-transmitter_3737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/hm-digital-pph-1000-kontroller-urovnya-ph-s-tokovym-vyhodom_3748.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-2623-mnogofunktsionalnyy-monitor-kontroller-ph-ovp-temperatury_3769.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-ph-8500a-promyshlennyy-ph-kontroller-s-vyborom-elektroda_3942.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-ph-5520-promyshlennyy-ph-ovp-metr-s-vyborom-datchika-(vyhod-4-20ma-pitanie-220v)_3959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-phd-2000-tsifrovoy-datchik-ph-s-vyhodom-rs485-ili-4-20ma_3960.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/mps-1400-tsifrovoy-mnogoparametricheskiy-analizator-kachestva-vody-(10-v-1)-s-vyhodom-rs-485_4313.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/mfc-1202-multiparametricheskiy-kontroller-parametrov-vody_4665.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-phd-6110-h-tsifrovoy-datchik-ph-orp-rs-485-modbus_5619.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-8930-vzryvozaschischennyy-ph-ovp-metr_5659.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-8920-promyshlennyy-ph-ovp-kontroller_5666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-mfc-8800-mnogokanalnyy-kontroller-s-tehnologiey-iot_5670.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/e100-psh-promyshlennyy-ph-ovp-metr-s-vyborom-datchika-(3-rele-rs-485-4-20ma-220v)_5678.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-803w-ph-ovp-kontroller-s-rele-(rozetka)-i-wifi-prilozhenie-dlya-smartfona_5824.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/e500-psh-24-promyshlennyy-ph-ovp-metr-s-vyborom-datchika-(4-20ma-pitanie-24v)_5937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-w300-kontroller-logger-ph-tds-temp-c-wifi-tuya-s-2-rozetkami_5957.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/edpsh-300-tsifrovoy-ph-datchik-(0-14ph-0-65c-12-24v-rs-485-modbus-1-2npt-kabel-5m)_6044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/edpsh-400a-tsifrovoy-datchik-ph-(0-14ph-0-01ph-12-24v-rs485-modbus-rtu-4-20ma-3-4npt-kabel-5m)_6054.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/edpsh-400n-tsifrovoy-datchik-ph-(0-14ph-0-01ph-0-65c-12-24v-4-20ma-rs485-316l-kabel-10m)_6067.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/kontroller-ph-ovp-(0-14ph-2000mv-2-vyhoda-4-20ma-rs485-pitanie-100-240v-50gts)_6076.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-9000-promyshlennyy-kontroller-ph-ovp-(0-do-14ph;-1900mv;-40plus130s-4-20ma-220v-50gts)_6086.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/create-ph-3500-promyshlennyy-ph-ovp-metr-s-vyborom-datchika-(4-20ma-transmitter-pitanie-24v)_5572.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph-9900-promyshlennyy-kontroller-ph-ovp-(-2-do-16ph;-1999mv;-40plus130s-4-20ma-220v-50gts)_6091.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/edpsh-500-tsifrovoy-ph-datchik-(0-14ph-0-65s-2bar-npt3-4-4-20ma-ip68-kabel-5m)_6145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/dph790-tsifrovoy-datchik-ph-(0-14ph-0-50c-atc-4bar-rs485-kabel-5m)_6179.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/kontroller-logger-ph-ovp-(0-14ph-2000mv-4-20ma-rs485-pitanie-100-240v-50gts)_6199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/dvuhkanalnyy-kontroller-logger-ph-ovp-(0-14ph-2000mv-4-20ma-rs485-pitanie-100-240v-50gts)_6200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/mps-400-tsifrovoy-mnogoparametrovyy-datchik-ph-uep-do-tur-temp_6206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/ph3000e-a01-promyshlennyy-ph-ovp-kontroller-(rele-vyhody-rs-485-i-4-20ma-pitanie-220v)_6451.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/kane-k6901s-promyshlennyy-ph-ovp-kontroller-(rele-vyhod-4-20ma-pitanie-220v)_6483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/kontrollery/kane-k6901-promyshlennyy-ph-ovp-kontroller-(-2-do-16ph;-1999mv;-40plus130s-4-20ma-rs485-220v-50gts)_6484.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/phs-3d-professionalnyy-laboratornyy-ph-ovp-metr-s-magnitnoy-meshalkoy_255.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/amt10-professionalnyy-ph-ovp-metr-s-magnitnoy-meshalkoy_3612.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ohaus-st2100-e-laboratornyy-ph-ovp-metr-s-elektrodom-i-derzhatelem-(gosreestr)_3833.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ohaus-st2100-f-laboratornyy-ph-ovp-metr-s-elektrodom-(gosreestr)_3834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ohaus-st2100-b-laboratornyy-ph-ovp-metr-s-vyborom-elektroda-(gosreestr)_3835.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ohaus-st3100-f-laboratornyy-ph-ovp-metr-s-elektrodom-i-derzhatelem-(gosreestr)_3839.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ohaus-st3100-b-laboratornyy-ph-ovp-metr-s-vyborom-elektroda-(gosreestr)-_3842.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/hi2211-02-mikroprotsessornyy-rn-s-metr_4138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/hi2020-02-edge-universalnyy-pribor-v-komplekte-s-datchikom-hi11310-dlya-izmereniya-rn_4227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/hi2040-02-edge-universalnyy-pribor-v-komplekte-s-datchikom-dlya-izmereniya-rastvorennogo-kisloroda_4240.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/hi2210-02-mikroprotsessornyy-rn-s-metr_4264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/hi2002-02-ph-metr-serii-edge-s-datchikom-hi11310_4273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/1aa112-inolab-ph-7110-rn-metr-c-datchikom-ph-sentix-41_4642.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/1aa114-inolab-ph-7110-rn-metr-c-sentix-81_5056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/1aa312-inolab-ph-7310-rn-metr-c-sentix-41_5057.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ph-98-laboratornyy-ph-ovp-metr-s-datchikom-temperatury_5685.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/phs-3c-professionalnyy-laboratornyy-ph-metr-s-derzhatelem-elektrodov_5691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/az-86505-laboratornyy-ph-ovp-ec-tds-metr-s-derzhatelem-elektrodov_5854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/st5000-f-izmeritel-ph-ovp-starter-5000-s-elektrodom-st350_5894.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ab33ph-f-laboratornyy-ph-metr-s-derzhatelem-elektrodov_6038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/ab33m1-f-laboratornyy-mnogoparametricheskiy-izmeritel-ph-ovp-uep-tds-r-salt-temp_6068.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/laboratornye/mnogoparametricheskiy-izmeritel-inolab(R)-multi-9620-ids-s-datchikami_6441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ph-metr-ph-013-vysokotochnyy-laboratornyy-pribor-dlya-izmereniya-ph-redox-potentsiala-i-temperatury_125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/multimonitor-pht-026-ph-metr-konduktometr-solemer-termometr_245.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/multimonitor-pht-027-ph-metr-konduktometr-solemer-ovp-metr-termometr_244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ph-025w-vodonepronitsaemyy-akvariumnyy-ph-metr-na-prisoske_3238.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/monitor-kachestva-vody-pht-028-ph-metr-konduktometr-solemer-ovp-metr-termometr_543.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/vlagozaschischennyy-ph-monitor-ph-025n_552.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ph-2613-pretsizionnyy-monitor-ph-ovp-elektroprovodnosti-i-temperatury_3713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/hm-100-ph-ec-temp-monitor-kontroller_3811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/sa-2587-monitor-ph-i-solenosti_5817.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ph-260bd-ph-ec-tds-temp-monitor-s-bluetooth-i-prilozheniem-dlya-android-os_5818.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ph-w200-multimonitor-ph-orp-ec-tds-salt-temp-c-prilozheniem-dlya-smartfona_5959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ph-w900-multimonitor-ph-ec-tds-salt-temp-s-prilozheniem-dlya-smartfona_5960.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/monitory/ex-w-universalnyy-vtorichnyy-preobrazovatel-rs-485-4-20ma_6129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-professionalnyy-ph-200-v-vodozaschischennom-ispolnenii_141.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-ph-009(i)-byudzhetnyy-pribor-dlya-izmereniya-ph-vody-s-kalibrovochnymi-poroshkami-v-komplekte_131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-ph-009(iii)-pribor-dlya-izmereniya-ph-i-temperatury-vody-s-kalibrovochnymi-rastvorami_122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-099-portativnyy-multimonitor-rn-ovp-i-temperatury_2806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/komplekt-byudzhetnyy-pribor-dlya-izmereniya-ph-vody-s-kalibrovochnym-rastvorom-ph6-86_2809.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/nabor-dlya-gidroponiki-ph-metr-i-solemer-s-gotovymi-kalibrovochnymi-rastvorami_2811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/nabor-professionalnyh-priborov-dlya-izmereniya-ph-ovp-tds-zhidkih-sred_2812.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/nabor-professionalnyh-priborov-dlya-izmereniya-ph-ovp-i-temperatury-zhidkih-sred_2813.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/nabor-professionalnyh-priborov-dlya-izmereniya-ph-tds-es-i-temperatury-vody_2814.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-ph-061-udobnyy-pribor-dlya-izmereniya-ph-vody-_2835.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-ph-98102-so-smennym-elektrodom-dlya-izmereniya-ph-zhidkostey-v-probirkah-i-t-p-_2862.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/idealnyy-ph-metr-ph-80-dlya-izmereniya-ph-i-temperatury_2867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/php59-test-poloski-100sht-ph-ot-4-5-do-9_3219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/php014-test-poloski-100sht-ph-ot-0-do-14_3220.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/amt03r-pribor-dlya-izmereniya-ph-ovp-ec-tds-salt-temp-kachestva-vody_3608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-rn-061-s-kalibrovochnym-rastvorom-ph6-86_3640.html" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph98105-ph-metr-s-pogruzhnym-elektrodom_3657.html" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/st10-karmannyy-ph-metr-0-1ph-30137461-(gosreestr)_3688.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/st20-karmannyy-ph-metr-0-01ph-30137462-(gosreestr)_3689.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-037-ph-metr-v-vodonepronitsaemom-korpuse_3766.html" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hm-digital-hm-500-multimonitor-hydromaster-ph-ec-tds-temp-s-sensornym-ekranom_3774.html" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ohaus-st300-b-portativnyy-ph-ovp-metr-s-vyborom-elektroda-(gosreestr)_3840.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ohaus-st300-portativnyy-ph-ovp-metr-s-elektrodom-(gosreestr)_3845.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hm-digital-hm-200-multimonitor-ph-ec-tds-temp_4067.html" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/com-300-multimonitor-ph-ec-tds-s_4090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98128-phep-5-vlagozaschischennyy-rn-metr-s-termometrom_4128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi83141-rn-mv-s-metr-portativnyy_4129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98130-combo-karmannyy-mnogoparametrovyy-analizator-rn-es-tds-s_4130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98108-phep-plus-karmannyy-rn-metr_4124.html" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98129-combo-karmannyy-mnogoparametrovyy-analizator-rn-es-tds-s_4131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98103-checker-1-rn-metr-karmannyy_4126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98127-phep-4-vlagozaschischennyy-rn-metr-s-termometrom_4133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi9124-portativnyy-vlagozaschischennyy-rn-metr-s-vneshnim-datchikom-temperatury_4225.html" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98113-piccolo-plus-rn-s-metr_4228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi9125-vlagozaschischennyy-rn-ovp-metr_4231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98121-karmannyy-izmeritel-rn-ovp_4233.html" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/2ea312-ph-cond-3320-v-keyse-s-datchikami-sentix-41-i-tetracon-325_4249.html" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/2fd56c-multi-3620-set-c-s-dvumya-datchikami-(ph-i-ec)_4257.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi99161-portativnyy-rn-metr-dlya-moloka-i-molochnyh-produktov_4270.html" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98111-piccolo-rn-metr-s-elektrodom-90-mm_4275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi991300-portativnyy-vlagozaschischennyy-rn-es-tds-metr_4279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98112-piccolo-2-rn-metr_4280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi991001-vlagozaschischennyy-ph-metr-s-termometrom_4288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi991301-portativnyy-vlagozaschischennyy-rn-es-tds-metr_4289.html" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/2fd56g-multi-3620-set-g-s-tremya-datchikami-(ph-ec-do)_4301.html" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98196-portativnyy-multiparametrovyy-izmeritel-rn-ovp-kisloroda_4633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/amt28-analizator-ph-zhidkosti-karmannyy_4635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98100-checker-plus-rn-metr-karmannyy_4637.html" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi99151-portativnyy-rn-metr-dlya-piva_4643.html" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/karmannyy-ph-metr-testo-206-ph1-s-chehlom-topsafe_4669.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/testo-205-portativnyy-ph-metr-s-elektrodom-ustoychivym-k-zagryazneniyam_4833.html" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-testo-205-s-elektrodom-ustoychivym-k-zagryazneniyam-v-komplekte-s-keysom-i-bufernymi-rastvorami_4835.html" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-testo-206-ph1-v-komplekte-s-keysom-i-bufernymi-rastvorami_4837.html" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-testo-206-ph2-s-elektrodom-dlya-izmereniya-v-polutverdyh-sredah_4838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-testo-206-ph2-s-elektrodom-dlya-izmereniya-v-polutverdyh-sredah-v-komplekte-s-keysom-i-bufernymi-rastvorami_4839.html" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/kl-3569-izmeritel-ph-ovp-temperatury_5031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/tds-3596-izmeritel-ph-tds-temperatury_5032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-035z2-ph-metr-s-raspoznavaniem-kalibrovochnogo-rastvora_5090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/com-360-multimonitor-ph-ec-tds-temp-metr-s-dvumya-elektrodami_5096.html" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-3508-analizator-ph-tds-ec-temp_5104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hm-digital-hpk-1-professionalnyy-nabor-dlya-ph-metrii-i-solesoderzhaniya_5164.html" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-orp-600a-portativnyy-izmeritel-ph-ovp-i-temperatury_5646.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-2pro-portativnyy-ph-metr-termometr-s-lakmus-tsvetovoy-indikatsiey-ekrana-i-kalibrovochnymi-poroshkami_5647.html" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-orp-h2-yy400n-portativnyy-izmeritel-ph-ovp-ionov-vodoroda-h2-i-temperatury_5648.html" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/multi-c600-mnogoparametrovyy-izmeritel-7-v-1-ph-ovp-ec-tds-sg-sal-temp_5649.html" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ez-9908-portativnyy-izmeritel-ph-ec-tds-i-temperatury-vody_5650.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-05-portativnyy-izmeritel-ph-i-temperatury_5651.html" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-160-tsifrovoy-ph-metr-s-kalibrovochnymi-poroshkami_5653.html" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/indikatornaya-bumaga-dlya-opredeleniya-ph-(diapazon-1-14-shag-1ph)-v-katushke_5684.html" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/dfp-014-vysokotochnye-test-poloski-dlya-opredeleniya-ph-(0-14-shag-0-5ph)-100-sht_5688.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/az8692-ph-metr-s-udlinennym-elektrodom_5689.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi991003-portativnyy-rn-orp-mv-c-metr_5697.html" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi99171-portativnyy-rn-metr-v-komplekte-s-ploskim-elektrodom-h14143_5698.html" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi981033-ph-tester-dlya-vina_5710.html" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi981034-ph-tester-dlya-moloka_5711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/2aa112-rn-3110-set-2-rn-metr-portativnyy-v-keyse-c-elektrodom-sentix-41_5247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98131-groline-karmannyy-mnogoparametrovyy-analizator-rn-es-tds-temp-dlya-agronomov_5714.html" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/2aa312-ph-3310-set-2-rn-metr-v-keyse-s-elektrodom-sentix-41-i-aksessuarami_5248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/hi98195-portativnyy-multiparametrovyy-izmeritel-rn-ovp-provodimosti_5715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/bluelab-combo-meter-plus_5825.html" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/smartsensor-ph-818m-ph-metr-dlya-myasa-ovoschey-fruktov_5843.html" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-98107-rn-metr-dlya-vysokotochnyh-izmereniy_5845.html" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-98106-rn-metr-dlya-zhidkostey_5846.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-metr-dlya-vody-tsifrovoy-smart-sensor-ph818-ph-tester_5851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/smarttest-izmeritel-6-v-1-(khlor-ph-tds-ec-orp-temp)-s-bluetooth-i-prilozheniem-dlya-smartfona_5858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ph-1030-ph-metr-s-pronikayuschim-datchikom-dlya-myasa-syra-testa-krema-i-lyubyh-polutverdyh-sred_5955.html" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/az8685-vysokotochnyy-ph-metr-dlya-distillirovannoy-vody_5963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/az86031-perenosnoy-izmeritel-ph-ec-tds-do-temp-v-keyse_5964.html" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ar-8401-analizator-ph-ovp-i-temperatury_6158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ae-86061-analizator-ph-kisloroda-nitritov-ammiachnogo-azota-v-vode_6159.html" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/ar-8407-analizator-ph-kisloroda-nitritov-ammiachnogo-azota-v-vode_6160.html" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ph-metry/portativnye/az8601-perenosnoy-ph-ovp-metr-s-kalibrovochnymi-rastvorami-v-keyse_6357.html" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/208432-oxitop-box-inkubator-dlya-opredeleniya-bpk_4252.html" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/209140-nhp-600-gidroksid-natriya-dlya-opredeleniya-bpk-2-butylki-po-50-g-n-z_5228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/hi839800-02-termoblok-dlya-provedeniya-khpk_5706.html" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/209100-pf-600-butyl-yantarnogo-stekla-dlya-oxitop-510-ml-komplekt-3sht_5240.html" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/208260-oxitop-i-is-6-analizator-bpk-na-6-butyley_5245.html" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/edkhpk-300n-tsifrovoy-datchik-khpk-i-mutnosti-(0-200-mg-l-0-100ntu-rs485-modbus-rtu-316l-kabel-10m)_6066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/analizatory-bpk-i-khpk/edbpk-400n-datchik-bpk-(0-300mg-l-0-1mg-l-rs485-kabel-5m)_6452.html" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/ar816-portativnyy_574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/ar826-portativnyy-s-vynosnym-datchikom_575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/ar856-professionalnyy-s-usb-interfeysom_2804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/digital-amf006-kompaktnyy-dlya-ventilyatsii-ohoty-rybalki_3712.html" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/digital-amf001-portativnyy-dlya-izmereniya-skorosti-i-temperatury-vetra_3714.html" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/amf002-tsifrovoy-s-vynosnym-datchikom_3738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/amf028-professionalnyy-s-usb_3775.html" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-405-karmannyy-s-teleskopicheskim-datchikom-_4670.html" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-410-1-tsifrovoy-anemometr-s-krylchatkoy_4680.html" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-410-2-karmannyy-s-krylchatkoy-i-sensorom-vlazhnosti_4912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-416-kompaktnyy-s-krylchatko_4913.html" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-417-so-vstroennoy-krylchatkoy-bolshogo-diametra_4915.html" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-417-2-s-vynosnoy-krylchatkoy-bolshogo-diametra_4916.html" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-425-kompaktnyy_4917.html" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-405i-smart-zond-s-bluetooth-upravlyaemyy-so-smartfona-plansheta-20-plus60-c-0-30m-sek_4931.html" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/testo-410i-s-krylchatkoy-s-bluetooth-upravlyaemyy-so-smartfona-plansheta_4932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/komplekt-smart-zondov-dlya-sistem-ventilyatsii-polnyy-komplekt-smart-zondov-dlya-sistem-ovkv_4939.html" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/gm816-portativnyy-anemometr_5837.html" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/anemometry/tsifrovoy-anemometr-mastech-ms6252b-c-usb_5976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vesy/hs-a09l-vesy-50kg-c-ruletkoy-1m_5874.html" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vibrometry/vibrometr-ar63b-s-provodnym-datchikom-vibratsii_613.html" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vibrometry/gm63b-vibrometr-s-provodnym-datchikom-vibratsii_3823.html" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bt-6-2m-zond-dlya-boroskopa-2-m-_4360.html" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bs-050-videoskop-boroskop_4385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bs-100-videoskop-boroskop_4386.html" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bs-150-videoskop-boroskop_4387.html" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bs-280-videoskop_4388.html" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bt-4-5-1m-zond-dlya-boroskopa-1-m-_4389.html" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bt-4-5-3m-zond-dlya-boroskopa-3-m-_4390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bt-6-1m-zond-dlya-boroskopa-1-m-_4391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/bt-6-3m-zond-dlya-boroskopa-3-m-_4392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/videoskopy-tehnicheskie-videoendoskopy-boroskopy/komplektuyuschie/yc-17-1m-udlinitel-zonda-boroskopa_4565.html" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/vlagomery-dlya-poroshkoobraznyh-materialov/tk100gf-professionalnyy-tsifrovoy-izmeritel-vlazhnosti-dlya-zernovoy-muki_5636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/vlagomery-dlya-poroshkoobraznyh-materialov/dm-400-vysokochastotnyy-vlagomer-dlya-poroshkoobraznyh-produktov-s-vynosnym-datchikom_5868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/vlagomery-dlya-poroshkoobraznyh-materialov/ms-f-vlagomer-dlya-vspenennyh-materialov-penoplasta-porolona-i-t-p-_5871.html" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/vlagomery-dlya-poroshkoobraznyh-materialov/dm-300-vysokochastotnyy-vlagomer-dlya-poroshkoobraznyh-produktov_5872.html" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/vlagomery-dlya-pochvy/pms-710-vlagomer-dlya-pochvy-s-vynosnym-datchikom_5869.html" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/vlagomery-dlya-pochvy/izmeritel-vlazhnosti-i-osveschennosti-pochvy-s-vneshnim-datchikom-luster-leaf-rapitest-1830_5884.html" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/ar847-tsifrovoy-termometr-vlagomer_624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/az8723-psihrometr_2822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/kontroller-sf462-s-emkostnym-datchikom_3026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/kontroller-sf463-s-emkostnym-datchikom_3027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/kontroller-sf465-vlazhnosti-s-emkostnym-datchikom_3028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/dt-83-mini-termometr-s-funktsiey-vlagomera_4449.html" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-610_4807.html" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-645-promyshlennyy_4846.html" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-623-s-istoricheskoy-funktsiey_4879.html" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-625-dlya-polevyh-usloviy_4900.html" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-608-h2-s-funktsiey-signalizatsii_4902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-622-s-funktsiey-otobrazheniya-davleniya_4906.html" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-635-1_4909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-635-2-_4910.html" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/testo-605i-smart-zond-s-bluetooth-upravlyaemyy-so-smartfona-plansheta-20-plus60-c-0-100-rh_4935.html" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/ht9100-izmeritel-vlazhnosti-i-temperatury-mehanicheskiy-nastennyy_5643.html" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/gigrometry/th-103a-gigrometr-mehanicheskiy_5876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-betona/dt-125g-vlagomer-s-4-datchikami-dlya-dereva-kartona-tsementa-betona_4406.html" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-betona/dt-128m-izmeritel-vlazhnosti-betona-gipsa_4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-betona/md917-izmeritel-vlazhnosti-dlya-betona_5822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-betona/ms-380q-kontaktnyy-vlagomer-betona_6017.html" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/md816_636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/universalnyy-izmeritel-vlazhnosti-igolchatyy-md914_641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/md918-beskontaktnyy-izmeritel-vlazhnosti-drevesiny_656.html" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/izmeritel-vlazhnosti-drevesiny-igolchatyy-md818_2967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/ar971_2877.html" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/tk100w-izmeritel-vlazhnosti-dlya-opilok_3894.html" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/dt-120-izmeritel-vlazhnosti-drevesiny_4405.html" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/testo-606-1-kontaktnyy-gigrometr-dlya-drevesiny-i-stroymaterialov-(0-50-)-igolchatye-elektrody_4903.html" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/testo-606-2-kontaktnyy-gigrometr-dlya-drevesiny-i-stroitelnyh-materialov-(0-50-)-plus-temperatura-vlazhnost-vozduha_4904.html" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/testo-616-kontaktnyy-gigrometr-materialov-(izmerenie-provodimosti-materialov)-10-harakteristik-provodimosti_4905.html" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-drevesiny-opilok/ms-w-izmeritel-vlazhnosti-opilok_6022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/mc2000-analizator-vlazhnosti-zernovyh-kultur_3828.html" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/tk100c-izmeritel-vlazhnosti-dlya-hlopka-i-mineralnoy-vaty_3893.html" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/tk100t-izmeritel-vlazhnosti-dlya-tabaka_3897.html" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/tk25g-vlagomer-dlya-25-vidov-zernovyh_3899.html" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/tk100h-vlagomer-dlya-sena_3969.html" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/amt-155-(gm006)-vlagomer-zernovyh-kultur_4112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/amt65c-vlagomer-zernovyh_5021.html" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/amt55c-vlagomer-zernovyh_5639.html" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/lds-1g-vlagomer-zerna_5901.html" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-zerna-sena-hlopka-tabaka/tk100s-izmeritel-vlazhnosti-zernovyh-kultur_5573.html" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-dlya-kozhi/fcm-2-izmeritel-vlazhnosti-kozhi_3649.html" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/amf038-universalnyy-vlagomer-s-vynosnym-schupom_3754.html" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/tk100-izmeritel-shirokogo-naznacheniya_3760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/kms-680-universalnyy-nastraivaemyy-vlagomer-s-vneshnim-datchikom_5870.html" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/ms-310s-universalnyy-induktivnyy-vlagomer_5873.html" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/mastech-ms6900-vlagomer-stroitelnyh-materialov_5974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/ms-300-universalnyy-induktivnyy-vlagomer_6024.html" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/ms-110-galogenovyy-vlagomer-dlya-sypuchih-produktov_6025.html" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/wa-60a-analizator-aktivnosti-vody_6231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/ms-110-galogenovyy-vlagomer-dlya-sypuchih-produktov-s-printerom_6379.html" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/izmeriteli-universalnye/ms-105-galogenovyy-vlagomer-dlya-sypuchih-produktov-(razreshenie-0-005g-maks-110g)_6380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vlagomery/kontrolery-vlazhnosti/msm-200-konveyernyy-vlagomer_6133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/tp-5-avtomobilnyy-tsifrovoy-manometr_4564.html" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/laboratornaya-posuda/mernyy-tsilindr-himicheski-stoykiy-500ml-shag-shkaly-5ml_5887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/laboratornaya-posuda/mernyy-tsilindr-himicheski-stoykiy-1000ml-shag-shkaly-10ml_5889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/elektrolizery/predohranitel-dlya-elektrolizera-fs1_3006.html" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/elektrolizery/predohranitel-dlya-elektrolizera-fs3_3007.html" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/elektrolizery/predohranitel-dlya-elektrolizera-fs5_3008.html" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/vspomogatelnoe-oborudovanie/elektrolizery/komplekt-smennyh-elektrodov-dlya-elektrolizera-pr2_3009.html" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-azota/gid400-n2-analizator-azota_4116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/oksimetr-amt08-dlya-opredeleniya-rastvorennogo-kisloroda_3211.html" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/dct-8600-kontroller-rastvorennogo-kisloroda-_3242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/ohaus-st300d-portativnyy-oksimetr-s-temperaturnym-elektrodom-(gosreestr)_3836.html" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/rastvor-dlya-zapolneniya-membrany-oksimetrov_3906.html" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/dod-2000-tsifrovoy-opticheskiy-datchik-rastvorennogo-kisloroda-s-vyhodom-rs485-ili-4-20ma_3945.html" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi9142-portativnyy-vlagozaschischennyy-oksimetr_4223.html" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi9147-04-portativnyy-oksimetr_4229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi9146-04-portativnyy-mikroprotsessornyy-oksimetr_4234.html" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi2004-02-edge-tsifrovoy-oksimetr_4256.html" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/poz-8300-sistema-monitoringa-i-kontrolya-ph-i-ozona-v-vode_4311.html" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi98194-portativnyy-multiparametrovyy-rn-ovp-konduktometr-oksimetr_4632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/2fd350-portativnyy-pribor-multi-3510-s-datchikom-rastvorennogo-kisloroda-fdo-925-kabel-6-m-i-zaschitnaya-nasadka_5042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/dof-6121-opticheskiy-datchik-rastvorennogo-kisloroda-s-vyhodom-rs-485_5091.html" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/do-9100-portativnyy-izmeritel-rastvorennogo-kisloroda-s-bluetooth_5642.html" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/dop-6121-izmeritel-rastvorennogo-kisloroda-s-tehnologiey-iot_5658.html" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/dof-6141-opticheskiy-datchik-rastvorennogo-kisloroda-pogruzhnogo-tipa_5671.html" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/201425-stirrox-g-datchik-rastvorennogo-kisloroda_5237.html" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi98193-portativnyy-oksimetr-s-funktsiey-opredeleniya-bpk_5717.html" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/hi98198-portativnyy-oksimetr_5718.html" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/az8403-oksimetr-s-kompensatsiey-peredachey-dannyh-funktsiey-pamyati-keys_5966.html" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/dof-6310-oksimetr-opticheskiy-(0-20mg-l-0-200-0-60s-0-3mpa-rs-485-kabel-10m)_5987.html" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/edrk-400n-opticheskiy-datchik-rastvorennogo-kisloroda-(0-20mg-l-rs485-modbus-rtu-kabel-10m-nerzh)_6043.html" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/do-550-opticheskiy-analizator-rastvorennogo-kisloroda-c-datchikom_6120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/do-8910-kontroller-kisloroda-s-datchikom-(0-20mg-l-4-20ma-rs-485-220v-kabel-10m)_6135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/edrk500-opticheskiy-tsifrovoy-datchik-kisloroda-(0-20mg-l-0-200-0-50s-rs485-kabel-5m)_6152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/edrk-300-opticheskiy-datchik-rastvorennogo-kisloroda-(0-20mg-l-rs485-kabel-5m-pom)_6239.html" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/do-100-analizator-ph-ec-tds-do-s-kalibrovochnymi-rastvorami_6241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/smartsensor-ar8210-oksimetr-s-vynosnym-datchikom_6242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/smartsensor-ae6609-opticheskiy-oksimetr-s-vynosnym-datchikom_6243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/ado2-c3-ha-kontroller-logger-dlya-datchikov-kisloroda_6455.html" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-kisloroda-oksimetry/az86023-opticheskiy-oksimetr-s-vynosnym-datchikom_6474.html" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ozona/oz-8001-kontroller-ozona-s-datchikom-i-ustroystvom-potoka_6292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-rastvorennogo-vodoroda/enh-1000-analizator-rastvorennogo-vodoroda_3944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-rastvorennogo-vodoroda/enh-2000-analizator-rastvorennogo-vodoroda_4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-rastvorennogo-vodoroda/enh-100-izmeritel-rastvorennogo-vodoroda-i-temperatury-zhidkosti_5033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-rastvorennogo-vodoroda/h2-yy400h-portativnyy-izmeritel-ionov-vodoroda-h2-i-temperatury_5896.html" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/amf061-analizator-kachestva-vozduha-na-nalichie-formaldegida_3813.html" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/gd-3000-detektor-utechki-goryuchih-gazov_4547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/komplekt-testo-320-s-h2-kompensatsiey-plussmart-zond-510i_4692.html" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/testo-310-analizator-dymovyh-gazov-v-komplekte-s-nesemnym-zondom-otbora-proby-l-=-180-mm_4702.html" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/testo-310-komplekte-c-ik-printerom-s-nesemnym-zondom-otbora-proby-l-=-180-mm-ik-printerom-v-keyse_4703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/testo-316-ekh-detektor-utechek-gazov-vo-vzryvozaschischennom-ispolnenii_4708.html" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/smart-keys-otoplenie_4942.html" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/analizator-kachestva-vozduha-5-parametrov-co-co2-hcho-tvoc-aqi_5831.html" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-ugarnogo-gaza-co-i-opasnyh-gazov/as8700a-izmeritel-ugarnogo-gaza_5880.html" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7798-nastolnyy-analizator-datalogger-co2-vlazhnosti-i-temperatury-vozduha_2829.html" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7755-analizator-co2-vlazhnosti-tochki-rosy-s-usb_2828.html" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az77535-vysokotochnyy-analizator-co2-vlazhnosti-tochki-rosy-s-usb_2827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az77532-analizator-povyshennoy-tochnosti-co2-i-temperatury-vozduha-s-usb_2826.html" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az77232-vysokotochnyy-analizator-co2-vlazhnosti-i-temperatury-vozduha-s-usb_2818.html" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7788-nastolnyy-analizator-co2-vlazhnosti-i-temperatury-vozduha_2819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7787-nastolnyy-analizator-co2-vlazhnosti-i-temperatury_2820.html" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7752-analizator-co2-i-temperatury-vozduha-s-usb_2821.html" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7721-analizator-co2-i-temperatury-vozduha-s-usb_2816.html" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/az7722-analizator-co2-vlazhnosti-i-temperatury-vozduha-s-usb_2817.html" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/analizator-so2-so-vlazhnosti-i-temperatury-az77597_3122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/amf062-analizator-kachestva-vozduha-co2_3755.html" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/amtast-amt400-co2-analizator-uglekislogo-gaza-(0-2000mg-l)_4115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/testo-340-gazoanalizator-v-komplekte-s-akkumulyatorami-protokolami-kalibrovki-i-remnem-dlya-perenoski_4690.html" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/testo-315-3-analizator-co-co2-v-okruzhayuschey-srede-bez-bluetooth_4704.html" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/analizator-registrator-co2-temp-rh_5105.html" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/analizator-kachestva-vozduha-8-parametrov-pm1-pm2-5-pm10-co2-tvoc-hcho-rh-temp_5829.html" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/analizator-kachestva-vozduha-5-parametrov-co2-hcho-tvoc-rh-temp-c-bluetooth-i-prilozheniem-dlya-android_5830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/monitor-kachestva-vozduha-pm2-5-co2-ch2o-tvoc-rh-temp-s-wifi-tuya_5978.html" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-uglekislogo-gaza-co2/analizator-kachestva-vozduha-5-parametrov-co2-hcho-tvoc-rh-temp_5979.html" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/amt25f-analizator-svobodnogo-hlora-v-vode_3757.html" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/dpd-1-reagent-dlya-hlorimetra-dlya-opredeleniya-svobodnogo-hlora_4118.html" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/dpd-4-reagent-dlya-hlorimetra-dlya-opredeleniya-obschego-hlora_5635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/pop-8300-sistema-monitoringa-i-kontrolya-svobodnogo-hlora-ph-i-temperatury-vody_5780.html" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/cl1000-kontroller-ostatochnogo-hlora-s-datchikami-i-ustroystvom-potoka_6094.html" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/datchik-obschego-hlora-(komplekt-s-izmeritelnoy-yacheykoy)_6174.html" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/tsifrovoy-izmeritel-ostatochnogo-hlora-ot-0-01-do-5-mg-l_6240.html" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/edskh-400n-tsifrovoy-datchik-hlora-(0-2-mg-l-0-001-mg-l-rs485-modbus-rtu-4-20ma-kabel-5m)_6298.html" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/analizatory-hlora-hlorimetry/edskh-200-tsifrovoy-datchik-hlora-(0-2-mg-l-0-001-mg-l-rs485-modbus-rtu-kabel-10m-pom)_6503.html" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/gazoanalizatory/schetchiki-pylevyh-chastits-v-vozduhe/amt097-monitor-kachestva-vozduha-8-v-1_5165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/dozimetry/amf078-analizator-bezopasnosti-elektromagnitnogo-izlucheniya_5025.html" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/205204-rl-g-ochischayuschiy-rastvor-dlya-galvanicheskih-datchikov-kisloroda-(30-ml)_5227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/hi7061l-ochischayuschiy-rastvor-obschego-naznacheniya-500-ml_5696.html" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-ot-belkovyh-zagryazneniy-dlya-ph-i-ovp-elektrodov-50ml_6259.html" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-(pepsin-solyanaya-kislota)-dlya-ph-i-ovp-elektrodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-(pepsin-solyanaya-kislota)-dlya-ph-i-ovp-elektrodov/ochischayuschiy-rastvor-(pepsin-solyanaya-kislota)-dlya-ph-i-ovp-elektrodov-250-ml_6351.html" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-(pepsin-solyanaya-kislota)-dlya-ph-i-ovp-elektrodov/ochischayuschiy-rastvor-(pepsin-solyanaya-kislota)-dlya-ph-i-ovp-elektrodov-500ml_6347.html" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov_5757.html" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov-250ml_6340.html" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvor-dlya-ochistki-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov/ochischayuschiy-rastvor-obschego-naznacheniya-dlya-ph-i-ovp-elektrodov-500-ml_6350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-3-56-dlya-ph-metrov_258.html" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/ph4-poroshok-s-reagentom-dlya-prigotovleniya-kalibrovochnogo-rastvora-ph4-01_3635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/ph7-poroshok-s-reagentom-dlya-prigotovleniya-kalibrovochnogo-rastvora-ph7_3636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/ph10-poroshok-s-reagentom-dlya-prigotovleniya-kalibrovochnogo-rastvora-ph10-01_3637.html" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/nabor-reagentov-dlya-prigotovleniya-kalibrovochnyh-rastvorov-ph-4-7-10_3639.html" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/ph6-poroshok-s-reagentom-dlya-prigotovleniya-kalibrovochnogo-rastvora-ph6-86_3740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/ph9-poroshok-s-reagentom-dlya-prigotovleniya-kalibrovochnogo-rastvora-ph9-18_3741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/rn-bufernyy-rastvor-testo-4-01_4847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/rn-bufernyy-rastvor-testo-7-00_4849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/hi7004l-kalibrovochnyy-rastvor-rn=4-01-(500ml)_4998.html" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/hi7007l-kalibrovochnyy-rastvor-rn=7-01-(500ml)_4999.html" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/hi7010l-kalibrovochnyy-rastvor-rn=10-01-(500ml)_5000.html" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/hi7006l-kalibrovochnyy-rastvor-rn=6-86-(500ml)_5022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/hi7009l-kalibrovochnyy-rastvor-rn=9-18-(500ml)_5023.html" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/108700-tep-4-bufernyy-rastvor-rn-4-01-1-l_5223.html" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/108702-tep-7-bufernyy-rastvor-rn-7-00-1-l_5224.html" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/108703-tep-10-trace-bufernyy-rastvor-rn-10-01-1-l_5225.html" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/hi7001l-kalibrovochnyy-rastvor-rn=1-68-(500ml)_5565.html" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/nabor-kalibrovochnyh-rastvorov-ph4-ph7-ph10_6163.html" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/nabor-kalibrovochnyh-bufernyh-rastvorov-ph-4-01-ph-6-86-ph-9-18-(gost)-dlya-ph-metrov_6164.html" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-12-43-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-dlya-rh-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-11-(2-oy-razryad-tochnosti)-dlya-ph-metrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metra/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-dlya-ph-metrov_257.html" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-(2-oy-razryad-tochnosti)-dlya-ph-metra-250-ml_6342.html" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-1-65-(2-oy-razryad-tochnosti)-dlya-ph-metra-500-ml_6356.html" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-dlya-ph-metrov_5753.html" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-(2-oy-razryad-tochnosti)-dlya-ph-metrov-250ml_6262.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-10-01-(2-oy-razryad-tochnosti)-dlya-ph-metrov-500-ml_6317.html" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-11-(2-oy-razryad-tochnosti)-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-11-(2-oy-razryad-tochnosti)-dlya-ph-metrov-250-ml_6330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-11-(2-oy-razryad-tochnosti)-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-11-(2-oy-razryad-tochnosti)-dlya-ph-metrov-500-ml_6367.html" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-12-43-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-12-43-dlya-ph-metrov_260.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-12-43-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-12-43-(2-oy-razryad-tochnosti)-dlya-ph-metra-250-ml_6382.html" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metrov-80-ml_6362.html" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metra-250-ml_6348.html" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-2-00-(2-oy-razryad-tochnosti)-dlya-ph-metra-500-ml_6293.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra_6063.html" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra-250-ml_6349.html" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-4-00-(2-oy-razryad-tochnosti)-dlya-ph-metra-500-ml_6294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-dlya-rh-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-dlya-rh-metrov_129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-dlya-rh-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-(2-oy-razryad-tochnosti)-dlya-ph-metrov-250ml_6264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-dlya-rh-metrov/kalibrovochnyy-bufernyy-rastvor-ph-4-01-(2-oy-razryad-tochnosti)-dlya-ph-metrov-500-ml_6318.html" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-dlya-ph-metrov_154.html" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-(2-oy-razryad-tochnosti)-dlya-ph-metra-250-ml_6341.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-6-86-(2-oy-razryad-tochnosti)-dlya-ph-metra-500ml_6337.html" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metra_6027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metrov-250ml_6331.html" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-7-00-(2-oy-razryad-tochnosti)-dlya-ph-metrov-500-ml_6388.html" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-dlya-ph-metrov_5752.html" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-(2-oy-razryad-tochnosti)-dlya-ph-metrov-250ml_6263.html" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-7-01-(2-oy-razryad-tochnosti)-dlya-ph-metrov-500-ml_6319.html" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metra_6251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metrov-250ml_6332.html" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metra/kalibrovochnyy-bufernyy-rastvor-ph-9-21-(2-oy-razryad-tochnosti)-dlya-ph-metrov-500ml_6346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-dlya-ph-metrov_259.html" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-(2-oy-razryad-tochnosti)-dlya-ph-metra-250-ml_6343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-dlya-ph-metrov/kalibrovochnyy-bufernyy-rastvor-ph-9-18-(2-oy-razryad-tochnosti)-dlya-ph-metra-500ml_6336.html" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ovp-(redoks)-metrov/kalibrovochnyy-rastvor-240-mv-dlya-ovp-metrov_156.html" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ovp-(redoks)-metrov/kalibrovochnyy-rastvor-285-mv-dlya-ovp-metrov_3927.html" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ovp-(redoks)-metrov/hi7021l-rastvor-dlya-kalibrovki-240-mv-500-ml_5250.html" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ovp-(redoks)-metrov/hi7022l-rastvor-dlya-kalibrovki-470-mv-500-ml_5251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-ovp-(redoks)-metrov/orp256-poroshok-s-reagentom-dlya-prigotovleniya-kalibrovochnogo-rastvora-50ml-plus256mv_5821.html" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-342-ppm-(700-mksm)-dlya-konduktometrov-i-solemerov_112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-2000-mksm-sm-80-ml_6321.html" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-100-ppm-dlya-konduktometrov-i-solemerov-250-ml_6399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/30100441-standart-elektroprovodnosti-10mksm-sm-250ml_3690.html" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/30100442-standart-elektroprovodnosti-84mksm-sm-250ml_3691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/30100444-standart-elektroprovodnosti-12-88msm-sm-250ml_3693.html" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/30100443-standart-udelnoy-elektroprovodnosti-1413-mksm-sm-(250-ml)_4960.html" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/hi7030l-rastvor-dlya-kalibrovki-12880-mksm-sm-500-ml_5035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/hi7034l-rastvor-dlya-kalibrovki-80000-mksm-sm-500-ml_5036.html" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/hi7035l-rastvor-dlya-kalibrovki-111800-mksm-sm-500-ml_5037.html" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/hi7036l-rastvor-dlya-kalibrovki-12-41-g-l-500-ml_5038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/hi7033l-rastvor-dlya-kalibrovki-84-mksm-sm-500-ml_5039.html" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-111800-mksm-sm_5749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-80000mksm-sm_5751.html" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-1382-ppm-dlya-konduktometrov-i-solemerov_5759.html" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-10-mksm-sm_5781.html" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-0-4-mksm-sm_6030.html" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-450-mksm-sm_6031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/hi7031l-rastvor-dlya-kalibrovki-1413-mksm-sm-500ml_5571.html" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-6-44-ppt-dlya-konduktometrov-i-solemerov_6104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-800-ppm-dlya-konduktometrov-i-solemerov_6228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-10-mksm-sm-250-ml_6289.html" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-10-mksm-sm-500-ml_6308.html" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-290-mksm-sm-500-ml_6311.html" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-146-5-mksm-sm-250-ml_6365.html" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-147-mksm-sm-250-ml_6366.html" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-25-mksm-sm-250-ml_6385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-15-mksm-sm-250-ml_6393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-900-ppm-dlya-konduktometrov-i-solemerov-250-ml_6398.html" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-00-ppm-dlya-konduktometrov-i-solemerov-500-ml_6400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-111800-mksm-sm-250-ml_6431.html" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-342-ppm-(700mksm)-dlya-konduktometrov-i-solemerov-500-ml_6432.html" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/300572-wtw-e-trace-nabor-kalibrovochnyh-rastvorov-1413-mksm-sm-6h50ml_6442.html" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-4-7-mksm-sm-80-ml_6482.html" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-12900-mksm-sm-12-90-msm-sm-250-ml_6505.html" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-3-mksm-sm-500-ml_6509.html" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1600-mksm-sm-500-ml_6518.html" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/6565.html" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/6588.html" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1413mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-12880-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5000-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-84-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1600-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-100-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-4000-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1000-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-400-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-3-mksm-sm/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-1000-ppm-(2000mksm)-dlya-konduktometrov-i-solemerov-seriya/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-1000-ppm-(2000mksm)-dlya-konduktometrov-i-solemerov-seriya/kalibrovochnyy-rastvor-1000-ppm-(2000mksm)-dlya-konduktometrov-i-solemerov_155.html" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-1000-ppm-(2000mksm)-dlya-konduktometrov-i-solemerov-seriya/kalibrovochnyy-rastvor-1000-ppm-dlya-konduktometrov-i-solemerov-250-ml_6389.html" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-1000-ppm-(2000mksm)-dlya-konduktometrov-i-solemerov-seriya/kalibrovochnyy-rastvor-1000-ppm-(2000mksm)-dlya-konduktometrov-i-solemerov-500-ml_6433.html" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-3-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-3-mksm-sm_6100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-3-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-3-mksm-sm-250ml_6334.html" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-100-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-100-mksm-sm_6026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-100-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-100-mksm-sm-250-ml_6374.html" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1000-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1000-mksm-sm_6032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1000-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1000-mksm-sm-250-ml_6381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1600-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1600-mksm-sm_6033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1600-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1600-mksm-sm-250-ml_6383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-400-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-400-mksm-sm_6029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-400-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-400-mksm-sm-250-ml_6395.html" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-4000-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-4000-mksm-sm_6064.html" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-4000-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-4000-mksm-sm-250-ml_6372.html" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm_6037.html" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm-250-ml_6288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-500-mksm-sm-500-ml_6316.html" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1-mksm-sm/standart-udelnoy-elektroprovodnosti-1-mksm-sm_5783.html" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-mksm-sm-250-ml_6371.html" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1-mksm-sm-500-ml_6368.html" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-12880-mksm-sm/standart-udelnoy-elektroprovodnosti-12880-mksm-sm_5755.html" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-12880-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-12880-mksm-sm-12-88-msm-sm-250ml_6272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-12880-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-12880-mksm-sm-12-88-msm-sm-500ml_6271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1413mksm-sm/standart-udelnoy-elektroprovodnosti-1413mksm-sm_3692.html" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1413mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1413-mksm-sm-250-ml_6291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-1413mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-1413-mksm-sm-500-ml_6314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5-mksm-sm/standart-udelnoy-elektroprovodnosti-5-mksm-sm_5782.html" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-5-mksm-sm-250ml_6333.html" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-5-mksm-sm-500-ml_6369.html" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5000-mksm-sm/standart-udelnoy-elektroprovodnosti-5000-mksm-sm_5750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5000-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-5000-mksm-sm-250-ml_6396.html" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-5000-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-5000-mksm-sm-500-ml_6411.html" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-84-mksm-sm/standart-udelnoy-elektroprovodnosti-84-mksm-sm_5754.html" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-84-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-84-mksm-sm-250-ml_6290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-konduktometrov-i-solemerov/standart-udelnoy-elektroprovodnosti-84-mksm-sm/kalibrovochnyy-rastvor-standart-udelnoy-elektroprovodnosti-84-mksm-sm-500-ml_6315.html" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/hi98703-11-nabor-kalibrovochnyh-etalonov-dlya-mutnomera_6059.html" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-0-02ntu_6211.html" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-200ntu_6212.html" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-1000ntu_6214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-15-ntu_6217.html" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-100-ntu_6218.html" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-750-ntu_6219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/hi88703-11-nabor-kalibrovochnyh-etalonov-dlya-mutnomera_6443.html" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-500ntu/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-500ntu/kalibrovochnyy-rastvor-dlya-mutnomera-500ntu_6213.html" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-mutnomerov-nefelometrov-turbidimetrov/kalibrovochnyy-rastvor-dlya-mutnomera-500ntu/kalibrovochnyy-rastvor-dlya-mutnomera-500ntu-500ml_6324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-oksimetrov/reagent-so-standartnym-nulevym-soderzhaniem-kisloroda_3848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-oksimetrov/rastvor-so-standartnym-nulevym-soderzhaniem-kisloroda_6061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hlorimetrov/kalibrovochnyy-rastvor-po-ostatochnomu-hloru-0-5-mg-l-80-ml_6466.html" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hlorimetrov/kalibrovochnyy-nulevoy-rastvor-po-ostatochnomu-hloru-80-ml_6467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/kaliy-hloristyy-kcl-rastvor-0-1-mol-l-dlya-hraneniya-elektrodov_312.html" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/rastvor-dlya-hraneniya-elektroda_4850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/hi70300l-rastvor-dlya-hraneniya-elektrodov-rn-metra_5019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/109705-kcl-250-rastvor-3-mol-l-kcl-250-ml-n-z_5226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-1-mol_6254.html" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/kaliy-hloristyy-kcl-rastvor-3-mol-dlya-hraneniya-elektrodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-5-mol-50ml/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/kaliy-hloristyy-kcl-rastvor-3-mol-dlya-hraneniya-elektrodov/kaliy-hloristyy-kcl-rastvor-3-mol-dlya-hraneniya-elektrodov-_3910.html" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/kaliy-hloristyy-kcl-rastvor-3-mol-dlya-hraneniya-elektrodov/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-mol-250ml_6313.html" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/kaliy-hloristyy-kcl-rastvor-3-mol-dlya-hraneniya-elektrodov/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-mol-500-ml_6410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-5-mol-50ml/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-5-mol-50ml_6260.html" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hraneniya-elektrodov/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-5-mol-50ml/rastvor-hraneniya-ph-i-ovp-elektrodov-kcl-(kaliy-hloristyy)-3-5-mol-500ml_6310.html" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hromatografii/ammiachnyy-bufernyy-rastvor-ph-10-dlya-hromatografov-500-ml_6489.html" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hromatografii/ammiachnyy-bufernyy-rastvor-ph-5-6-dlya-hromatografov-500-ml_6490.html" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/rastvory-dlya-hromatografii/6576.html" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/hi7041s-rastvor-elektrolita-dlya-hi-9142-9143-hi-9146-30-ml_4593.html" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/rastvor-elektrolita-dlya-hi76409-(hi9147)_4984.html" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/hi7041l-rastvor-elektrolita-dlya-hi9142-hi9142-hi9146-500-ml_5727.html" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/hi7071-elektrolit-dlya-zapolneniya-elektrodov-3-5-m-kclplusagcl-4h30-ml_5728.html" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/hi7071l-elektrolit-dlya-zapolneniya-elektrodov-3-5-m-kclplusagcl-500-ml_5729.html" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/elektrolit-dlya-zapolneniya-ph-i-ovp-elektrodov-kcl-3-5m_5756.html" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/standartnyy-elektrolit-dlya-zapolneniya-ph-i-ovp-elektrodov-kcl-3m/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/standartnyy-elektrolit-dlya-zapolneniya-ph-i-ovp-elektrodov-kcl-3m/standartnyy-elektrolit-dlya-zapolneniya-ph-i-ovp-elektrodov-kcl-3m_5758.html" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kalibrovochnye-i-bufernye-rastvory-standart-titry/elektrolity-dlya-zapolneniya-elektrodov/standartnyy-elektrolit-dlya-zapolneniya-ph-i-ovp-elektrodov-kcl-3m/standartnyy-elektrolit-dlya-zapolneniya-ph-i-ovp-elektrodov-kcl-3m-250-ml_6391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96746-kolorimetr-na-zhelezo-0-1-6-mg-l_4239.html" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96742-kolorimetr-dlya-opredeleniya-margantsa-0-300-mkg-l-zheleza-0-00-1-60-mg-l_4241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96717-kolorimetr-na-fosfaty-0-00-30-0-mg-l_4243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96745-kolorimetr-dlya-opredeleniya-rn-zheleza-svobodnogo-i-obschego-hlora-zhestkosti_4263.html" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96721-kolorimetr-na-zhelezo-0-5-00-mg-l_4269.html" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96711-kolorimetr-na-svobodnyy-obschiy-hlor-0-5-00-mg-l_4271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96710-kolorimetr-na-rn-i-hlor-svob-hlor-0-00-2-50-mg-l-obschiy-hlor-0-00-3-5-mg-l-rn-5-9-8-0_4274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi721-kolorimetr-serii-checker-dlya-opredeleniya-zheleza-ot-0-do-5-mg-l_4292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96728-kolorimetr-na-nitraty-0-0-do-30-0-mg-l_4294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96712-kolorimetr-na-alyuminiy-0-00-1-00-mg-l_4296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96702-kolorimetr-na-med-0-00-5-00-mg-l_4297.html" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96741-kolorimetr-na-obschuyu-zhestkost-0-00-4-70-mg-l-zhelezo-0-400-mkg-l_4298.html" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/lei-5000-kolorimetr-dlya-opredeleniya-khpk_4618.html" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96708-kolorimetr-na-nitrit-0-150-mg-l_4619.html" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96709-kolorimetr-na-marganets-0-20-mg-l_4620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96713-kolorimetr-na-fosfaty-0-00-2-5-mg-l_4621.html" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96734-kolorimetr-na-svobodnyy-obschiy-hlor-0-10-mg-l_4622.html" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/cr25-termoreaktor-na-25-gnezd_4625.html" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96771-kolorimetr-na-hlor-0-500-mg-l_5100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi700-kolorimetr-serii-checker-na-ammoniy-0-3-00-mg-l_5106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi709-kolorimetr-serii-checker-dlya-opredeleniya-margantsa-0-20-mg-l_5131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi713-kolorimetr-serii-checker-dlya-opredeleniya-fosfatov-0-2-50-mg-l_5133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi717-kolorimetr-serii-checker-dlya-opredeleniya-fosfatov-0-30-0-mg-l_5135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi727-kolorimetr-serii-checker-dlya-opredeleniya-tsvetnosti-vody-0-500-pcu_5136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96700-kolorimetr-na-ammoniy-0-00-3-00-mg-l_5139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96720-kolorimetr-na-zhestkost-po-kaltsiyu-0-00-2-70-mg-l_5142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96735-kolorimetr-na-obschuyu-zhestkost-0-250-500-750-mg-l_5143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96748-kolorimetr-na-marganets-0-00-300-00-mkg-l_5144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi96751-kolorimetr-na-sulfat-0-150-mg-l_5145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hda-1200-promyshlennyy-izmeritel-zhestkosti-vody-(titrator)_5662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97771-kolorimetr-na-hlor-0-500mg-l_5694.html" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi83300-02-multiparametrovyy-kolorimetr_5716.html" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97701-kolorimetr-na-svobodnyy-hlor-0-5-00-mg-l_5719.html" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97710-kolorimetr-na-rn-i-hlor-obsch-i-svob-hlor-0-00-5-00-mg-l-rn-6-5-8-5_5720.html" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97713-kolorimetr-na-fosfaty-0-00-2-5-mg-l_5721.html" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97715-kolorimetr-na-ammoniy-0-10-00-mg-l_5722.html" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97717-kolorimetr-na-fosfaty-0-00-30-0-mg-l_5723.html" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97721-kolorimetr-na-zhelezo-0-5-00-mg-l_5724.html" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97728-kolorimetr-na-nitratnyy-azot-0-30-mg-l_5725.html" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97745-kolorimetr-dlya-opredeleniya-rn-zheleza-svobodnogo-i-obschego-hlora-zhestkosti_5726.html" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/opticheskiy-izmeritel-bleska-bleskomer-0-150gu-60-gradusov_5907.html" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/wx-100-portativnyy-tsvetovoy-analizator-dlya-test-polosok_5930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/kolorimetry/hi97707-kolorimetr-na-nitrity-0-000-0-600-mg-l_6514.html" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/usb20m-programmnoe-obespechenie-i-kabel-usb-dlya-oborudovaniya-az-instrument_3287.html" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/termobumaga-dlya-printera-registratora-rms-010_3892.html" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/dc2412-preobrazovatel-napryazheniya-dlya-termoregistratora-rms-010_3904.html" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/nastennyy-kronshteyn-dlya-registratora-testo-184_4848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/nastennyy-kronshteyn-dlya-testo-175_4872.html" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/rukoyatka-dlya-testo-625_4907.html" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/f06-kronshteyn-dlya-nastennogo-krepleniya-kontrollerov_6198.html" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/amt08p-membrana-dlya-oksimetra-amtast-amt08_3768.html" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/std-011-plastikovyy-neobsluzhivaemyy-elektrod-dlya-izmereniya-rastvorennogo-kisloroda_3859.html" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/mdo8401-membrana-i-uplotnitelnye-koltsa-dlya-oksimetra-do8401_3879.html" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/hi76407-4-datchik-dlya-oksimetrov-hi9142-43-45-41-i-410-kabel-4-m_4592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/hi76407a-p-nabor-zapasnyh-membran-5-sht-up_4600.html" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/nabor-zapasnyh-membran-dlya-datchika-hi-76409-(hi-9147)_4983.html" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/hi764080-datchik-rastvorennogo-kisloroda-dlya-pribora-edge_5062.html" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/hi76407-4f-datchik-dlya-oksimetra-hi9146-kabel-4-m_5120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/hi76409-4-datchik-dlya-hi9147-kabel-4-m_5121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/do-9100p-datchik-dlya-izmeritelya-kisloroda-do-9100_5654.html" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/108110-as-din-kabel-perehodnik-1-m_5233.html" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/201300-fdo-925-tsifrovoy-lyuminestsentnyy-datchik-rastvorennogo-kisloroda-s-kabelem-1-5-m_5234.html" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/201301-fdo-925-tsifrovoy-lyuminestsentnyy-datchik-rastvorennogo-kisloroda-s-kabelem-3-m_5235.html" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/201306-fdo-925-p-tsifrovoy-lyuminestsentnyy-datchik-rastvorennogo-kisloroda-bez-kabelya_5236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/201545-cellox-325-3-datchik-rastvorennogo-kisloroda-kabel-3-m_5238.html" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/202725-1-wp-90-3-zapasnaya-membrana-dlya-cellox-325-3-sht-_5239.html" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/hi764080a-p-nabor-zapasnyh-membran-5-sht-up-dlya-datchika-hi764080_5707.html" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/az8403m-membrana-dlya-oksimetra-az8401-az8403_6036.html" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/amt08s-smennyy-datchik-dlya-oksimetra-amtast-amt-08_6247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/237118-hamilton-oxylyte-elektrolit-dlya-datchikov-kisloroda-30ml_6439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-dlya-oksimetrov/md600-vysokotemperaturnyy-datchik-rastvorennogo-kisloroda-(0-40mg-l-0-130c-0-5bar-rs485-316l)_6453.html" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-termodatchik-dlina-schupa-1200mm-k-tipa-dlya-termometra-_2975.html" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-temperatury-polimer-model-s01_3029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/s0210-vneshniy-datchik-temperatury-metall-dlina-kabelya-10m_3030.html" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-temperatury-metall-model-s03_3031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-temperatury-metall-model-s04_3032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-temperatury-vodonepronitsaemyy-polimer-model-s05_3033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-temperatury-vodonepronitsaemyy-polimer-model-s06_3034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-temperatury-metall-model-s07_3035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-vysokoy-temperatury-metall-model-s08_3036.html" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-vysokoy-temperatury-metall-tip-k_3037.html" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-vysokoy-temperatury-metall-model-pt100_3038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vneshniy-datchik-vlazhnosti-model-s14_3039.html" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/s0220-vneshniy-datchik-temperatury-metall-dlina-kabelya-20m_3770.html" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/s02-vneshniy-datchik-temperatury-metall_3771.html" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/datchik-temperaturnyy-s-razemom-k-type_3808.html" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/sttemp30-temperaturnyy-elektrod_3849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/te3120-10-datchik-temperatury_4107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/te-1230-14-termodatchik-dlya-ph-kontrollera_4329.html" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/hi766c-termodatchik-s-pronikayuschim-deystviem_4650.html" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/hi766d-termodatchik-dlya-vozduha_4651.html" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/hi766e2-termodatchik-obschego-naznacheniya_4652.html" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/hi766f1-termodatchik-vstroennyy-v-provod_4654.html" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pronikayuschiy-zond-dlya-testo-108-2_4713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pogruzhnoy-zond_4741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/poverhnostnyy-zond-1_4743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vodonepronitsaemyy-pogruzhnoy-pronikayuschiy-zond-tip-k_4745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-temperatury-vozduha-termopara-tip-k-s-fiksirovannym-kabelem-dlinoy-1-2-m_4747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/testo-0602-2292-pischevoy-zond_4749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/testo-0602-4592-zond-obhvatka_4752.html" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/gibkiy-otkrytyy-zond-tmax-plus250-s_4756.html" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pogruzhnoy-pronikayuschiy-zond_4757.html" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/testo-0603-1793-zond-dlya-vozduha_4758.html" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/poverhnostnyy-zond_4760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-pischevoy-so-spetsialnoy-ruchkoy_4762.html" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-temperaturnyy-pogruzhnoy2_4763.html" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/testo-0609-1773-zond-vysokoprochnyy_4766.html" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/testo-0609-7072-zond-temperaturnyy_4770.html" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pogruzhnoy-pronikayuschiy-zond_4772.html" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-temperatury-ntc_4773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vodonepronitsaemyy-poverhnostnyy-zond-ntc-dlya-rovnyh-poverhnostey_4774.html" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pischevoy-zond-ntc-iz-nerzhaveyuschey-stali-(ip67)-s-teflonovym-kabelem-do-plus250-c_4778.html" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-obkrutka-s-lipuchkoy-dlya-trub-d-75mm_4779.html" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-vodonepronitsaemyy-poverhnostnyy_4790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/ustoychivyy-poverhnostnyy-zond-dlya-varochnyh-poverhnostey_4793.html" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/standartnyy-izmeritelnyy-nakonechnik-dlya-testo-105-dlina-100mm_4803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/kruglye-termo-indikatory-171s-193s_4808.html" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pronikayuschiy-zond-dlya-testo-108_4825.html" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/nakonechnik-dlya-zamorozhennyh-produktov-k-testo-105_4827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/izmeritelnyy-nakonechnik-dlya-testo-105-dlina-200-mm_4828.html" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-obkrutka-s-lipuchkoy-velcro-termopara-tipa-k-t-maks-plus120-s_4834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/vysokotochnyy-pogruzhnoy-pronikayuschiy-zond-kabel-1-5m-ip67_4853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/termopara-dlina-800mm-s-adapterom-tip-k_4876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/termopara-testo-gibkaya-dlina-1500mm-fibro-steklo-(termopara-tip-k)_4877.html" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/termopara-s-adapterom-t-p-gibkaya-dlina-1500mm-teflon-(termopara-tip-k)_4878.html" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/gibkiy-pogruzhnoy-nakonechnik-dlya-izmereniya-temperatury-vozduha-i-gazov-(ne-dlya-primeneniya-v-plavil_4880.html" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/pogruzhnoy-izmeritelnyy-nakonechnik-testo-gibkiy-(termopara-tipa-k)_4881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/0602-5793-gibkiy-pogruzhnoy-nakonechnik-testo-termopara-tip-k_4882.html" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/testo-0610-1725-vysokotochnyy-pogruzhnoy-pronikayuschiy-zond-kabel-6m-ip67_4884.html" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-ntc-s-alyuminievym-rukavom-kabel-2-4m-ip65_4885.html" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-dlya-izmereniya-temperatury-poverhnosti_4886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-termopara-tip-k-s-rukavom-iz-nerzhaveyuschey-stali_4887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/zond-dlya-poverhnostnyh-izmereniy_4895.html" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/smennyy-modul-vlazhnosti-dlya-testo-625_4908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/saw005-dopolnitelnyy-besprovodnyy-datchik-dlya-meteostantsii-aw005_5099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/102280-tfk-325-termodatchik-dlya-ph-metra_5229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/hi7669aw-termodatchik-dlya-hi83141_5705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/datchiki-temperatury-i-vlazhnosti/hi7662-temperaturnyy-datchik-dlya-hi9124-hi9125-hi221x-02_6280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/distillirovannaya-voda/distillirovannaya-voda-250ml_303.html" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/distillirovannaya-voda/distillirovannaya-voda-s-dvoynoy-ochistkoy-20-litrov_327.html" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/distillirovannaya-voda/distillirovannaya-voda-s-dvoynoy-ochistkoy-5-litrov_328.html" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi731318-tkan-dlya-protirki-kyuvet-4-sht-up_4594.html" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi731335-kryshki-dlya-kyuvet-dlya-kolorimetrov-serii-hi967xx-hi957xx-hi987xx-4-sht-up_4595.html" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93712-01-alyuminiy-(100-testov)_4596.html" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93713-03-reagenty-na-fosfaty-nizkie-kontsentratsii-300-testov_4597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93746-01-zhelezo-nizkie-kontsentratsii-(50-testov)_4598.html" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93721-01-zhelezo-vysokie-kontsentratsii-(100-testov)_4599.html" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93746-03-zhelezo-nizkie-kontsentratsii-(150-testov)_4602.html" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93717-01-fosfat-vysokie-kontsentratsii-(100-testov)_4603.html" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93701-01-reagenty-na-svobodnyy-hlor-100-testov_4609.html" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93702-01-reagenty-na-med-vysokie-kontsentratsii-100-testov_4610.html" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93711-01-reagenty-na-obschiy-hlor-100-testov_4611.html" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93719-01-reagenty-na-zhestkost-po-magniyu-100-testov_4612.html" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93720-01-reagenty-na-zhestkost-po-kaltsiyu-100-testov_4613.html" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93728-01-reagenty-na-nitrat-0-0-30-0-mg-l-100-testov_4614.html" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93735-0-nabor-reagentov-na-zhestkost-0-250-200-500-400-750-mg-l-100-testov_4615.html" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93748-01-reagenty-na-marganets-nizkie-kontsentratsii-50-testov_4616.html" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93748-03-reagenty-na-marganets-nizkie-kontsentratsii-150-testov_4617.html" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/lei-5100-reagenty-dlya-khpk-bez-razbavleniya-ot-100-do-1000-mg-l_4626.html" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/lei-5160-reagenty-dlya-khpk-bez-razbavleniya-ot-10-do-160-mg-l_4627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/lei-5180-reagenty-dlya-khpk-bez-razbavleniya-ot-80-do-800-mg-l_4628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93734-01-reagenty-na-svobodnyy-i-obschiy-hlor-100-testov_4688.html" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/nabor-reagentov-dlya-kolorimetrov-na-ph-100-testov_4946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi721-25-reagenty-na-zhelezo-0-5-mg-l-25-testov_5095.html" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi95771-01-reagenty-na-hlor-vysokie-kontsentratsii-100-testov_5101.html" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi709-25-reagenty-na-marganets-dlya-hi709_5123.html" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi711-25-reagenty-na-obschiy-hlor-0-3-5-mg-l-25-testov_5124.html" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi717-25-reagenty-na-fosfaty-40-testov_5126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi739-26-reagenty-na-ftorid-0-00-20-00-mg-l-25-testov_5127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93700-01-reagenty-dlya-opredeleniya-ammoniya-nizkie-kontsentratsii-100-testov_5146.html" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93701-t-reagenty-na-obschiy-hlor-zhidkie-300-testov_5147.html" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93709-01-reagenty-na-marganets-vysokie-kontsentratsii-100-testov_5149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93713-01-reagenty-na-fosfaty-nizkie-kontsentratsii-0-2-5-mg-l-100-testov_5150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93730-01-reagenty-na-molibden-100-testov_5152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93739-01-reagenty-na-ftorid-0-00-20-00-mg-l-100-testov_5156.html" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi3833-050-nabor-reaktivov-k-naboru-hi3833-(opredelenie-fosfatov)_5159.html" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi3874-100-nabor-reaktivov-k-naboru-hi3874-(opredelenie-nitratov)_5160.html" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi731325-kryshki-dlya-kyuvet-kolorimetrov-serii-hi937xx-4-sht-up_5708.html" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi731331-kyuvety-dlya-kolorimetrov-serii-hi977xx-hi967xx-hi957xx-hi987xx-4-sht-up_5709.html" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/rastvor-elektrolita-ely-g-kat-n205217-wtw_6105.html" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi93701-0-reagenty-na-svobodnyy-hlor_6222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hi95771-01-nabor-reagentov-na-svobodnyy-hlor-vysokie-kontsentratsii_6223.html" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/nabor-reagentov-ph-ammmiak-nitrity-dlya-fotometrov_6245.html" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/reaktivy-i-komplektuyuschie-dlya-kolorimetrov/hach-24954-02-kyuveta-pryamougolnaya-(10-ml-2-sht-)_6426.html" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/protochnaya-yacheyka-dlya-podklyucheniya-gibkih-magistraley-i-protochnyh-elektrodov_2834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/p34a-ustroystvo-potoka_5098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/242570-safety-socket-1-4404-sechenie15-gradusov-vysota-25-mm_5730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/237331-25-flexifit-bio-armatura-dlya-datchikov-pg13-5_5745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/cell-200a-ustroystvo-potoka-dlya-datchikov-(2x3-4-dn10-0-100l-ch)_5918.html" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/clean-200-sistema-avtomaticheskoy-ochistki-datchikov_5928.html" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/derzhatel-dlya-datchika_5932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/cell-100ac-tsilindricheskoe-ustroystvo-potoka-dlya-datchikov-(npt3-4-300-1000-ml-min)_6069.html" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/pogruzhnaya-armatura-s-kommutatsionnym-ustroystvom-dlya-pogruzhnyh-datchikov_6114.html" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/spc-100-zaschita-datchika-ot-mehanicheskih-povrezhdeniy_6150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/protochnaya-yacheyka-dlya-datchikov-s-ustanovochnym-komplektom_6201.html" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/hi740200-kolpachki-dlya-elektrodov-5-sht-up_6229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/ohaus-30064800-flakon-dlya-hraneniya-rn-elektroda-upakovka-10-sht_6265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/cell-100b-ustroystvo-potoka-dlya-odnogo-datchika-(1-2-dn10-0-100l-ch)_6492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/cell-200b-ustroystvo-potoka-dlya-dvuh-datchikov-(2x1-2-dn10-0-100l-ch)_6493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/cell-100a-ustroystvo-potoka-dlya-odnogo-datchika-(3-4-dn10-0-100l-ch)_6494.html" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrodnaya-armatura/eup-4-ustroystvo-potoka-dlya-chetyreh-datchikov-(4x3-4-1h1-0-100l-ch)_6500.html" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/steklyannyy-elektrod-e201-dlya-ph-metrov_161.html" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/promyshlennyy-ph-elektrod-gp100-vreznoy-_456.html" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/promyshlennyy-vysokotemperaturnyy-ph-elektrod-gp500-vreznoy-_462.html" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/pogruzhnoy-elektrod-e202-dlya-ph-metrov_2799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/sp-p2-smennyy-ph-elektrod-dlya-rn200-v-zaschitnom-bokse_561.html" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/promyshlennyy-ph-elektrod-gp700-vreznoy_650.html" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-elektrod-suhogo-hraneniya-e200-dlya-ph-metrov_2848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/sanxin-2513g-steklyannyy-elektrod-dlya-ph-metrii-_3143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-elektrod-sanxin-2615p-dlya-agressivnyh-sred_3141.html" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-1110b-promyshlennyy-ph-elektrod-dlina-kabelya-10m_3594.html" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e530bnc-pronikayuschiy-ph-elektrod-s-bnc-razemom_3651.html" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e522bnc-ph-elektrod-dlya-myasa-syra-fruktov-i-lyubyh-polutverdyh-produktov_3646.html" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e521bnc-ph-elektrod-dlya-moloka-slivok-zhirnyh-produktov_3652.html" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e523bnc-promyshlennyy-ph-elektrod-vreznoy-3-4-_3653.html" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e526bnc-ph-elektrod-dlya-lyubyh-poverhnostey-kozhi-bumagi-emulsiy_3658.html" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e531bnc-pronikayuschiy-ph-elektrod-dlya-polutverdyh-produktov_3659.html" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/e529bnc-perezapolnyaemyy-ph-elektrod-shirokogo-spektra-naznacheniya_3739.html" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/pph1000p-smennyy-ph-elektrod-dlya-kontrollera-hm-digital-pph-1000_3773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph03r-ph-elektrod-dlya-amt03_3795.html" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st210-plastikovyy-obsluzhivaemyy-ph-elektrod-2-v-1-_3846.html" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/stsurf-ph-elektrod-dlya-izmereniya-rovnyh-poverhnostey-(bumaga-kozha-tkan-i-t-p-)_3850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st350-steklyannyy-ph-elektrod-3-v-1-_3851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st230-steklyannyy-ph-elektrod-2-v-1-dlya-emulsiy-suspenziy-moloka_3853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/stpure-steklyannyy-ph-elektrod-2-v-1-dlya-izmereniya-distillirovannoy-vody-83032960_3854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/stmicro8-ph-elektrod-dlya-izmereniya-mikroobraztsov-v-probirkah_3855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st260-ph-elektrod-dlya-bufernyh-rastvorov_3856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/stmicro5-ph-elektrod-dlya-izmereniya-mikroobraztsov-v-probirkah_3857.html" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st320-plastikovyy-gelevyy-ph-elektrod-3-v-1-_3860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st310-plastikovyy-obsluzhivaemyy-ph-elektrod-3-v-1-_3861.html" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/stref2-nasyschennyy-kalomelnyy-elektrod-sravneniya-(nke)_3862.html" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/stref1-hlorserebryanyy-elektrod-sravneniya-(ag-agci)_3863.html" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph10-st-(30087992)-smennyy-ph-elektrod-dlya-starter-st10_3890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph20-st-(30087993)-smennyy-elektrod-dlya-ph-metra-starter-st20_3891.html" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/sp-p5-ph-elektrod-dlya-ph-metrov-hm-100-hm-200-hm-500-hm-501_4102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/201dh-elektrod-ph-s-razemom-mini-bnc_4103.html" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-0410w-datchik-ph_4106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/sp-c3-smennyy-datchik-dlya-com300_4310.html" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph0410w-smennyy-datchik-ph-dlya-mps-1400_4320.html" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/g102-ph-elektrod-promyshlennyy-dlya-chistoy-i-ultrachistoy-vody_4324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1270-smennyy-rn-elektrod-dlya-checker_4586.html" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1271-smennyy-rn-elektrod-dlya-checkerplus-hi-98100_4587.html" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1280-smennyy-rn-elektrod-dlya-piccolo_4588.html" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1290-smennyy-rn-elektrod-dlya-piccolo-2_4589.html" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1295-smennyy-rn-elektrod-dlya-piccoloplus-piccolo-3_4590.html" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi73127-smennyy-elektrod-dlya-combo-hi98129-hi98130-phep-4-phep-5_4591.html" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc200b-kombinirovannyy-rn-elektrod-dlya-myasa-i-moloka_4606.html" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc210b-kombinirovannyy-rn-elektrod-dlya-smetany-yogurta-krema_4607.html" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1053b-kombinirovannyy-rn-elektrod-dlya-masel-zhirov-emulsiy-pochvy_4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1288-ph-ec-tds-datchik_4644.html" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1330b-kombinirovannyy-rn-elektrod-dlya-izmereniy-v-probirkah-i-ampulah-korpus-steklo_4645.html" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1413b-kombinirovannyy-rn-elektrod-dlya-izmereniya-na-poverhnosti-korpus-steklo_4646.html" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/103635-sentix-41-kombinirovannyy-ph-datchik-_4647.html" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/103642-sentix-81-kombinirovannyy-elektrod-so-vstroennym-termodatchikom-zhidkim-elektrolitom-din_4648.html" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-1110b-promyshlennyy-ph-elektrod-dlina-kabelya-30m_4661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/zapasnoy-rn-zond-dlya-testo-205_4836.html" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/kolpachok-dlya-hraneniya-elektroda-dlya-ph-metra-testo-206_4840.html" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/zapasnoy-rn-zond-dlya-testo-206-ph1_4841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/zapasnoy-ph-zond-dlya-testo-206-ph2_4842.html" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-elektrod-plastikovyy-tip-01-dlya-testo-206_4844.html" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc202d-kombinirovannyy-rn-elektrod-c-termodatchikom-dlya-myasnoy-i-molochnoy-promyshl-korpus-kynar_5012.html" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc2020-kombinirovannyy-rn-elektrod-dlya-molochnyh-produktov-syrov-neobsluzh-dlya-edge_5044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc2023-ph-elektrod-dlya-molochnyh-i-polutverdyh-produktov_5045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc231d-kombinirovannyy-rn-elektrod_5046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc2323-ph-elektrod-dlya-myasa_5047.html" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/fc232d-kombinirovannyy-rn-elektrod_5048.html" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1043b-kombinirovannyy-rn-elektrod-dlya-silno-kislyh-schelochnyh-rastvorov-korpus-steklo_5049.html" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi10480-rn-elektrod-dlya-slozhnyh-primeneniy-dlya-edge_5050.html" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi10530-kombinirovannyy-rn-elektrod_5051.html" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1131b-kombinirovannyy-rn-elektrod-obschego-naznacheniya-korpus-steklo_5052.html" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1230b-kombinirovannyy-rn-elektrod-obschego-naznacheniya-korpus-plastik_5053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1296d-ph-elektrod-kombinirovannyy-din-razem_5054.html" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi73120-elektrod-dlya-hi98120_5055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi11310-rn-elektrod-dlya-obschelaboratornyh-tseley-dlya-ph-metrov-serii-edge_5060.html" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/phw1130n-kombinirovannyy-ph-elektrod-dlya-agressivnyh-sred-(kabel-10m-razem-bnc)_5087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-1110a-promyshlennyy-ph-elektrod-dlina-kabelya-10m_5092.html" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st272-(30393265)-prokalyvayuschiy-rn-elektrod-s-metalicheskim-nakonechnikom-_5625.html" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st270-(30240974)-prokalyvayuschiy-rn-elektrod_5626.html" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/multi-600p-mnogoparametrovyy-datchik-dlya-izmeritelya-multi-c600_5644.html" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-1000-promyshlennyy-ph-elektrod-kabel-5m_5655.html" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/g301-ph-elektrod-promyshlennyy-vysokotemperaturnyy-(do-130c)-s-zaschitnoy-gilzoy_5661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/103645-sentix-sp-ph-elektrod-dlya-izmereniy-v-syre-fruktah-ovoschah-vetchine-i-t-p-_5230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/103780-sentix-980-tsifrovoy-rn-elektrod_5232.html" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi12883-ph-ec-tds-datchik_5699.html" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1292d-rn-elektrod-dlya-pochvy_5700.html" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/hi1083b-kombinirovannyy-rn-elektrod-dlya-izmereniy-v-mikroplanshetah-korpus-steklo_5746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/kolpachok-zapasnoy-dlya-testo-205_5795.html" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-98106p-smennyy-ph-datchik_5848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-818p-smennyy-ph-datchik_5860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-98109p-smennyy-ph-datchik-dlya-izmereniya-polutverdyh-sred_5922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph1020w-promyshlennyy-kombinirovannyy-ph-elektrod-(ntc10k-dlina-kabelya-10m)_5926.html" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-1110b-promyshlennyy-ph-elektrod-dlina-kabelya-20m_5939.html" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-3508p-smennyy-datchik-ph-tds-ec-temp_6062.html" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp100e-ph-datchik-pg13-5-0-100s-fs8-razbornyy-kabel-10m_6077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp400-promyshlennyy-ph-datchik-rezba-1-ntp-pt1000-kabel-5m_6081.html" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp100e-ph-datchik-keramika-(0-14ph-0-100c-pt1000-pg13-5-kabel-10m)_6078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp101e-datchik-pg13-5-0-100s-fs8-razbornyy-kabel-10m_6079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/phx-300-promyshlennyy-ph-elektrod-(0-14ph-0-80s-kabel-5m)_6085.html" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/phx-100-promyshlennyy-ph-elektrod-(0-14ph-0-80s-pg13-5-kabel-5m)_6090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp100et-ph-datchik-pg13-5-kabel-30m-s-termokompensatsiey_6098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph1320bw-vysokotemperaturnyy-ph-elektrod-dlya-silnyh-kislot-i-schelochey-(0-135s-pt1000-kabel-5m)_5903.html" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph1010j-promyshlennyy-teflonovyy-ph-elektrod-dlya-organiki-(0-60-c-kabel-5m)_5588.html" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/datchik-emerson-rbi-a10-d1-546-s1-05-k-30-t2_6192.html" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp101e-n1-ys-ph-datchik-keramika-(0-14ph-0-100c-pt1000-pg13-5-kabel-10m)_6203.html" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph1120pd-ph-elektrod-dlya-spirtov-ketonov-kislot-kabel-10m_6297.html" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph1120c-ph-elektrod-dlya-distillirovannoy-vody-kabel-10m_6306.html" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp126e-ph-datchik-dlya-slozhnyh-tehnologicheskih-protsessov-(0-135s-0-6bar-kabel-5m)_6322.html" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-elektrod-seko-sph-3-ww-9900105005_6373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/st410-steklyannyy-ph-elektrod_6377.html" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/ph-elektrod-seko-sph-1-s5-9900105116_6392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/asp127e-ph-datchik-dlya-vysokotemperaturnyh-protsessov-fermentatsii-(0-135s-0-6bar-kabel-5m)_6449.html" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/aspvp3351-ph-datchik-dlya-vysokotemperaturnyh-tehnologicheskih-protsessov-(0-135s-0-6bar-kabel-10m)_6450.html" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/aspb3151-ph-datchik-vysokotemperaturnyy-(0-110s-0-6bar-kabel-10m)_6469.html" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ph/aspa3151-ph-datchik-obschego-naznacheniya-(0-80s-0-6bar-kabel-10m)_6470.html" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/plastikovyy-elektrod-so100-dlya-ovp-metrov_315.html" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/promyshlennyy-ovp-elektrod-go100-vreznoy_457.html" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/sp-o2-smennyy-ovp-elektrod-dlya-orp200-v-zaschitnom-bokse_562.html" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orp-1110b-promyshlennyy-elektrod-ovp-(dlina-kabelya-10m)_3607.html" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orp03r-ovp-elektrod-dlya-amt03_3751.html" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/storp1-plastikovyy-gelevyy-ovp-elektrod_3847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/storp2-steklyannyy-obsluzhivaemyy-ovp-elektrod_3864.html" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/mps-orp-smennyy-datchik-ovp-dlya-mps-1400_4319.html" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orp-1110b-elektrod-ovp-dlina-kabelya-20m_5014.html" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/hi3131b-ovp-pt-elektrod-obschelaboratornogo-naznacheniya-ovp-titrovanie-zapravlyaemyy_5058.html" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/hi3230b-kombinirovannyy-platinovyy-orp-elektrod-obschego-naznacheniya-korpus-plastik_5059.html" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/r10-st-(30088020)-elektrod-ovp-dlya-karmannoy-versii-priborov-starter-st10r_5633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/r20-st-(30088021)-elektrod-ovp-dlya-karmannoy-versii-priborov-starter-st20r_5634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/103648-sentix-orp-elektrod-dlya-izmereniya-ovp-razem-as-(bez-kabelya)_5231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/hi36180-tsifrovoy-elektrod-ovp_5701.html" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orp100p-smennyy-datchik-dlya-ovp-metra_6034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/asr400-promyshlennyy-ovp-datchik-rezba-1-ntp-kabel-5m_6082.html" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orpx-100-promyshlennyy-ovp-elektrod-(-2000mv-0-100s-6bar-pg13-5-kabel-5m)_6088.html" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orpx-600-promyshlennyy-ovp-elektrod-(-2000mv-0-70s-0-6bar-npt3-4-kabel-5m)_6089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/orp1020p-promyshlennyy-ovp-elektrod-obschego-naznacheniya-kabel-5m_5592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ovp/asr100e-v0-ys-datchik-ovp-keramika-(plus-2000mv-0-100c-pt1000-pg13-5-kabel-10m)_6204.html" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-1-sp-1-psc-datchik-dlya-konduktometrov-i-solemerov-psc-150-psc-154-cic-152_113.html" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/601-s-ionoselektivnyy-elektrod-caplus-i-mgplus-_3140.html" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-c1-smennyy-elektrod-dlya-konduktometra-hm-digital-com100_3267.html" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con3134-14-elektrod-s-yacheykoy-1-0sm-1-na-diapazon-0-5-2000mksm-korpus-nerzh-stal_2927.html" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con2136-13-grafitovyy-elektrod-s-yacheykoy-10sm-1-na-diapazon-0-05-20-millisimens_2929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp2-komplekt-datchikov-dlya-solemerov-dm1_2936.html" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con1134-13-elektrod-s-yacheykoy-1-0sm-1-na-diapazon-0-5-2000mksm-korpus-plastik_3134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con3133-13-elektrod-s-yacheykoy-0-1sm-1-na-diapazon-ot-0-5-200mksm-korpus-nerzh-stal_3136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con3132-13-elektrod-s-yacheykoy-0-05sm-1-na-diapazon-0-05-18-25mom-sm-korpus-nerzh-stal_3611.html" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con3131-13-titanovyy-elektrod-s-yacheykoy-0-01cm-1-na-diapazon-0-05-18-25mom-(20-0-05mksm)-_3687.html" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con2124a-13-elektrod-grafitovyy-s-yacheykoy-1-0sm-dlya-konduktometrov_3694.html" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/ec03r-konduktometricheskiy-elektrod-dlya-amt03_3796.html" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-5-odinarnyy-datchik-dlya-dm2-(razem-4-pin)_3802.html" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-1-elektrod-dlya-konduktometrov-i-solemerov-ps-100-pc-100-ps-200-ps-202_3806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/stcon7-elektrod-dlya-izmereniya-elektroprovodnosti-(0-02-mksm-sm-200-mksm-sm)_3852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/stcon3-4-h-elektrodnyy-datchik-(2-mksm-sm-200-msm-sm)_3858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con3123a-13-elektrod-s-yacheykoy-0-1sm-1-diapazon-0-5-200mksm-sm_3877.html" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/doz3135-13-smennyy-datchik-rastvorennogo-kisloroda-dlya-mps-1400_4318.html" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-c2-konduktometricheskiy-elektrod-dlya-hm-200_4585.html" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-c5-konduktometricheskiy-elektrod-dlya-hm-500-hm-501_4666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/hi763100-datchik-provodimosti-dlya-edge_5061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/sp-1-ps-elektrod-dlya-konduktometrov-ps-50-54_5094.html" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/ct10a-st-(30087994)-elektrod-dlya-karmannoy-versii-priborov-starter-st10c-a-st10t-a_5627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/ct20a-st-(30087997)-elektrod-dlya-karmannoy-versii-priborov-starter-st20c-a-st20t-a_5628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/ct10b-st-(30087995)-elektrod-dlya-karmannoy-versii-priborov-starter-st10c-b-st10t-b_5629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/ct20b-st-(30087998)-elektrod-dlya-karmannoy-versii-priborov-starter-st20c-b-st20t-b_5630.html" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/cs10c-st-(30087996)-elektrod-dlya-karmannoy-versii-priborov-starter-st10c-s-st10s_5631.html" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/cs20c-st-(30087999)-elektrod-dlya-karmannoy-versii-priborov-starter-st20c-s-st20s_5632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/hi76301d-datchik-dlya-hi8734_5702.html" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/hi76302w-konduktometricheskiy-datchik-dlya-hi8733-i-hi9033_5703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/301710-tetracon-925-tsifrovoy-4h-elektrodnyy-datchik-1-m_5241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/301711-tetracon-925-3-tsifrovoy-4h-elektrodnyy-datchik-3-m_5242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/301960-tetracon-325-konduktometricheskiy-datchik-kabel-1-5-m_5243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/con2136-13-elektrod-dlya-konduktometrov-(0-20msm)-kabel-30m_6102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/asck-k0-1-datchik-uep-(0-05-200mksm-0-100c-pt1000-do-5bar-1-2-nerzh-stal-316l)_6170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/asck-k1-datchik-uep-(5-2000mksm-0-100c-pt1000-do-5bar-nerzh-stal-316l)_6175.html" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/asck-k0-01-datchik-uep-(0-05-20mksm-0-100c-pt1000-do-5bar-nerzh-stal-316l)_6176.html" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-dlya-konduktometrov/301995-kle325-standartnaya-dvuhelektrodnaya-konduktometricheskaya-yacheyka_6312.html" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ionoselektivnye/cl6403w-14-datchik-hlora_4105.html" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elektrody-ionoselektivnye/create-o3-datchik-ozona-dlya-poz-8300_5983.html" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/6f22-element-pitaniya-9v_2910.html" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/6f22-element-pitaniya-9v-5-sht_2911.html" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/6f22-element-pitaniya-9v-5-sht_2912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/cr2032-element-pitaniya-3v_2913.html" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/cr2032-element-pitaniya-3v_2914.html" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/cr2032-element-pitaniya-3v_2915.html" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/aaa-element-pitaniya-1-5v_3144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/357a-element-pitaniya-1-5v_3145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/ag13-element-pitaniya-1-5v_3146.html" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/cr2016-element-pitaniya-3v_3147.html" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/cr2025-element-pitaniya-3v_3148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/komplektuyuschie/elementy-pitaniya/dc12-adapter-pitaniya-12v-dlya-registratora-temperatury_3878.html" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-pc-100-monitor-kontroller-kachestva-vody_127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-solemer-psc-150-monitor-kontroller-kachestva-vody_469.html" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-monitor-cm-230_530.html" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-monitor-sm-230a_531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-kontroler-cm-230d_532.html" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-monitor-sm-240_533.html" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-kontroler-create-dck-8520_534.html" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/kontroller-konduktometr-create-roc-2315-(cct-7320)-dlya-sistem-obratnogo-osmosa-_662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/monitor-soprotivleniya-rm-220_537.html" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-solemer-kontroler-s-tokovym-vyhodom-psc-154_540.html" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/kontroller-create-roc-2015-(roc-2008)-dlya-sistem-obratnogo-osmosa-_663.html" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/kontroller-soprotivleniya-rct-3200e_2788.html" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/roc-8221-(cct-8320)-kontroller-dlya-sistem-obratnogo-osmosa-s-dvumya-elektrodami_2830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cct-3320-promyshlennyy-konduktometr-s-vyborom-datchika-(1-rele-4-20ma-220v)_2839.html" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-kontroller-create-cct-8301a-s-tsvetnym-multidispleem-_2868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-monitor-cct-3320a-s-tokovym-vyhodom-4-20ma_2869.html" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-kontroler-cct-3320d-s-rele_2887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-roc-4313-(cct-9300)-monitor-kontroller-dlya-promyshlennyh-sistem-obratnogo-osmosa_2925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cct-3320t-promyshlennyy-konduktometr-s-vyborom-datchika-(4-20ma-220v)_2966.html" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/cct-8302a-kontroller-solesoderzhaniya-elektroprovodnosti-soprotivleniya_3551.html" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cct-8301-konduktometr-kontroller-s-grafitovym-induktsionnym-elektrodom_3729.html" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/lsm-100-konduktometr-solemer-monitor-urovnya-tds-ec-vody_3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/hm-digital-psc-54-(ps-54s-ma)-kontroller-urovnya-tds-ec-vody-s-rele-i-tokovym-vyhodom_3745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/dvuh-lineynyy-hm-digital-psc-54-(ps-54d-ma)-monitor-urovnya-tds-ec-vody-s-tokovym-vyhodom_3746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cct-7320a-vysokotemperaturnyy-konduktometr-kontroller-_3756.html" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-rct-3320e-kontroller-soprotivleniya-0-5-18mom-pitanie-220v_3235.html" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cct-3300-promyshlennyy-konduktometr-s-vyborom-datchika-(1-rele-4-20ma-24v)_3807.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/ldm-100r-dvuhkanalnyy-konduktometr-solemer-monitor-urovnya-tds-ec-vody-s-dvumya-datchikami_3824.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/cit-8800-kontsentratomer-s-induktsionnym-elektrodom_3943.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/roc-7000-sistema-upravleniya-protsessom-ochistki-i-podgotovki-vody_3951.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-crd-2221-13-tsifrovoy-datchik-soprotivleniya-(0-05-18-25mom)-s-vyhodom-rs-485_3962.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-crd-2226-tsifrovoy-datchik-elektroprovodnosti-(0-5-20msm)-rs-485_3964.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-crd-2223-tsifrovoy-datchik-elektroprovodnosti-(0-5-200mksm)-rs-485_3965.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-crd-2224-tsifrovoy-datchik-elektroprovodnosti-(0-5-2000mksm)-rs-485_3966.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/cct-3320v-konduktometr-promyshlennyy_4997.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/cct-8930-vzryvozaschischennyy-konduktometr_4963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/hda-7000-promyshlennyy-izmeritel-zhestkosti-vody_5810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cd-223-tsifrovoy-datchik-elektroprovodnosti-(1sm-1-0-5-2000mksm-rs-485-1-2-kabel-10m)_5954.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-cd-222-tsifrovoy-datchik-elektroprovodnosti-(yacheyka-0-1sm-0-5-200mksm-rs-485-1-2-kabel-10m)_5985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-rd-221-tsifrovoy-datchik-soprotivleniya-(yacheyka-0-01sm-0-05-18-25mom-rs-485-1-2-kabel-10m)_5986.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/konduktometr-promyshlennyy-temp-do-150s-rs485-4-20ma-pitanie-220v_6103.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/ddm-2000-tsifrovoy-datchik-uep-(0-20mksm-3-4-npt-rs-485-kabel-5m)_6137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/ddm-2000-tsifrovoy-datchik-uep-(0-200mksm-3-4-npt-rs-485-kabel-5m)_6149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/dec-351-tsifrovoy-datchik-uep-(0-100msm-0-50c-atc-6bar-titan-rs485-kabel-10m)_6177.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/dec-790p-tsifrovoy-datchik-uep-(0-10msm-0-5g-l-5ppt-0-50c-atc-5bar-rs485-kabel-5m)_6178.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/ecounit-ddm-406a-tsifrovoy-datchik-uep-(0-200msm-3-4-npt-rs-485-kabel-5m)_6235.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/create-crd-6102-datchik-uep-dlya-vysokih-temperatur-(0-200mksm-10plus120s-triclamp-kabel-10m)_6434.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/dec-360-tsifrovoy-datchik-uep-(0-001-200msm-6bar-tiplus316l-rs485-kabel-10m)_6463.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/6573.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/kontrollery/edk-3000-konduktometricheskiy-datchik(500mksm-2000msm-0-120s-3bar-npt3-4-rs485-ip68)_6595.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/laboratornye/ohaus-st3100c-f-laboratornyy-konduktometr-solemer-s-elektrodom-i-derzhatelem-(gosreestr)_3841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/laboratornye/ohaus-st3100c-b-laboratornyy-konduktometr-solemer-s-vyborom-elektroda-(gosreestr)_3844.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/laboratornye/hi2003-02-tsifrovoy-konduktometr-serii-edge_4246.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/laboratornye/hi2030-02-edge-universalnyy-pribor-v-komplekte-s-datchikom-provodimosti_4286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/laboratornye/hi2315-02-laboratornyy-konduktometr_5129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/laboratornye/ab33ec-f-laboratornyy-konduktometr_6028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/monitory/dm2-ec-monitor-elektroprovodnosti_3261.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/konduktometr-solemer-termometr-com100-tri-pribora-v-odnom!_108.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/konduktometr-aquapro-2_539.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/com80-konduktometr-solemer-termometr-tri-pribora-v-odnom!_2921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/ohaus-st300c-portativnyy-konduktometr-solemer-s-elektrodom-(gosreestr)_3837.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/ohaus-st300c-b-portativnyy-konduktometr-solemer-s-vyborom-elektroda-(gosreestr)_3843.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/st10c-b-karmannyy-konduktometr-0-1999mksm-sm-(gosreestr)_3884.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/st10c-c-karmannyy-konduktometr-ot-0-do-20msm-sm;-shag-10mksm-sm;-pogr-2-5-(gosreestr)_3885.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/st20c-c-portativnyy-konduktometr-ot-0-do-20msm-sm;-shag-10mksm-sm;-pogr-1-5-(gosreestr)_3886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/st20c-b-karmannyy-konduktometr-0-1999mksm-sm;-shag-1mksm-sm;-pogr-1-5-(gosreestr)_3889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/st10c-a-konduktometr-dlya-distillirovannoy-vody-0-199mksm-sm;-shag-0-1-mksm-sm;-pogr-2-5-(gosreestr)_4069.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/st20c-a-konduktometr-dlya-distillirovannoy-vody-0-199mksm-sm;-shag-0-1-mksm-sm;-pogr-1-5-(gosreestr)_4072.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98308-pwt-karmannyy-konduktometr-dlya-obescolennoy-vody_4123.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi8733-portativnyy-mnogodiapazonnyy-konduktometr_4139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98304-dist-4-karmannyy-konduktometr_4132.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98303-dist-3-karmannyy-konduktometr_4242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98331-konduktometr-dlya-pochvy_4245.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98301-dist-1-karmannyy-konduktometr_4259.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98302-dist-2-karmannyy-konduktometr_4260.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98311-dist-5-karmannyy-konduktometr_4262.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98312-dist-6-karmannyy-konduktometr_4265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi9033-portativnyy-mnogodiapazonnyy-konduktometr_4281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi8734-portativnyy-mnogodiapazonnyy-konduktometr_4283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hm-digital-ec-3-konduktometr-karmannyy-s-chehlom_5089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98192-vlagozaschischennyy-portativnyy-konduktometr-tds-nacl-metr-s-izmereniem-udelnogo-soprotivleniya_5128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/ec-2000-konduktometr-solemer-dlya-pochvy_5683.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/ec-3185-konduktometr-solemer-dlya-pochvy-i-pitatelnyh-rastvorov-s-vneshnim-datchikom-(dlina-kabelya-650mm)_5690.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98318-groline-vlagozaschischennyy-ec-tds-tester_5712.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/hi98309-upw-karmannyy-konduktometr-dlya-ultrachistoy-vody_5779.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/konduktometry/portativnye/az8306-perenosnoy-konduktometr-solemer-v-keyse_6358.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/lazernye-dalnomery-lineyki/ar861-lazernaya-lineyka-60-metrov-lazernyy-dalnomer_2775.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/lazernye-dalnomery-lineyki/amf106-lazernaya-ruletka-60-metrov_3883.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/lazernye-dalnomery-lineyki/amd100-lazernaya-lineyka-(0-05-100m)_5024.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/ultrazvukovye-dalnomery/dalnomer-ultrazvukovoy-ar841_477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/ultrazvukovye-dalnomery/dalnomer-ultrazvukovoy-ar851_478.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/ultrazvukovye-dalnomery/dalnomer-ultrazvukovoy-dlya-izmereniya-vysoty-do-vysokovoltnyh-liniy-ar600e_479.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lazernye-dalnomery/ultrazvukovye-dalnomery/create-ulm-8920-datchik-urovnya-ultrazvukovoy-s-vyhodom-rs-485_3963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lyuksmetry-tsifrovye/ar813-tsifrovoy-_579.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lyuksmetry-tsifrovye/ar823-tsifrovoy-s-vynosnym-datchikom_580.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lyuksmetry-tsifrovye/lx1330b-tsifrovoy-s-vynosnym-datchikom_643.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lyuksmetry-tsifrovye/testo-540_4681.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lyuksmetry-tsifrovye/hs-1010a-tsifrovoy-izmeritel-osveschennosti_5855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/lyuksmetry-tsifrovye/els-03-datchik-osveschennosti-rs-485-modbus-rtu_6122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/m901-laboratornaya-magnitnaya-meshalka-s-shtativom_254.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/vortex2-orbitalnaya-meshalka_3223.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/skl-180-lineynaya-meshalka_3225.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/msh-2-magnitnaya-meshalka-120h120mm-s-podogrevom-i-derzhatelem-dlya-elektrodov_3803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/sko-180-laboratornaya-meshalka-orbitalnaya_3809.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/ohaus-fc5306-tsentrifuga-laboratornaya_3827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/sko-300-orbitalnaya-meshalka_3998.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/ms-400-magnitnaya-meshalka-s-podogrevom-do-400s_3968.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/hi200m-2-magnitnaya-meshalka_4258.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/msh-3-magnitnaya-meshalka-do-3l-170h170mm-s-podogrevom-i-derzhatelem-dlya-elektrodov_4316.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/amt550-magnitnaya-meshalka-20l-s-nagrevom-do-540s_4570.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/amtpro-magnitnaya-meshalka-20l-s-podogrevom-do-340s_4571.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/hi731319-magnity-dlya-magnitnyh-meshalok-25h7-mm-10-sht-up_4683.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/hi731320-magnity-dlya-magnitnyh-meshalok-50h7-mm-10-sht-up_4684.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/msclt-magnitnaya-meshalka-s-taymerom-(poverhnost-125mm-do-3l)_4987.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/mcsclt-magnitnaya-meshalka-s-taymerom-i-akkumulyatorom-(poverhnost-125mm-do-3l)_4988.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/mscl-magnitnaya-meshalka-(poverhnost-125mm-do-3l)_4989.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/magnit-dlya-meshalki-6h35-mm_4990.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/mcscl-magnitnaya-meshalka-s-akkumulyatorom-(poverhnost-125mm-do-3l)_4986.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/amt-m02-mini-tsentrifuga-4000-ob-min_5026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/amt-m06-mini-tsentrifuga-s-reguliruemoy-skorostyu-vrascheniya-do-10000-ob-min_5027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/magnit-(yakor)-dlya-meshalki-8h25-mm_5656.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/magnit-(yakor)-dlya-meshalki-9h40-mm_5657.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/ms-088-magnitnaya-meshalka-s-derzhatelem-dlya-elektrodov-(0-2300-ob-min)-do-1-litra_5680.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/hi180e-2-magnitnaya-meshalka-tsvet-zelenyy_5713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/magnitnye-meshalki-vorteksy-tsentrifugi/ohaus-as20-magnitnaya-meshalka-dlya-ph-metrov-i-konduktometrov_6390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/differentsialnyy-manometr-testo-312-4_4712.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/bazovyy-komplekt-difmanometra-testo-312-4-so-shlangami-i-printerom_4714.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-512-differentsialnyy-manometr-ot-0-do-20-gpa_4725.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-570-2-komplekt-tsifrovoy-manometricheskiy-kollektor_4914.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-510-difmanometr-c-soedinitelnymi-shlangami_4918.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-511-manometr-absolyutnogo-davleniya_4919.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-512-differentsialnyy-manometr-ot-0-do-2-gpa_4920.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-512-differentsialnyy-manometr-ot-0-do-200-gpa_4921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-512-differentsialnyy-manometr-ot-0-do-2000-gpa_4922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-510i-smart-zond-manometr-differentsialnogo-davleniya-s-bluetooth-upravlyaemyy-so-smartfona-plansheta_4933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/testo-549i-smart-zond-manometr-vysokogo-davleniya-s-bluetooth-upravlyaemyy-so-smartfona-plansheta_4934.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/manometry-difmanometry/nabor-smart-zondov-testo-dlya-sistem-otopleniya-termometr-dlya-trub-(zazhim)-difmanometr-ik-termometr_4941.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/metallodetektory-detektory-provodki/kabelnyy-tester-trassoiskatel-mastech-ms6812_5977.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/metallodetektory-detektory-provodki/detektory-provodki/ms-6818-professionalnyy-detektor-armatury-trub-kabeley-provodki_5852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/metallodetektory-detektory-provodki/metalloiskateli/metalloiskatel-portativnyy-ruchnoy-ar934_3129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/metallodetektory-detektory-provodki/metalloiskateli/mdx01-metallodetektor-ruchnoy-dlya-sotrudnikov-ohrany_3797.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/ar867-termometr_2764.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/ar807-termometr_2766.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/kt903-termometr_2837.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/aw005-meteostantsiya-s-tsvetnym-displeem-i-besprovodnym-datchikom_3744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/htc-2-mini-s-funktsiey-izmereniya-vlazhnosti-i-temperatury-vozduha_2969.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/th90-termometr_3759.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/th95-izmeritel_3900.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/th96-izmeritel_3901.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/aw007-mehanicheskiy-barometr-s-termometrom-i-psihrometrom_4966.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/aw002-meteostantsiya-professionalnaya-s-pamyatyu-plus-po-dlya-kompyutera_5093.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/om1-osadkomer-izmeritel-urovnya-dozhdevyh-osadkov_5618.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/uctech-ft-0310-professionalnaya-meteostantsiya_5879.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/om2-osadkomer-do-40mm-kv-m-s-summiruyuschey-lineykoy_5888.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/rg-3-osadkomer-na-shtyre_6018.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/rg-4-osadkomer-ploskiy-na-shtyre_6019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/rg-5-osadkomer-do-150mm-konusnyy-s-krepleniem_6020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/rg-6-osadkomer-bolshoy-do-250mm_6021.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/aw012-tsifrovoy-osadkomer-s-besprovodnym-datchikom-temperatury-i-osadkov_5566.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/rg-7-osadkomer-konusnyy-s-mernoy-chernoy-shkaloy-na-shtyre-do-50mm_6224.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/rg-8-osadkomer-zheltyy-s-mernoy-shkaloy-na-shtyre-do-20mm_6225.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/professionalnaya-meteostantsiya-davis-vantage-pro2-6252eu_6444.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/professionalnaya-meteostantsiya-davis-vantage-vue-6242eu_6445.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/6575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/s-wi-fi/aw006-professionalnaya-meteostantsiya-s-wifi-i-prilozheniem-dlya-telefona_3909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/s-wi-fi/amtast-aw003-s-tft-displeem-plus-prilozhenie-dlya-telefona_4663.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/s-wi-fi/ft-0361-meteostantsiya-professionalnaya-s-datchikami-i-peredachey-dannyh-wifi_6154.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/meteostantsii/s-datchikom-vetra-i-dozhdya/aw001-professionalnaya-meteostantsiya-s-besprovodnymi-datchikami_2940.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/multimetry-tsifrovye/ut890c-multimetr-true-rms-(obnovlennaya-model)_5833.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/multimetry-tsifrovye/tsifrovoy-multimetr-mastech-ms8211_5975.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/amt21-portativnyy-izmeritel-mutnosti_3947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/amt27-portativnyy-izmeritel-mutnosti_3949.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/create-tur-2000-tsifrovoy-datchik-zamutnennosti-s-vyhodom-rs-485_3961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/hi98703-02-izmeritel-mutnosti-portativnyy_4266.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/hi98713-02-turbidimetr_4267.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/hi88703-02-nastolnyy-izmeritel-mutnosti-0-4000-ntu_5162.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/hi88713-02-nastolnyy-ik-mutnomer_5163.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/tur-200-portativnyy-mutnomer-(0-200ntu)_5641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/tur-6214-promyshlennyy-mutnomer-(0-1-4000ntu-rs-485-nerzh-stal-kabel-10m)_6128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/ecounit-tur-306-datchik-mutnosti-(0-1000ntu-rs485-kabel-5m-pom)_6234.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/col-408-s-datchik-tsvetnosti-i-mutnosti-(0-500hz-0-100ntu-rs-485-modbus-kabel-5m)_6378.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/mutnomery/tur-1000-portativnyy-mutnomer-(0-1000ntu)_6416.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/nasosy/nasos-pompa-220v-dlya-butilirovannoy-vody-19-litrov-(dlya-odnoy-butyli)_5681.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/nasosy/nasos-pompa-220v-dlya-butilirovannoy-vody-19-litrov-(dlya-dvuh-butyley)_5682.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/nasosy/starflo-nasos-12-5l-min-2-4-bar-24v-s-filtrom-i-s-fitingami_6060.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/nasosy/doziruyuschiy-nasos-11l-ch-s-panelyu-upravleniya-_6567.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/kontrollery-ovp/ovp-metr-create-orp-662-monitor-kontroler_2792.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/kontrollery-ovp/orp-306-tsifrovoy-ovp-datchik-(-1500mv-0-65c-12-24v-rs-485-modbus-1-2npt-kabel-5m)_6148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/kontrollery-ovp/edovp-500-datchik-ovp-redoks-(-2000mv-0-50s-0-6mpa-npt3-4-4-20ma-ip68-kabel-5m)_6572.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/ovp-metr-orp-169b-pribor-dlya-izmereniya-potentsiala-vody_117.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/orp-169e-portativnyy-vysokotochnyy-pribor-dlya-analiza-ovp_321.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/hm-digital-orp-200-portativnyy-pribor-dlya-izmereniya-ovp_324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/ovp-metr-orp-169a-pribor-dlya-izmereniya-potentsiala-vody_622.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/orp-16961-udobnyy-pribor-dlya-izmereniya-ovp-vody_3241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/orp2000-stabilizirovannyy-ovp-metr-dlya-izmereniya-potentsiala-vody_3762.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/st10r-portativnyy-izmeritel-ovp_3887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/st20r-portativnyy-izmeritel-ovp_3888.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/hi98120-orp-karmannyy-izmeritel-red-ox-potentsiala_4255.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/hi98201-orp-izmeritel-red-ox-potentsiala_4278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/orp-2069-byudzhetnyy-tsifrovoy-ovp-metr_5640.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/orp-100-portativnyy-ovp-metr-s-avtokompensatsiey-po-temperature_5645.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/ovp-metry/portativnye-ovp-metry/orp-16911-portativnyy-analizator-ovp_5686.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/parogeneratory-dlya-sauny-i-hamama/parogenerator-ecohamam-9kvt-380v-(do-11-kub-m)_5063.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/parogeneratory-dlya-sauny-i-hamama/parogenerator-ecohamam-6kvt-220v-(do-7-kub-m)_5064.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/parogeneratory-dlya-sauny-i-hamama/parogenerator-ecohamam-12kvt-380v-(do-14-kub-m)_5065.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/parogeneratory-dlya-sauny-i-hamama/parogenerator-ecohamam-15kvt-380v-(do-18-kub-m)_5066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/parogeneratory-dlya-sauny-i-hamama/parogenerator-ecohamam-premium-6kvt-220v-(do-5-kub-m)_5097.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/pribory-i-instrumenty-dlya-agronomov/lupa-bolshaya-12h-diametr-95mm-s-podsvetkoy-(12-led)_5898.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/pribory-i-instrumenty-dlya-agronomov/lupa-agronoma-5h-skladnaya-s-izmeritelnoy-shkaloy_5900.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/pribory-i-instrumenty-dlya-agronomov/umnaya-wifi-tuya-gidroponnaya-sistema-vyraschivaniya-rasteniy_6123.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/pribory-i-instrumenty-dlya-agronomov/premium-wifi-gidroponnaya-sistema-vyraschivaniya-rasteniy_6418.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/promyshlennye-datchiki-ph-ovp-ec-kisloroda-mutnosti-hlora-nitratov-azota/dph890-t-tsifrovoy-datchik-ph-(0-14ph-0-50c-atc-1bar-rs485-pom-titan-kabel-5m)_6180.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/promyshlennye-datchiki-ph-ovp-ec-kisloroda-mutnosti-hlora-nitratov-azota/edvch-400n-datchik-vzveshennyh-chastits-(0-2000mg-l-0-1mg-l-rs485-4-20ma-nerzh-kabel-5m_6238.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/promyshlennye-datchiki-ph-ovp-ec-kisloroda-mutnosti-hlora-nitratov-azota/edn-400n-datchik-nefteproduktov-v-vode-(0-40mg-l-0-01mg-l-rs485-modbus-rtu-nerzh-stal)_6448.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/promyshlennye-kontrollery-i-datchiki/pof-2200-promyshlennyy-izmeritel-ionov-ftora_5665.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/promyshlennye-kontrollery-i-datchiki/etsku-205-universalnyy-kontroller-dlya-datchikov-rs-485_6236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/rashodomery-datchiki-potokov/create-fct-8350-(wlg-8350)-rashodomer-potoka-zhidkosti-s-datchikom_3641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/rashodomery-datchiki-potokov/create-fcd-2000-tsifrovoy-datchik-obema-potoka-s-rs-485_3958.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/rashodomery-datchiki-potokov/flp-1600-tsifrovoy-datchik-skorosti-i-obema-potoka_5663.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/rashodomery-datchiki-potokov/ufc-8021-kontroller-dlya-sistem-ultrafiltratsii_5664.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/rashodomery-datchiki-potokov/create-fet-1031-elektromagnitnyy-rashodomer_5792.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-vina/rhbs-32atc-refraktometr-dlya-vina_2853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-vina/rhbs-44atc-refraktometr-dlya-vina_2854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-vina/rhw-25batc-refraktometr-dlya-opredeleniya-saharozy-i-kreposti-vina_5020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/refraktometr-rhb-32atc_589.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/refraktometr-rhb-90atc_597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/refraktometr-rhb0-80_598.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/hm-digital-scm1000-tsifrovoy-refraktometr-brix_3274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/hm-digital-scm1000bt-(btr1000)-tsifrovoy-refraktometr-s-funktsiey-bluetooth_3876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/difluid-air-tsifrovoy-refraktometr-dlya-sahara-(0-32-brix)-i-prilozhenie-dlya-smartfona_5857.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/smartsensor-st-335a-tsifrovoy-refraktometr_6140.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/smartsensor-st-550-tsifrovoy-refraktometr-(0-55-brix)_6249.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-saharozy-(briks-brix)/smartsensor-st-600-tsifrovoy-refraktometr-dlya-sahara-meda-(0-93-brix)_6361.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-soli-v-zhidkosti-i-tuzluke/refraktometr-kontsentratsii-soli-brix-salt-udelnogo-vesa-rhs10batc-(vbs1)_599.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-soli-v-zhidkosti-i-tuzluke/refraktometr-kontsentratsii-soli-rhs-28batc-(vbs2)-_600.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-soli-v-zhidkosti-i-tuzluke/hm-digital-rsm1000bt-tsifrovoy-refraktometr-soli-c-bluetooth_3812.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-soli-v-zhidkosti-i-tuzluke/hm-digital-rsm-1000-tsifrovoy-refraktometr-dlya-soli_3875.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-soli-v-zhidkosti-i-tuzluke/rhb-28atc-refraktometr-dlya-kontsentratsii-soli-(0-do-28-)_5827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-izmereniya-soli-v-zhidkosti-i-tuzluke/rhb-100atc-refraktometr-dlya-kontsentratsii-soli-(0-do-100-)_5832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-kislot-hladagentov-antifrizov-mocheviny-adblue/refraktometr-dlya-tehnicheskih-zhidkostey-rha-503c-(vbc4)_2856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-kislot-hladagentov-antifrizov-mocheviny-adblue/refraktometr-dlya-tehnicheskih-zhidkostey-vbc8_2857.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-kislot-hladagentov-antifrizov-mocheviny-adblue/adb-refraktometr-kontsentratsii-mocheviny-abblue-def_5103.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-kofe/hm-digital-btr-1000c-tsifrovoy-refraktometr-dlya-kofe_3970.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-kofe/amr300-izmeritel-kontsentratsii-i-plotnosti-kofe_4070.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-kofe/difluid-cofee-tsifrovoy-refraktometr-dlya-kofe-(0-26-tds-0-32-brix)-i-prilozhenie-dlya-smartfona_5853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-meda-(-)/rhb-92atc-refraktometr-dlya-meda_2832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-meda-(-)/refraktometr-dlya-izmereniya-vlazhnosti-meda-rhh1230_2849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-meda-(-)/difluid-ultimate-tsifrovoy-refraktometr-dlya-sahara-meda-(0-95-brix)-i-prilozhenie-dlya-smartfona_5867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-moloka/refraktometr-dlya-moloka-vmk1_2858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-moloka/refraktometr-dlya-opredeleniya-soderzhaniya-vody-v-moloke-vmk2_2859.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-mochi-syvorotki-i-proteina/refraktometr-dlya-opredeleniya-plotnosti-mochi-syvorotki-proteina-vur3t_2860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-mochi-syvorotki-i-proteina/amr016-vysokotochnyy-refraktometr-klinicheskogo-proteina-plazmy-i-mochi-zhivotnyh_4957.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-mochi-syvorotki-i-proteina/amr-310-tsifrovoy-refraktometr-veterinarnyy_5847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-smazochno-ohlazhdayuschih-zhidkostey/vem1t-(amr011)-refraktometr-dlya-emulsiy-sozh-_2855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-spirta-(-obemnyh)/amr015-refraktometr-dlya-izopropilovogo-spirta-0-60-_5013.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-spirta-(-obemnyh)/am-1-spirtomer-areometr_5819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-spirtnyh-napitkov-piva-kvasa/rhw-80-refraktometr-dlya-spirtosoderzhaschih-napitkov_2851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-spirtnyh-napitkov-piva-kvasa/refraktometr-dlya-opredeleniya-kreposti-vina-rhw25atc-(0-25-vol)_2852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-spirtnyh-napitkov-piva-kvasa/amr-309-tsifrovoy-refraktometr-dlya-piva_5861.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-tormoznyh-zhidkostey/refraktometr-dlya-tormoznyh-zhidkostey-vbk2_2850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/refraktometry/dlya-tormoznyh-zhidkostey/am001-indikator-kachestva-tormoznoy-zhidkosti-dot4_3222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/sistemy-upravleniya-obratnym-osmosom/consmartal-promyshlennyy-kontroller-upravleniya-sistemoy-obratnogo-osmosa-ro-(odna-stupen)-s-datchikami_6485.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/kontrollery/solemer-ps-100-monitor-kontroller-kachestva-vody_104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/kontrollery/solemer-ps-202-dvuhdispleynyy-monitor-kontroller-kachestva-vody_106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/kontrollery/solemer-ps-200-dvuhkanalnyy-monitor-kontroller-kachestva-vody_105.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/kontrollery/cic152-kontroller-tds-ec-dlya-upravleniya-dozirovaniem-i-vpryskivaniem_3125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/kontrollery/ddm-203-tsifrovoy-datchik-solenosti-(0-70psu-3-4-npt-4-20ma-kabel-5m)_6139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/kontrollery/ps-203-solemer-dvuhkanalnyy-monitor-kontroller-kachestva-vody-s-dvumya-datchikami_6355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/dual-tds-monitor-1-on-layn-monitor-effektivnosti-ochistki-vody_114.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/dual-tds-monitor-2-on-layn-monitor-effektivnosti-ochistki-vody_115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/hm-digital-ctm-elektronnyy-taymer-s-podschetom-tds-i-vremeni-raboty-filtra-svetovoy-indikatsiey_116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/fm-1-kompyuternyy-analizator-stepeni-zagryazneniya-filtra_553.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/fm-2-kompyuternyy-analizator-stepeni-zagryazneniya-filtra-s-datchikom-obema-vody_554.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/monitor-solesoderzhaniya-i-elektroprovodnosti-qc-1_3124.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/trm-1-trehlineynyy-monitor-kachestva-vody-_3268.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/pm-2-monitor-chistoty-vody_3568.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/pm-1-oem-monitor-chistoty-vody_3565.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/tds-monitor-sm-1-onlayn-monitor-effektivnosti-ochistki-vody_3742.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/ecm1-ecomaster-on-layn-analizator-kachestva-vody-tds-metr_3948.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/monitory/dm3-dual-tds-monitor-3-on-layn-monitor-effektivnosti-ochistki-vody_6248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-hm-digital-tds-meter-4tm-analizator-kachestva-vody-so-vstroennym-termometrom_102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-hm-digital-tds-meter-4-analizator-kachestva-vody_103.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-tds-meter-ez-usovershenstvovannyy-analizator-kachestva-vody_145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/komplekt-solemer-tds-meter-3-i-kalibrovochnyy-rastvor_2842.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/komplekt-solemer-tds-meter-5-tds-ez-i-kalibrovochnyy-rastvor_2815.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/komplekt-solemer-aquapro-ap-1-i-kalibrovochnyy-rastvor_2843.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-hm-digital-aquapro-1_538.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-hm-digital-tds-meter-3-analizator-kachestva-vody-so-vstroennym-termometrom_555.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-hm-digital-zt2-(0-999mg-l)_673.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/hm-digital-sb-2000-izmeritel-solenosti_3272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/hm-digital-sb-1500w-izmeritel-solenosti-i-kontsentratsii-ionov-natriya-(naplus)_3273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/solemer-hm-digital-tds-meter-3-hold-analizator-kachestva-vody-bez-termometra_3638.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/sb-500-izmeritel-kontsentratsii-soli-(do-5-50g-l)_3810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/st20s-solemer-s-shirokim-diapazonom-0-80-g-l;-shag-0-1-g-l;-pogr-1-5-(gosreestr)_4073.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/kl-712-solemer-izmeritel-kachestva-dlya-vody_4085.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/st10t-a-karmannyy-solemer-0-100mg-l;-shag-0-1mg-l;-pogr-2-5-(gosreestr)_5620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/st10t-b-karmannyy-solemer-0-1000mg-l;-shag-1mg-l;-pogr-2-5-(gosreestr)_5621.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/st20t-a-karmannyy-solemer-0-100mg-l;-shag-0-1mg-l;-pogr-1-5-;-temperatura-0-0-99-0s-(gosreestr)_5622.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/st20t-b-karmannyy-solemer-0-1000mg-l;-shag-1mg-l;-pogr-1-5-;-temperatura-0-0-99-0s-(gosreestr)_5623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/st10s-solemer-0-10-ppt;-shag-0-1-ppt;-pogr-2-5-(gosreestr)_5624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/solemery-tds-metry/portativnye/sal-1000-izmeritel-solenosti-(do-20-200g-l)_5693.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/spektrofotometry/dr-3900-spektrofotometr-laboratornyy-dlya-analiza-vodnyh-sred-(bez-rfid)_5115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/spektrofotometry/dr-3900-spektrofotometr-laboratornyy-dlya-analiza-vodnyh-sred-(s-rfid-identifikatsiey)_5116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/spektrofotometry/dr-6000-laboratornyy-spektrofotometr-(bez-rfid)_5117.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/spektrofotometry/spad-plus-spektralnyy-izmeritel-urovnya-hlorofilla-vody-i-azota-v-liste_6471.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/spektrofotometry/spad-spektralnyy-izmeritel-urovnya-hlorofilla-po-listu-rasteniya-_6475.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/kontaktnyy-tsifrovoy-tahometr-ar925_2881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/dt2240b-tsifrovoy-lazernyy-tahometr_3128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/testo-460-kompaktnyy-tsifrovoy-lazernyy-tahometr-ot-100-do-30000-ob-min_4925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/testo-465-beskontaktnyy-tahometr-ot-1-do-100000-ob-min-_4926.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/testo-470-vysokotochnyy-beskontaktnyy-tahometr-ot-1-do-100000-ob-min_4927.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/testo-476-stroboskopicheskiy-tahometr-ot-30-do-12500-ob-min_4928.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tahometry/testo-477-stroboskopicheskiy-tahometr-ot-30-do-300000-vsp-min_4929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ar842a-(12-1)_471.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ar922-so-shtativom-i-razemom-rs232-(80-1)_480.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ar892-s-razemom-rs232-(80-1)_474.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ar882-termometr-(50-1)_2791.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ar550-(12-1)_2880.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/dt8600b-pirometricheskiy-datchik-temperatury_3548.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/dt8012b-pirometr-infrakrasnyy-datchik-temperatury-s-tokovym-vyhodom-4-20ma_3549.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/amf101-(ht-02)-byudzhetnyy-teplovizor_3711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/amf008a-pirometr-(12-1-ot-50-do-plus380s)_3733.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/amt320-pirometr-(12-1-ot-32-do-plus320s)_3735.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/amf009-pirometr-(12-1-ot-50-do-plus550s)_3736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/amf011a-infrakrasnyy-termometr-(50-1)-ot-30-do-plus1150c_3967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/dt-8806s-beskontaktnyy-infrakrasnyy-termometr-rezhim-body-30-0-c-42-5-c-rezhim-surface-0-c-60-c-tochnost-0-3-c-podsvetka_4380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-830-t1-s-lazernym-tseleukazatelem-(optika-10-1);-30-plus400c_4732.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-835-h1-s-integrirovannym-modulem-vlazhnosti_4759.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-831-30-plus210-c_4767.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-830-t2-s-poverhnostnym-zondom-_4843.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-805-25-plus250-c_4851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-805-s-chehlom-topsafe_4852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-826-t2-infrakrasnyy-termometr-dlya-pischevogo-sektora-s-lazernym-tseleukazatelem-(optika-6-1)_4855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-830-t2-s-2-h-tochechnym-lazernym-tseleukazatelem-(optika-12-1)-50-plus500-c_4857.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-830-t4-s-2-h-tochechnym-lazernym-tseleukazatelem-(optika-30-1)-50-plus500-c_4858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-830-t4-s-2-h-tochechnym-lazernym-tseleukazatelem-(optika-30-1)-50-plus500-c-i-vneshney-termoparoy_4860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-835-t1-s-4-h-tochechnym-lazernym-tseleukazatelem-(optika-50-1-50-plus600-c)-_4861.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-835-t2-s-4-h-tochechnym-lazernym-tseleukazatelem-(optika-50-1-50-plus1000-c)-_4862.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/testo-805i-smart-zond-30-plus250-c-s-bluetooth-upravlyaemyy-so-smartfona-plansheta_4936.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/hd-820d-dlya-izmereniya-temperatury-tela-32-43-c_5075.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ar862d-infrakrasnyy-termometr-(50-1)-ot-50-do-plus1000c_5168.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/gm320-pirometr-(-50plus400)_5834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/dt-8809c-beskontaktnyy-termometr-dlya-izmereniya-temperatury-tela_5958.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/amf017-infrakrasnyy-termometr-(80-1)-ot-200-do-plus2200c_6353.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ht-18-teplovizor-izmeritelnyy-(256h192-20plus550s)_6510.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/beskontaktnye-pirometry/ht-03-teplovizor-izmeritelnyy-(120x120-20plus550c)_6512.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/dlya-pochvy/elitech-wt-6-universalnyy-termometr-so-schupom-s-podzaryadkoy-ot-solnechnyh-batarey_3665.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/tm-1-tsifrovoy-termometr-hm-digital-so-schupom_120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/kl-98501-tsifrovoy-termometr-so-schupom_461.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hm-digital-tm3000-tsifrovoy-termometr-kontroller-so-zvukovoy-signalizatsiey-_3277.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hm-digital-tm4000-tsifrovoy-termometr-so-schupom-240mm-v-zaschitnom-kozhuhe_3278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hm-digital-tm500-tsifrovoy-termometr_3275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hm-digital-tm1000-tsifrovoy-termometr_3276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/tp101-termometr-elektronnyy-(-50-plus300s)_2838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/amw-133-vinnyy-termometr-na-butylku_2973.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/termometr-monitor-dlya-holodilnikov-i-morozilnyh-ustanovok-amt-113_3133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/dc-1-termometr-s-provodnym-datchikom_3547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/kt400-tsifrovoy-termometr_3539.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hi98509-checktemp-1-termometr-karmannyy_4122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hi145-00-karmannyy-elektronnyy-termometr-s-datchikom-125-mm_4137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hi98501-checktemp-termometr-karmannyy_4125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hi145-20-karmannyy-elektronnyy-termometr-so-schupom-300mm_4261.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/wt-2-termometr-tsifrovoy-karmannyy-so-schupom-50-do-300c_4572.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-608-h1_4668.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-minitermometr-s-signalom-trevogi_4707.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/trehkanalnyy-termometr-testo-735-1-s-vyborom-zonda_4719.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/trehkanalnyy-termometr-testo-735-1-s-vyborom-zonda_4720.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-112-odnokanalnyy-kalibruemyy-termometr-s-vyborom-zonda_4729.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-110-odnokanalnyy-termometr-dlya-vysokotochnogo-monitoringa_4731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-720-odnokanalnyy-termometr-dlya-laboratornyh-i-promyshlennyh-izmereniy-s-vyborom-zonda_4733.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-922-differentsialnyy-2-kanalnyy-termometr-s-vyborom-zonda_4734.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-925-odnokanalnyy-termometr_4735.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-926-odnokanalnyy-termometr-dlya-pischevoy-promyshlennosti-s-vyborom-zonda_4736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/nabor-smart-zondov-dlya-izmereniya-temperatury-i-davleniya-plus-prilozhenie-dlya-ios-android_4742.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-905-t2-vysokochuvstvitelnyy-poverhnostnyy-termometr-50-plus350-c_4746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/kruglye-termo-indikatory-143s-166s_4771.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-905-t1-termometr-s-pronikayuschim-zondom-50-do-plus350-c_4794.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/minitermometr-testo-poverhnostnyy-do-300s_4795.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/minitermometr-testo-pogruzhnoy-pronikayuschiy-do-150c_4796.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/minitermometr-testo-pogruzhnoy-pronikayuschiy-do-250c_4797.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/minitermometr-testo-vodonepronitsaemyy-do-230c_4798.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/kruglye-termo-indikatory-60s-82s_4804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/kruglye-termo-indikatory-88s-110s_4805.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/kruglye-neobratimye-termo-indikatory-116s-138s_4806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/samokleyuschiesya-termo-indikatory-(10-sht)-37-65-s_4810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/samokleyuschiesya-termo-indikatory-(10-sht)-71-110-s_4811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/samokleyuschiesya-termo-indikatory-(10-sht)-116-154-s_4812.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/samokleyuschiesya-termo-indikatory-(10-sht)-161-204-s_4813.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/samokleyuschiesya-termo-indikatory-(10-sht)-204-260-s_4814.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-103-termometr-s-ubirayuschimsya-zondom-30-plus220-c_4815.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-104-termometr-s-ubirayuschimsya-zondom-50-plus250-c_4816.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-104-skladnoy-vodonepronitsaemyy-pischevoy-termometr-pirometr_4817.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-105-termometr-dlya-pischevogo-sektora-so-standartnym-izmeritelnym-nakonechnikom_4818.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-105-komplekt-termometra-dlya-pischevogo-sektora-s-razlichnymi-zondami_4819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-105-v-komplekte-s-nasadkoy-dlya-zamorozhennyh-produktov_4820.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-106-kompaktnyy-termometr-dlya-pischevogo-sektora-s-signalom-trevogi_4821.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-106-pischevoy-termometr-s-zondom-i-chehlom-topsafe_4823.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-108-vodonepronitsaemyy-termometr-s-vozmozhnostyu-podklyucheniya-zondov_4824.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-108-2-vodonepronitsaemyy-termometr-s-vozmozhnostyu-podklyucheniya-zondov_4826.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-810-2-h-kanalnyy-pribor-izmereniya-temperatury-s-ik-termometrom_4854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-826-t4-infrakrasnyy-termometr-s-lazernym-tseleukazatelem-i-pronikayuschim-pischevym-zondom-(optika-6-1)_4856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-605-h1-(0-50-c)-(5-95-rh)_4859.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-115i-smart-zond-termometr-dlya-trub-(zazhim)-s-bluetooth-upravlyaemyy-so-smartfona-plansheta_4930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-905i-smart-zond-termometr-s-bluetooth-upravlyaemyy-so-smartfona-plansheta-50-plus150-c_4937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/hi151-00-checktemp-4-elektronnyy-termometr_5161.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/gm1312-dvuhkanalnyy-termometr-s-dvumya-datchikami-k-type_5826.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontaktnye/testo-922-differentsialnyy-2-kanalnyy-termometr_6424.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-634-s-dvumya-vneshnimi-datchikami_2993.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-212-s-dopolnitelnoy-zhk-panelyu-i-s-2-mya-vneshnimi-datchikami_2997.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-213-s-dopolnitelnoy-zhk-panelyu-i-s-2-mya-vneshnimi-datchikami_2998.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-518-s-vneshnimi-datchikami-i-upravleniem-signalizatsiey_3001.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-632-s-dvumya-vneshnimi-datchikami_3003.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-214-s-dopolnitelnoy-zhk-panelyu-i-s-2-mya-vneshnimi-datchikami_3015.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/kontroller-temperatury-sf-732-s-dvumya-vneshnimi-datchikami_3018.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/xmte8434-kontroller-temperatury-s-podderzhkoy-pirometricheskih-datchikov_3558.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/sf479sw-kontroller-vlazhnosti-i-temperatury_3903.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/sf-201-kontroller-temperatury-s-vneshnim-datchikom_4076.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/xmte8931-kontroller-temperatury_5167.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/wt-2000-termometr-s-besprovodnym-datchikom-s-funktsiey-signalizatsii_5687.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/tm9002-kontroller-temperatury-i-vlazhnosti-dlya-teplits-i-inkubatorov_5820.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/kontrollery-temperatury/tc-3028-kontroller-temperatury-i-vlazhnosti_5856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/rms-010-registrator-temperatury-s-printerom-(termograf)-dlya-hranilisch-refrizheratorov-i-holodilnyh-kamer-(gosreestr)_3662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/dr-200aplus-registrator-temperatury-so-vstroennym-printerom_3259.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/dr-200b-registrator-temperatury-so-vstroennym-printerom_3260.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/dr-210a-termograf-(registrator-temperatury)-dlya-refrizhiratorov-i-skladov_3661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/rc-12-avtomaticheskiy-registrator-temperatury-(ot-plus2-do-plus8-c)_3663.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/hairuis-r90ex-g-registrator-vlazhnosti-i-temperatury-s-gsm_3716.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/rc-12-avtomaticheskiy-registrator-temperatury-portativnyy-(ot-23-do-7-c)_3732.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/rc-12-avtomaticheskiy-registrator-temperatury-portativnyy-(ot-2-do-plus4-c)_3743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/hairuis-r90tt-g-registrator-temperatury-s-dvumya-vneshnimi-datchikami-s-gsm_3749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/hairuis-r90ex-w-registrator-vlazhnosti-i-temperatury-s-wifi_3750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/rc-55-registrator-temperatury_3800.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/dt-171-datalogger-registrator-temperatury_4355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/dt-191a-registrator-temperatury-i-vlazhnosti_4365.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/dt-172-registrator-temperatury-i-vlazhnosti_4366.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-184-t3-logger-dannyh-temperatury-35-plus70-c_4674.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/usb-interfeys-dlya-testo-174_4717.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-175-h1-2h-kanalnyy-logger-dannyh-temperatury-i-vlazhnosti_4789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-174-t-mini-logger-temperatury-_4822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-176-t2-2-h-kanalnyy-logger-dannyh-temperatury-s-razemami-dlya-vysokotochnogo-vneshnego-zonda-(pt100)_4864.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-174t-komplekt-loggera-dannyh-temperatury-s-usb-interfeysom_4865.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-174h-logger-dannyh-temperatury-vlazhnosti-_4866.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-174h-komplekt-loggera-dannyh-temperatury-vlazhnosti-s-usb-interfeysom_4867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-175-t1-logger-dannyh-temperatury-s-vnutrennim-sensorom-(ntc)_4868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-175-t2-2h-kanalnyy-logger-dannyh-temperatury-s-vnutrennim-sensorom-(ntc)-i-razemom-dlya-vneshn_4869.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-175-t3-2h-kanalnyy-logger-dannyh-temperatury-s-razemami-dlya-vneshnih-zondov-(t-p-tipov-t-i-k)_4870.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-176-t3-4-kanalnyy-logger-dannyh-temperatury-v-metallicheskom-korpuse_4889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-176-t4-4-h-kanalnyy-logger-dannyh-temperatury_4890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-176-h1-4-kanalnyy-logger-dannyh-temperatury-i-vlazhnosti_4891.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-176-h2-4-h-kanalnyy-logger-dannyh-temperatury-i-vlazhnosti-v-metallicheskom-korpuse_4892.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-184-t1-logger-dannyh-temperatury_4896.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-184-t2-logger-dannyh-temperatury_4897.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-184-t4-logger-dannyh-temperatury_4898.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/testo-184-h1-logger-dannyh-temperatury-i-vlazhnosti_4899.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/mobilnyy-printer-dlya-loggerov-dannyh-testo-175-176-184_4901.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/amy02e-termoregistrator-s-vneshnim-pronikayuschim-datchikom-dlina-kabelya-2m_4958.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/az88081-logger-monitor-vlazhnosti-i-temperatury-vozduha_5965.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/registratory-temperatury/registrator-temperatury-benetech-gm1366-(-30plus80s)_6188.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/teplovizory/mobilnyy-teplovizor-seek-thermal-compact-dlya-ios_4656.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/teplovizory/testo-865-teplovizor-160h120-sup-res-e-assist_4718.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/termometry-i-pirometry/teplovizory/testo-868-teplovizor-160h120-s-besprovodnym-modulem_4947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tolschinomery/tolschinomery-pokrytiy/tolschinomer-pokrytiy-ar930_619.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tolschinomery/tolschinomery-pokrytiy/tolschinomer-ar931-s-vynosnym-datchikom-tolschiny-pokrytiy_620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tolschinomery/tolschinomery-pokrytiy/amf021-tolschinomer-pokrytiy_5166.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tolschinomery/tolschinomery-pokrytiy/uni-t-ut343d-izmeritel-tolschiny-pokrytiya_5881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tolschinomery/ultrazvukovye-tolschinomery/ultrazvukovoy-tolschinomer-ar860_621.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tolschinomery/ultrazvukovye-tolschinomery/amf018-tolschinomer-ultrazvukovoy_4066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/ulp2012-150gpd-membrana-dlya-filtra-obratnogo-osmosa_3880.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/ulp2012-100gpd-membrana-dlya-filtra-obratnogo-osmosa_3881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/ulp3012-400gpd-membrana-dlya-filtra-obratnogo-osmosa_3882.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/ptc-mbr-dw-smennyy-smolyanoy-kartridzh-dlya-sistemy-ultrachistoy-vody_5799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/pc-10pp-kartridzh-iz-kruchenogo-volokna-dlya-sistemy-ultrachistoy-vody_5933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/pc-10ag-c-kartridzh-granulirovannyy-ugol-dlya-sistemy-ultrachistoy-vody_5934.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/ro-100gpd-membrana-obratnogo-osmosa-100gpd-dlya-sistemy-ultrachistoy-vody_5935.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/rashodnye-materialy/ro-200gpd-membrana-obratnogo-osmosa-200gpd-dlya-sistemy-ultrachistoy-vody_5936.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/dw100-(basic-q15)-distillyator-obratnogo-osmosa-dlya-polucheniya-osobo-chistoy-vody_3226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds100-l-100l-chas_3928.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds10-s-1100l-chas_3929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds05-s-440-l-chas_3930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds30-s-3400l-chas_3931.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds50-l-50l-chas_3932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds300-l-300l-chas_3933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds50-s-5100l-chas_3934.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds200-l-200l-chas_3935.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds20-s-2000l-chas_3936.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds250-l-250l-chas_3937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds150-l-150l-chas_3938.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds04hi-s-dlya-goryachey-vody_6042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds45hi-s-dlya-goryachey-vody-5100-l-chas_6419.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds30hi-s-dlya-goryachey-vody-3300-l-chas_6420.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds10hi-s-dlya-goryachey-vody-1100-l-chas_6421.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds18hi-s-dlya-goryachey-vody-2000-l-chas_6422.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/filtry-ultrachistoy-vody/filtry-dlya-vody/elektrodeionizator-iontech-it-ds24hi-s-dlya-goryachey-vody-2800-l-chas_6423.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/ptk08bu-zhestkost-ekspress-test-vody_3604.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3811-test-nabor-na-schelochnost_4136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3834-test-nabor-na-zhelezo_4127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3822-test-nabor-na-sulfit_4247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3810-test-nabor-na-rastvorennyy-kislorod_4248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3815-test-nabor-na-hlorid_4268.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3818-test-nabor-na-dvuokis-ugleroda_4276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3859-test-nabor-dlya-opredeleniya-glikolya_4284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3841-test-nabor-na-zhestkost_4287.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3817-test-nabor-dlya-opredeleniya-kachestva-vody_4295.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/1464-00-test-nabor-dlya-opredeleniya-zheleza-obschego-0-4-mg-l-shag-0-1-mg-l-100-testov_4605.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3812-test-nabor-na-zhestkost-0-30-300-mg-l-100-testov_4623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/927-99-ferrover-iron-reagent-dlya-opredeleniya-zheleza-100-testov_4639.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/1464-01-kolorimetricheskiy-nabor-na-zhelezo-obschee-0-25-7-mg-l-100-testov_5001.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/1837-00-test-nabor-dlya-opredeleniya-zhestkosti-rn-(6-6-8-4)-i-zheleza_5003.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/1837-01-ha-62a-test-nabor-dlya-opredeleniya-zhestkosti-zheleza-i-rn_5009.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/1037-69-indikatornyy-reagent-na-zhelezo-ii-0-3-0-100-testov_5011.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/24443-01-test-na-schelochnost-5-400-mg-l-100-testov_5079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/1454-01-test-na-obschuyu-zhestkost-20-400-mg-l-(0-4-8-mgekv-l)-100-testov_5083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/2249-02-test-nabor-na-fosfat-0-50-mg-l-n-v_5085.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/hi3812-100-nabor-reaktivov-k-naboru-hi3812-(opredelenie-zhestkosti)_5158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/phwt-nabor-dlya-opredeleniya-ph-ostatochnogo-hlora_5840.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-fe2-test-nabor-na-zhelezo-(0-5-10-25-50-100-250-mg-l)-100-testov_6041.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-fe2-test-nabor-na-zhelezo-(0-0-3-0-5-1-3-5-mg-l)-100-testov_5574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-th-test-nabor-na-obschuyu-zhestkost-(0-1-2-5-10-20-mg-ekv-l)-50-testov_5575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-wq-test-nabor-kachestvo-vody-17-parametrov-50-testov-plus-bakteriologicheskiy-test-e-coli-v-podarok_5576.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-cl-test-poloski-dlya-vody-na-svobodnyy-hlor-(0-0-5-1-3-5-10-20mg-l)-50-testov_6106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-no2no3-test-nabor-na-nitraty-(0-500mg-l)-nitrity-(0-80mg-l)-50-testov_6108.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-th-test-poloski-dlya-vody-na-obschuyu-zhestkost-(0-0-5-1-2-5-8-5-mg-ekv-l)-100-testov_6109.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-pb-ekspress-test-na-svinets-30-testov_6111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-o3-ekspress-test-na-aktivnyy-kislorod-(ozon)-50-testov_6112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-oil-ekspress-test-kachestva-frityurnogo-masla-30-testov_6113.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/phwt5-nabor-dlya-opredelniya-kachestva-vody-5-parametrov_6244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-nh3n-test-nabor-na-ammiak-(0-0-5-1-3-5-10mg-l)-50-testov_6268.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-nh3n-test-nabor-na-ammiak-(0-10-50-100-200-500-mg-l)-50-testov_6269.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-f-test-nabor-na-ftoridy-(0-4-10-25-50-100-mg-l)-100-testov_6273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-t-test-poloski-dlya-vody-na-obschiy-hlor-(0-0-5-1-3-5-10-20mg-l)-50-testov_6274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/nabory-dlya-analiza-vody/eco-clo2-test-nabor-na-dioksid-hlora-(0-0-5-1-3-5-10-20-mg-l)-100-testov_6275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/khimicheskiy-analiz-pochvy/ekspress-analiz-plodorodiya-pochvy-(ph-kaliy-fosfor-azot)_5862.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/khimicheskiy-analiz-vody-i-pochvy/khimicheskiy-analiz-pochvy/eco-sph-test-poloski-na-ph-pochvy-50-testov_6107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tsifrovye-vesy-bezmeny/pst-02-vesy-tsifrovye-500-g-(0-1-g)_3251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tsifrovye-vesy-bezmeny/pst-03-vesy-tsifrovye-500-g-(0-01-g)_3252.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tsifrovye-vesy-bezmeny/pst-05-lozhka-vesy-300-g-(0-1-g)_3253.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/tsifrovye-vesy-bezmeny/pst06-elektronnye-vesy-bezmen-do-40-kg_3914.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/ar814-izmeritel-urovnya-zvuka_547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/ar824-izmeritel-urovnya-zvuka_627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/ar834-s-usb-interfeysom_661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/ar854-s-usb-interfeysom-_664.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/ar844-s-usb-interfeysom_2803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/az8921-s-analogovym-i-rs232-vyhodami_2971.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/az8922-tsifrovoy-s-rs232-i-podsvetkoy_3189.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/amf004-byudzhetnaya-model_3752.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/testo-816-2-c-registratsiey-dannyh-(2-klass-tochnosti)_4679.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/testo-815_4829.html" TargetMode="External"/><Relationship Id="rId_hyperlink_1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/shumomery/st9604-tsifrovoy-izmeritel-urovnya-shuma-shumomer-detektor-shuma_5842.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1940"/>
+  <dimension ref="A1:D1967"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1923" sqref="A1923:D1923"/>
+      <selection activeCell="A1950" sqref="A1950:D1950"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1"/>
     </row>
     <row r="2" spans="1:4">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
@@ -12138,24779 +12073,24892 @@
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
-      <c r="A10" t="s">
+      <c r="A10"/>
+      <c r="B10" t="s">
         <v>10</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10"/>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11"/>
+      <c r="B11" t="s">
         <v>12</v>
       </c>
-      <c r="D10" t="s">
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11"/>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="11" spans="1:4">
-[...40 lines deleted...]
-    </row>
     <row r="14" spans="1:4">
-      <c r="A14" t="s">
-[...9 lines deleted...]
-        <v>26</v>
+      <c r="A14" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="C15" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="B16" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="C16" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="B17" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="C17" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="B18" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="C18" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D18" t="s">
-        <v>38</v>
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B19" t="s">
+        <v>27</v>
+      </c>
+      <c r="C19" t="s">
+        <v>24</v>
+      </c>
+      <c r="D19" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:4">
-      <c r="A20" s="2" t="s">
-        <v>39</v>
+      <c r="A20" t="s">
+        <v>29</v>
+      </c>
+      <c r="B20" t="s">
+        <v>30</v>
+      </c>
+      <c r="C20" t="s">
+        <v>24</v>
+      </c>
+      <c r="D20" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:4">
-      <c r="A21" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A21" t="s">
+        <v>32</v>
+      </c>
+      <c r="B21" t="s">
+        <v>33</v>
+      </c>
+      <c r="C21" t="s">
+        <v>24</v>
+      </c>
+      <c r="D21" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B22" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="C22" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="B23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C23" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D23" t="s">
-        <v>45</v>
-[...13 lines deleted...]
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:4">
-      <c r="A25" t="s">
-[...9 lines deleted...]
-        <v>51</v>
+      <c r="A25" s="2" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="26" spans="1:4">
-      <c r="A26" t="s">
-[...9 lines deleted...]
-        <v>54</v>
+      <c r="A26" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
-      <c r="A27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A27"/>
       <c r="B27" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="C27" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="B28" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="C28" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D28" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="C29" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="C30" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D30" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="C31" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="B32" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="C32" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D32" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="B33" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="C33" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D33" t="s">
-        <v>74</v>
+        <v>51</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="B34" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="C34" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D34" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="B35" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="C35" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D35" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="B36" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
       <c r="C36" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D36" t="s">
-        <v>82</v>
+        <v>67</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="B37" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="C37" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D37" t="s">
-        <v>85</v>
+        <v>70</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>71</v>
+      </c>
+      <c r="B38" t="s">
+        <v>72</v>
+      </c>
+      <c r="C38" t="s">
+        <v>24</v>
+      </c>
+      <c r="D38" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="39" spans="1:4">
-      <c r="A39" s="2" t="s">
-        <v>86</v>
+      <c r="A39" t="s">
+        <v>74</v>
+      </c>
+      <c r="B39" t="s">
+        <v>75</v>
+      </c>
+      <c r="C39" t="s">
+        <v>24</v>
+      </c>
+      <c r="D39" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="40" spans="1:4">
-      <c r="A40" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A40" t="s">
+        <v>77</v>
+      </c>
+      <c r="B40" t="s">
+        <v>78</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="B41" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="C41" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D41" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="B42" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="C42" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D42" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="B43" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="C43" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D43" t="s">
-        <v>95</v>
-[...13 lines deleted...]
-        <v>98</v>
+        <v>87</v>
       </c>
     </row>
     <row r="45" spans="1:4">
-      <c r="A45" t="s">
-[...9 lines deleted...]
-        <v>101</v>
+      <c r="A45" s="2" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="46" spans="1:4">
-      <c r="A46" t="s">
-[...9 lines deleted...]
-        <v>104</v>
+      <c r="A46" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>105</v>
+        <v>89</v>
       </c>
       <c r="B47" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="C47" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D47" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="B48" t="s">
-        <v>109</v>
+        <v>93</v>
       </c>
       <c r="C48" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D48" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>111</v>
+        <v>95</v>
       </c>
       <c r="B49" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="C49" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D49" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="B50" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="C50" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D50" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>117</v>
+        <v>101</v>
       </c>
       <c r="B51" t="s">
-        <v>118</v>
+        <v>102</v>
       </c>
       <c r="C51" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D51" t="s">
-        <v>119</v>
+        <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="B52" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="C52" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D52" t="s">
-        <v>122</v>
+        <v>106</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>123</v>
+        <v>107</v>
       </c>
       <c r="B53" t="s">
-        <v>124</v>
+        <v>108</v>
       </c>
       <c r="C53" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D53" t="s">
-        <v>125</v>
+        <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>126</v>
+        <v>110</v>
       </c>
       <c r="B54" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
       <c r="C54" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D54" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>129</v>
+        <v>113</v>
       </c>
       <c r="B55" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="C55" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D55" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>132</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>133</v>
+        <v>117</v>
       </c>
       <c r="C56" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D56" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>135</v>
+        <v>119</v>
       </c>
       <c r="B57" t="s">
-        <v>136</v>
+        <v>120</v>
       </c>
       <c r="C57" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D57" t="s">
-        <v>137</v>
+        <v>121</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="B58" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="C58" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D58" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="B59" t="s">
-        <v>142</v>
+        <v>126</v>
       </c>
       <c r="C59" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D59" t="s">
-        <v>143</v>
+        <v>127</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="B60" t="s">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="C60" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D60" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="B61" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="C61" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D61" t="s">
-        <v>149</v>
+        <v>133</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="B62" t="s">
-        <v>151</v>
+        <v>135</v>
       </c>
       <c r="C62" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D62" t="s">
-        <v>152</v>
+        <v>136</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>153</v>
+        <v>137</v>
       </c>
       <c r="B63" t="s">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="C63" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D63" t="s">
-        <v>155</v>
+        <v>139</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="B64" t="s">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="C64" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D64" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>159</v>
+        <v>143</v>
       </c>
       <c r="B65" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="C65" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D65" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>162</v>
+        <v>146</v>
       </c>
       <c r="B66" t="s">
-        <v>163</v>
+        <v>147</v>
       </c>
       <c r="C66" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D66" t="s">
-        <v>92</v>
+        <v>148</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
       <c r="B67" t="s">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="C67" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D67" t="s">
-        <v>166</v>
+        <v>151</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="B68" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="C68" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D68" t="s">
-        <v>169</v>
+        <v>91</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>170</v>
+        <v>154</v>
       </c>
       <c r="B69" t="s">
-        <v>171</v>
+        <v>155</v>
       </c>
       <c r="C69" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D69" t="s">
-        <v>172</v>
+        <v>156</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>173</v>
+        <v>157</v>
       </c>
       <c r="B70" t="s">
-        <v>174</v>
+        <v>158</v>
       </c>
       <c r="C70" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D70" t="s">
-        <v>175</v>
+        <v>159</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>176</v>
+        <v>160</v>
       </c>
       <c r="B71" t="s">
-        <v>177</v>
+        <v>161</v>
       </c>
       <c r="C71" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D71" t="s">
-        <v>178</v>
+        <v>162</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>179</v>
+        <v>163</v>
       </c>
       <c r="B72" t="s">
-        <v>180</v>
+        <v>164</v>
       </c>
       <c r="C72" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D72" t="s">
-        <v>181</v>
+        <v>165</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>182</v>
+        <v>166</v>
       </c>
       <c r="B73" t="s">
-        <v>183</v>
+        <v>167</v>
       </c>
       <c r="C73" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D73" t="s">
-        <v>184</v>
+        <v>168</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>185</v>
+        <v>169</v>
       </c>
       <c r="B74" t="s">
-        <v>186</v>
+        <v>170</v>
       </c>
       <c r="C74" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D74" t="s">
-        <v>187</v>
+        <v>171</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>188</v>
+        <v>172</v>
       </c>
       <c r="B75" t="s">
-        <v>189</v>
+        <v>173</v>
       </c>
       <c r="C75" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D75" t="s">
-        <v>190</v>
+        <v>97</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>174</v>
+      </c>
+      <c r="B76" t="s">
+        <v>175</v>
+      </c>
+      <c r="C76" t="s">
+        <v>24</v>
+      </c>
+      <c r="D76" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="77" spans="1:4">
-      <c r="A77" s="2" t="s">
-        <v>191</v>
+      <c r="A77" t="s">
+        <v>177</v>
+      </c>
+      <c r="B77" t="s">
+        <v>178</v>
+      </c>
+      <c r="C77" t="s">
+        <v>24</v>
+      </c>
+      <c r="D77" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="78" spans="1:4">
-      <c r="A78" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A78" t="s">
+        <v>180</v>
+      </c>
+      <c r="B78" t="s">
+        <v>181</v>
+      </c>
+      <c r="C78" t="s">
+        <v>24</v>
+      </c>
+      <c r="D78" t="s">
+        <v>182</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="B79" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="C79" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D79" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="B80" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="C80" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D80" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="B81" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="C81" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D81"/>
+        <v>24</v>
+      </c>
+      <c r="D81" t="s">
+        <v>191</v>
+      </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="B82" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="C82" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D82"/>
+        <v>24</v>
+      </c>
+      <c r="D82" t="s">
+        <v>194</v>
+      </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="B83" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="C83" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D83"/>
+        <v>24</v>
+      </c>
+      <c r="D83" t="s">
+        <v>197</v>
+      </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="B84" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="C84" t="s">
-        <v>12</v>
-[...13 lines deleted...]
-      <c r="D85"/>
+        <v>24</v>
+      </c>
+      <c r="D84" t="s">
+        <v>200</v>
+      </c>
     </row>
     <row r="86" spans="1:4">
-      <c r="A86" t="s">
-[...8 lines deleted...]
-      <c r="D86"/>
+      <c r="A86" s="2" t="s">
+        <v>201</v>
+      </c>
     </row>
     <row r="87" spans="1:4">
-      <c r="A87" t="s">
-[...9 lines deleted...]
-        <v>212</v>
+      <c r="A87" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="B88" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="C88" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D88" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="B89" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="C89" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D89"/>
+        <v>24</v>
+      </c>
+      <c r="D89" t="s">
+        <v>207</v>
+      </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="B90" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="C90" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="B91" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="C91" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="B92" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="C92" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="B93" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="C93" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="B94" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="C94" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="B95" t="s">
-        <v>231</v>
+        <v>219</v>
       </c>
       <c r="C95" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>233</v>
+        <v>220</v>
       </c>
       <c r="B96" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="C96" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D96" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="B97" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="C97" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>239</v>
+        <v>225</v>
       </c>
       <c r="B98" t="s">
-        <v>240</v>
+        <v>226</v>
       </c>
       <c r="C98" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>242</v>
+        <v>227</v>
       </c>
       <c r="B99" t="s">
-        <v>243</v>
+        <v>228</v>
       </c>
       <c r="C99" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D99" t="s">
-        <v>244</v>
+        <v>229</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>245</v>
+        <v>230</v>
       </c>
       <c r="B100" t="s">
-        <v>246</v>
+        <v>231</v>
       </c>
       <c r="C100" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D100"/>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" t="s">
+        <v>232</v>
+      </c>
+      <c r="B101" t="s">
+        <v>233</v>
+      </c>
+      <c r="C101" t="s">
+        <v>11</v>
+      </c>
+      <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
-      <c r="A102" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A102" t="s">
+        <v>234</v>
+      </c>
+      <c r="B102" t="s">
+        <v>235</v>
+      </c>
+      <c r="C102" t="s">
+        <v>11</v>
+      </c>
+      <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
-      <c r="A103" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A103" t="s">
+        <v>236</v>
+      </c>
+      <c r="B103" t="s">
+        <v>237</v>
+      </c>
+      <c r="C103" t="s">
+        <v>24</v>
+      </c>
+      <c r="D103" t="s">
+        <v>238</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="B104" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="C104" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D104" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="B105" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="C105" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D105" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B106" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="C106" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D106" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="B107" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="C107" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D107" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="B108" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="C108" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D108" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="B109" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="C109" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D109" t="s">
-        <v>266</v>
-[...13 lines deleted...]
-        <v>269</v>
+        <v>256</v>
       </c>
     </row>
     <row r="111" spans="1:4">
-      <c r="A111" t="s">
-[...9 lines deleted...]
-        <v>272</v>
+      <c r="A111" s="2" t="s">
+        <v>257</v>
       </c>
     </row>
     <row r="112" spans="1:4">
-      <c r="A112" t="s">
-[...9 lines deleted...]
-        <v>275</v>
+      <c r="A112" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>276</v>
+        <v>258</v>
       </c>
       <c r="B113" t="s">
-        <v>277</v>
+        <v>259</v>
       </c>
       <c r="C113" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D113" t="s">
-        <v>278</v>
+        <v>260</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>279</v>
+        <v>261</v>
       </c>
       <c r="B114" t="s">
-        <v>280</v>
+        <v>262</v>
       </c>
       <c r="C114" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D114" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>282</v>
+        <v>264</v>
       </c>
       <c r="B115" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="C115" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D115" t="s">
-        <v>284</v>
+        <v>266</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>285</v>
+        <v>267</v>
       </c>
       <c r="B116" t="s">
-        <v>286</v>
+        <v>268</v>
       </c>
       <c r="C116" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D116" t="s">
-        <v>287</v>
+        <v>269</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
+      <c r="A117" t="s">
+        <v>270</v>
+      </c>
+      <c r="B117" t="s">
+        <v>271</v>
+      </c>
+      <c r="C117" t="s">
+        <v>11</v>
+      </c>
+      <c r="D117" t="s">
+        <v>272</v>
       </c>
     </row>
     <row r="118" spans="1:4">
-      <c r="A118" s="2" t="s">
-        <v>288</v>
+      <c r="A118" t="s">
+        <v>273</v>
+      </c>
+      <c r="B118" t="s">
+        <v>274</v>
+      </c>
+      <c r="C118" t="s">
+        <v>11</v>
+      </c>
+      <c r="D118" t="s">
+        <v>275</v>
       </c>
     </row>
     <row r="119" spans="1:4">
-      <c r="A119" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A119" t="s">
+        <v>276</v>
+      </c>
+      <c r="B119" t="s">
+        <v>277</v>
+      </c>
+      <c r="C119" t="s">
+        <v>11</v>
+      </c>
+      <c r="D119" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="B120" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="C120" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D120" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="B121" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C121" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D121" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="B122" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="C122" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D122" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="B123" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="C123" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D123" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="B124" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="C124" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D124" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="B125" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="C125" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D125" t="s">
-        <v>306</v>
-[...13 lines deleted...]
-        <v>309</v>
+        <v>296</v>
       </c>
     </row>
     <row r="127" spans="1:4">
-      <c r="A127" t="s">
-[...9 lines deleted...]
-        <v>312</v>
+      <c r="A127" s="2" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="128" spans="1:4">
-      <c r="A128" t="s">
-[...9 lines deleted...]
-        <v>315</v>
+      <c r="A128" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D128" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>316</v>
+        <v>298</v>
       </c>
       <c r="B129" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="C129" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D129" t="s">
-        <v>318</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>319</v>
+        <v>301</v>
       </c>
       <c r="B130" t="s">
-        <v>320</v>
+        <v>302</v>
       </c>
       <c r="C130" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D130" t="s">
-        <v>321</v>
+        <v>303</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>322</v>
+        <v>304</v>
       </c>
       <c r="B131" t="s">
-        <v>323</v>
+        <v>305</v>
       </c>
       <c r="C131" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D131" t="s">
-        <v>324</v>
+        <v>306</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>325</v>
+        <v>307</v>
       </c>
       <c r="B132" t="s">
-        <v>326</v>
+        <v>308</v>
       </c>
       <c r="C132" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D132" t="s">
-        <v>327</v>
+        <v>309</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>328</v>
+        <v>310</v>
       </c>
       <c r="B133" t="s">
-        <v>329</v>
+        <v>311</v>
       </c>
       <c r="C133" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D133" t="s">
-        <v>327</v>
+        <v>312</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>330</v>
+        <v>313</v>
       </c>
       <c r="B134" t="s">
-        <v>331</v>
+        <v>314</v>
       </c>
       <c r="C134" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D134" t="s">
-        <v>332</v>
+        <v>315</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>333</v>
+        <v>316</v>
       </c>
       <c r="B135" t="s">
-        <v>334</v>
+        <v>317</v>
       </c>
       <c r="C135" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D135" t="s">
-        <v>335</v>
+        <v>318</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>336</v>
+        <v>319</v>
       </c>
       <c r="B136" t="s">
-        <v>337</v>
+        <v>320</v>
       </c>
       <c r="C136" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D136" t="s">
-        <v>338</v>
+        <v>321</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>339</v>
+        <v>322</v>
       </c>
       <c r="B137" t="s">
-        <v>340</v>
+        <v>323</v>
       </c>
       <c r="C137" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D137" t="s">
-        <v>232</v>
+        <v>324</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>341</v>
+        <v>325</v>
       </c>
       <c r="B138" t="s">
-        <v>342</v>
+        <v>326</v>
       </c>
       <c r="C138" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D138" t="s">
-        <v>343</v>
+        <v>327</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>344</v>
+        <v>328</v>
       </c>
       <c r="B139" t="s">
-        <v>345</v>
+        <v>329</v>
       </c>
       <c r="C139" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D139" t="s">
-        <v>346</v>
+        <v>330</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>347</v>
+        <v>331</v>
       </c>
       <c r="B140" t="s">
-        <v>348</v>
+        <v>332</v>
       </c>
       <c r="C140" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D140" t="s">
-        <v>349</v>
+        <v>333</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>350</v>
+        <v>334</v>
       </c>
       <c r="B141" t="s">
-        <v>351</v>
+        <v>335</v>
       </c>
       <c r="C141" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D141"/>
+        <v>24</v>
+      </c>
+      <c r="D141" t="s">
+        <v>336</v>
+      </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="B142" t="s">
-        <v>353</v>
+        <v>338</v>
       </c>
       <c r="C142" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D142" t="s">
-        <v>354</v>
+        <v>336</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>355</v>
+        <v>339</v>
       </c>
       <c r="B143" t="s">
-        <v>356</v>
+        <v>340</v>
       </c>
       <c r="C143" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D143" t="s">
-        <v>357</v>
+        <v>341</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>358</v>
+        <v>342</v>
       </c>
       <c r="B144" t="s">
-        <v>359</v>
+        <v>343</v>
       </c>
       <c r="C144" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D144" t="s">
-        <v>360</v>
+        <v>344</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>361</v>
+        <v>345</v>
       </c>
       <c r="B145" t="s">
-        <v>362</v>
+        <v>346</v>
       </c>
       <c r="C145" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D145" t="s">
-        <v>363</v>
+        <v>347</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>364</v>
+        <v>348</v>
       </c>
       <c r="B146" t="s">
-        <v>365</v>
+        <v>349</v>
       </c>
       <c r="C146" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D146" t="s">
-        <v>366</v>
+        <v>241</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>367</v>
+        <v>350</v>
       </c>
       <c r="B147" t="s">
-        <v>368</v>
+        <v>351</v>
       </c>
       <c r="C147" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D147" t="s">
-        <v>369</v>
+        <v>352</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>370</v>
+        <v>353</v>
       </c>
       <c r="B148" t="s">
-        <v>371</v>
+        <v>354</v>
       </c>
       <c r="C148" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D148" t="s">
-        <v>372</v>
+        <v>355</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>373</v>
+        <v>356</v>
       </c>
       <c r="B149" t="s">
-        <v>374</v>
+        <v>357</v>
       </c>
       <c r="C149" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D149" t="s">
-        <v>375</v>
+        <v>358</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>376</v>
+        <v>359</v>
       </c>
       <c r="B150" t="s">
-        <v>377</v>
+        <v>360</v>
       </c>
       <c r="C150" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D150"/>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>379</v>
+        <v>361</v>
       </c>
       <c r="B151" t="s">
-        <v>380</v>
+        <v>362</v>
       </c>
       <c r="C151" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D151" t="s">
-        <v>381</v>
+        <v>363</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>382</v>
+        <v>364</v>
       </c>
       <c r="B152" t="s">
-        <v>383</v>
+        <v>365</v>
       </c>
       <c r="C152" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D152"/>
+        <v>11</v>
+      </c>
+      <c r="D152" t="s">
+        <v>366</v>
+      </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>384</v>
+        <v>367</v>
       </c>
       <c r="B153" t="s">
-        <v>385</v>
+        <v>368</v>
       </c>
       <c r="C153" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D153" t="s">
-        <v>386</v>
+        <v>369</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>387</v>
+        <v>370</v>
       </c>
       <c r="B154" t="s">
-        <v>388</v>
+        <v>371</v>
       </c>
       <c r="C154" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D154"/>
+        <v>24</v>
+      </c>
+      <c r="D154" t="s">
+        <v>372</v>
+      </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>389</v>
+        <v>373</v>
       </c>
       <c r="B155" t="s">
-        <v>390</v>
+        <v>374</v>
       </c>
       <c r="C155" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D155" t="s">
-        <v>391</v>
+        <v>375</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>392</v>
+        <v>376</v>
       </c>
       <c r="B156" t="s">
-        <v>393</v>
+        <v>377</v>
       </c>
       <c r="C156" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D156"/>
+        <v>24</v>
+      </c>
+      <c r="D156" t="s">
+        <v>378</v>
+      </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>394</v>
+        <v>379</v>
       </c>
       <c r="B157" t="s">
-        <v>395</v>
+        <v>380</v>
       </c>
       <c r="C157" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D157" t="s">
-        <v>396</v>
+        <v>381</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>397</v>
+        <v>382</v>
       </c>
       <c r="B158" t="s">
-        <v>398</v>
+        <v>383</v>
       </c>
       <c r="C158" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D158" t="s">
-        <v>19</v>
+        <v>384</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>399</v>
+        <v>385</v>
       </c>
       <c r="B159" t="s">
-        <v>400</v>
+        <v>386</v>
       </c>
       <c r="C159" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D159" t="s">
-        <v>401</v>
+        <v>387</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>402</v>
+        <v>388</v>
       </c>
       <c r="B160" t="s">
-        <v>403</v>
+        <v>389</v>
       </c>
       <c r="C160" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D160" t="s">
-        <v>404</v>
+        <v>390</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>405</v>
+        <v>391</v>
       </c>
       <c r="B161" t="s">
-        <v>406</v>
+        <v>392</v>
       </c>
       <c r="C161" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D161"/>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>408</v>
+        <v>393</v>
       </c>
       <c r="B162" t="s">
-        <v>409</v>
+        <v>394</v>
       </c>
       <c r="C162" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D162"/>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>411</v>
+        <v>395</v>
       </c>
       <c r="B163" t="s">
-        <v>412</v>
+        <v>396</v>
       </c>
       <c r="C163" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D163"/>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>414</v>
+        <v>397</v>
       </c>
       <c r="B164" t="s">
-        <v>415</v>
+        <v>398</v>
       </c>
       <c r="C164" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D164"/>
+        <v>11</v>
+      </c>
+      <c r="D164" t="s">
+        <v>399</v>
+      </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>416</v>
+        <v>400</v>
       </c>
       <c r="B165" t="s">
-        <v>417</v>
+        <v>401</v>
       </c>
       <c r="C165" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D165"/>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>419</v>
+        <v>402</v>
       </c>
       <c r="B166" t="s">
-        <v>420</v>
+        <v>403</v>
       </c>
       <c r="C166" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D166" t="s">
-        <v>421</v>
+        <v>404</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>422</v>
+        <v>405</v>
       </c>
       <c r="B167" t="s">
-        <v>423</v>
+        <v>406</v>
       </c>
       <c r="C167" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D167"/>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>425</v>
+        <v>407</v>
       </c>
       <c r="B168" t="s">
-        <v>426</v>
+        <v>408</v>
       </c>
       <c r="C168" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D168"/>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>428</v>
+        <v>409</v>
       </c>
       <c r="B169" t="s">
-        <v>429</v>
+        <v>410</v>
       </c>
       <c r="C169" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D169" t="s">
-        <v>430</v>
+        <v>411</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>431</v>
+        <v>412</v>
       </c>
       <c r="B170" t="s">
-        <v>432</v>
+        <v>413</v>
       </c>
       <c r="C170" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D170"/>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>433</v>
+        <v>414</v>
       </c>
       <c r="B171" t="s">
-        <v>434</v>
+        <v>415</v>
       </c>
       <c r="C171" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D171"/>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>435</v>
+        <v>416</v>
       </c>
       <c r="B172" t="s">
-        <v>436</v>
+        <v>417</v>
       </c>
       <c r="C172" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D172"/>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>437</v>
+        <v>418</v>
       </c>
       <c r="B173" t="s">
-        <v>438</v>
+        <v>419</v>
       </c>
       <c r="C173" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D173"/>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>440</v>
+        <v>420</v>
       </c>
       <c r="B174" t="s">
-        <v>441</v>
+        <v>421</v>
       </c>
       <c r="C174" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D174" t="s">
-        <v>442</v>
+        <v>422</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>443</v>
+        <v>423</v>
       </c>
       <c r="B175" t="s">
-        <v>444</v>
+        <v>424</v>
       </c>
       <c r="C175" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D175" t="s">
-        <v>445</v>
+        <v>425</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>446</v>
+        <v>426</v>
       </c>
       <c r="B176" t="s">
-        <v>447</v>
+        <v>427</v>
       </c>
       <c r="C176" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D176" t="s">
-        <v>448</v>
+        <v>428</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>449</v>
+        <v>429</v>
       </c>
       <c r="B177" t="s">
-        <v>450</v>
+        <v>430</v>
       </c>
       <c r="C177" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D177"/>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>452</v>
+        <v>431</v>
       </c>
       <c r="B178" t="s">
-        <v>453</v>
+        <v>432</v>
       </c>
       <c r="C178" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D178" t="s">
-        <v>454</v>
+        <v>433</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>455</v>
+        <v>434</v>
       </c>
       <c r="B179" t="s">
-        <v>456</v>
+        <v>435</v>
       </c>
       <c r="C179" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D179"/>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>457</v>
+        <v>436</v>
       </c>
       <c r="B180" t="s">
-        <v>458</v>
+        <v>437</v>
       </c>
       <c r="C180" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D180"/>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>460</v>
+        <v>438</v>
       </c>
       <c r="B181" t="s">
-        <v>461</v>
+        <v>439</v>
       </c>
       <c r="C181" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D181" t="s">
-        <v>462</v>
+        <v>185</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>463</v>
+        <v>440</v>
       </c>
       <c r="B182" t="s">
-        <v>464</v>
+        <v>441</v>
       </c>
       <c r="C182" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D182" t="s">
-        <v>465</v>
+        <v>442</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>466</v>
+        <v>443</v>
       </c>
       <c r="B183" t="s">
-        <v>467</v>
+        <v>444</v>
       </c>
       <c r="C183" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D183" t="s">
-        <v>468</v>
+        <v>445</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>469</v>
+        <v>446</v>
       </c>
       <c r="B184" t="s">
-        <v>470</v>
+        <v>447</v>
       </c>
       <c r="C184" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D184" t="s">
-        <v>471</v>
+        <v>448</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>472</v>
+        <v>449</v>
       </c>
       <c r="B185" t="s">
-        <v>473</v>
+        <v>450</v>
       </c>
       <c r="C185" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D185" t="s">
-        <v>474</v>
+        <v>451</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>475</v>
+        <v>452</v>
       </c>
       <c r="B186" t="s">
-        <v>476</v>
+        <v>453</v>
       </c>
       <c r="C186" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D186" t="s">
-        <v>477</v>
+        <v>454</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>478</v>
+        <v>455</v>
       </c>
       <c r="B187" t="s">
-        <v>479</v>
+        <v>456</v>
       </c>
       <c r="C187" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D187" t="s">
-        <v>480</v>
+        <v>457</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>481</v>
+        <v>458</v>
       </c>
       <c r="B188" t="s">
-        <v>482</v>
+        <v>459</v>
       </c>
       <c r="C188" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D188" t="s">
-        <v>483</v>
+        <v>28</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>484</v>
+        <v>460</v>
       </c>
       <c r="B189" t="s">
-        <v>485</v>
+        <v>461</v>
       </c>
       <c r="C189" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D189" t="s">
-        <v>483</v>
+        <v>462</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>486</v>
+        <v>463</v>
       </c>
       <c r="B190" t="s">
-        <v>487</v>
+        <v>464</v>
       </c>
       <c r="C190" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D190" t="s">
-        <v>488</v>
+        <v>465</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>489</v>
+        <v>466</v>
       </c>
       <c r="B191" t="s">
-        <v>490</v>
+        <v>467</v>
       </c>
       <c r="C191" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D191" t="s">
-        <v>491</v>
+        <v>468</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>492</v>
+        <v>469</v>
       </c>
       <c r="B192" t="s">
-        <v>493</v>
+        <v>470</v>
       </c>
       <c r="C192" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D192" t="s">
-        <v>19</v>
+        <v>471</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>494</v>
+        <v>472</v>
       </c>
       <c r="B193" t="s">
-        <v>495</v>
+        <v>473</v>
       </c>
       <c r="C193" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D193" t="s">
-        <v>496</v>
+        <v>474</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>497</v>
+        <v>475</v>
       </c>
       <c r="B194" t="s">
-        <v>498</v>
+        <v>476</v>
       </c>
       <c r="C194" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D194" t="s">
-        <v>23</v>
+        <v>477</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>499</v>
+        <v>478</v>
       </c>
       <c r="B195" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="C195" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D195"/>
+        <v>11</v>
+      </c>
+      <c r="D195" t="s">
+        <v>480</v>
+      </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="B196" t="s">
-        <v>502</v>
+        <v>482</v>
       </c>
       <c r="C196" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D196"/>
+        <v>24</v>
+      </c>
+      <c r="D196" t="s">
+        <v>483</v>
+      </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>503</v>
+        <v>484</v>
       </c>
       <c r="B197" t="s">
-        <v>504</v>
+        <v>485</v>
       </c>
       <c r="C197" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D197"/>
+        <v>11</v>
+      </c>
+      <c r="D197" t="s">
+        <v>486</v>
+      </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>505</v>
+        <v>487</v>
       </c>
       <c r="B198" t="s">
-        <v>506</v>
+        <v>488</v>
       </c>
       <c r="C198" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D198" t="s">
-        <v>507</v>
+        <v>486</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>508</v>
+        <v>489</v>
       </c>
       <c r="B199" t="s">
-        <v>509</v>
+        <v>490</v>
       </c>
       <c r="C199" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D199" t="s">
-        <v>510</v>
+        <v>491</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>511</v>
+        <v>492</v>
       </c>
       <c r="B200" t="s">
-        <v>512</v>
+        <v>493</v>
       </c>
       <c r="C200" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D200"/>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>513</v>
+        <v>494</v>
       </c>
       <c r="B201" t="s">
-        <v>514</v>
+        <v>495</v>
       </c>
       <c r="C201" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D201"/>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>516</v>
+        <v>496</v>
       </c>
       <c r="B202" t="s">
-        <v>517</v>
+        <v>497</v>
       </c>
       <c r="C202" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D202"/>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>519</v>
+        <v>498</v>
       </c>
       <c r="B203" t="s">
-        <v>520</v>
+        <v>499</v>
       </c>
       <c r="C203" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D203" t="s">
-        <v>521</v>
+        <v>25</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>522</v>
+        <v>500</v>
       </c>
       <c r="B204" t="s">
-        <v>523</v>
+        <v>501</v>
       </c>
       <c r="C204" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D204"/>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>525</v>
+        <v>502</v>
       </c>
       <c r="B205" t="s">
-        <v>526</v>
+        <v>503</v>
       </c>
       <c r="C205" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D205"/>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>528</v>
+        <v>504</v>
       </c>
       <c r="B206" t="s">
-        <v>529</v>
+        <v>505</v>
       </c>
       <c r="C206" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D206"/>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="B207" t="s">
-        <v>531</v>
+        <v>507</v>
       </c>
       <c r="C207" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D207"/>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>532</v>
+        <v>508</v>
       </c>
       <c r="B208" t="s">
-        <v>533</v>
+        <v>509</v>
       </c>
       <c r="C208" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D208" t="s">
-        <v>534</v>
+        <v>510</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>535</v>
+        <v>511</v>
       </c>
       <c r="B209" t="s">
-        <v>536</v>
+        <v>512</v>
       </c>
       <c r="C209" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D209" t="s">
-        <v>537</v>
+        <v>278</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>538</v>
+        <v>513</v>
       </c>
       <c r="B210" t="s">
-        <v>539</v>
+        <v>514</v>
       </c>
       <c r="C210" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D210" t="s">
-        <v>537</v>
+        <v>515</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>540</v>
+        <v>516</v>
       </c>
       <c r="B211" t="s">
-        <v>541</v>
+        <v>517</v>
       </c>
       <c r="C211" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D211" t="s">
-        <v>166</v>
+        <v>518</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" t="s">
+        <v>519</v>
+      </c>
+      <c r="B212" t="s">
+        <v>520</v>
+      </c>
+      <c r="C212" t="s">
+        <v>24</v>
+      </c>
+      <c r="D212" t="s">
+        <v>521</v>
       </c>
     </row>
     <row r="213" spans="1:4">
-      <c r="A213" s="2" t="s">
-        <v>542</v>
+      <c r="A213" t="s">
+        <v>522</v>
+      </c>
+      <c r="B213" t="s">
+        <v>523</v>
+      </c>
+      <c r="C213" t="s">
+        <v>11</v>
+      </c>
+      <c r="D213" t="s">
+        <v>524</v>
       </c>
     </row>
     <row r="214" spans="1:4">
-      <c r="A214" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A214" t="s">
+        <v>525</v>
+      </c>
+      <c r="B214" t="s">
+        <v>526</v>
+      </c>
+      <c r="C214" t="s">
+        <v>24</v>
+      </c>
+      <c r="D214" t="s">
+        <v>527</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>543</v>
+        <v>528</v>
       </c>
       <c r="B215" t="s">
-        <v>544</v>
+        <v>529</v>
       </c>
       <c r="C215" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D215"/>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>545</v>
+        <v>530</v>
       </c>
       <c r="B216" t="s">
-        <v>546</v>
+        <v>531</v>
       </c>
       <c r="C216" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D216"/>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>548</v>
+        <v>532</v>
       </c>
       <c r="B217" t="s">
-        <v>549</v>
+        <v>533</v>
       </c>
       <c r="C217" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D217" t="s">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>551</v>
+        <v>535</v>
       </c>
       <c r="B218" t="s">
-        <v>552</v>
+        <v>536</v>
       </c>
       <c r="C218" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D218" t="s">
-        <v>553</v>
+        <v>537</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>554</v>
+        <v>538</v>
       </c>
       <c r="B219" t="s">
-        <v>555</v>
+        <v>539</v>
       </c>
       <c r="C219" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D219"/>
+        <v>24</v>
+      </c>
+      <c r="D219" t="s">
+        <v>537</v>
+      </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>556</v>
+        <v>540</v>
       </c>
       <c r="B220" t="s">
-        <v>557</v>
+        <v>541</v>
       </c>
       <c r="C220" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D220" t="s">
-        <v>558</v>
-[...13 lines deleted...]
-        <v>561</v>
+        <v>176</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" s="2" t="s">
+        <v>542</v>
       </c>
     </row>
     <row r="223" spans="1:4">
-      <c r="A223" s="2" t="s">
-        <v>562</v>
+      <c r="A223" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B223" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C223" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D223" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:4">
-      <c r="A224" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A224" t="s">
+        <v>543</v>
+      </c>
+      <c r="B224" t="s">
+        <v>544</v>
+      </c>
+      <c r="C224" t="s">
+        <v>11</v>
+      </c>
+      <c r="D224"/>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>563</v>
+        <v>545</v>
       </c>
       <c r="B225" t="s">
-        <v>564</v>
+        <v>546</v>
       </c>
       <c r="C225" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D225" t="s">
-        <v>565</v>
+        <v>547</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>566</v>
+        <v>548</v>
       </c>
       <c r="B226" t="s">
-        <v>567</v>
+        <v>549</v>
       </c>
       <c r="C226" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D226"/>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>569</v>
+        <v>550</v>
       </c>
       <c r="B227" t="s">
-        <v>570</v>
+        <v>551</v>
       </c>
       <c r="C227" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D227" t="s">
-        <v>571</v>
+        <v>552</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>572</v>
+        <v>553</v>
       </c>
       <c r="B228" t="s">
-        <v>573</v>
+        <v>554</v>
       </c>
       <c r="C228" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D228"/>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>575</v>
+        <v>555</v>
       </c>
       <c r="B229" t="s">
-        <v>576</v>
+        <v>556</v>
       </c>
       <c r="C229" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D229" t="s">
-        <v>577</v>
+        <v>557</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>578</v>
+        <v>558</v>
       </c>
       <c r="B230" t="s">
-        <v>579</v>
+        <v>559</v>
       </c>
       <c r="C230" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D230" t="s">
-        <v>580</v>
-[...13 lines deleted...]
-        <v>583</v>
+        <v>560</v>
       </c>
     </row>
     <row r="232" spans="1:4">
-      <c r="A232" t="s">
-[...8 lines deleted...]
-      <c r="D232"/>
+      <c r="A232" s="2" t="s">
+        <v>561</v>
+      </c>
     </row>
     <row r="233" spans="1:4">
-      <c r="A233" t="s">
-[...9 lines deleted...]
-        <v>588</v>
+      <c r="A233" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B233" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C233" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D233" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>589</v>
+        <v>562</v>
       </c>
       <c r="B234" t="s">
-        <v>590</v>
+        <v>563</v>
       </c>
       <c r="C234" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D234"/>
+        <v>11</v>
+      </c>
+      <c r="D234" t="s">
+        <v>564</v>
+      </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>591</v>
+        <v>565</v>
       </c>
       <c r="B235" t="s">
-        <v>592</v>
+        <v>566</v>
       </c>
       <c r="C235" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D235" t="s">
-        <v>593</v>
+        <v>567</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>594</v>
+        <v>568</v>
       </c>
       <c r="B236" t="s">
-        <v>595</v>
+        <v>569</v>
       </c>
       <c r="C236" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D236"/>
+        <v>11</v>
+      </c>
+      <c r="D236" t="s">
+        <v>570</v>
+      </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>596</v>
+        <v>571</v>
       </c>
       <c r="B237" t="s">
-        <v>597</v>
+        <v>572</v>
       </c>
       <c r="C237" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D237"/>
+        <v>24</v>
+      </c>
+      <c r="D237" t="s">
+        <v>573</v>
+      </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>598</v>
+        <v>574</v>
       </c>
       <c r="B238" t="s">
-        <v>599</v>
+        <v>575</v>
       </c>
       <c r="C238" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D238"/>
+        <v>11</v>
+      </c>
+      <c r="D238" t="s">
+        <v>576</v>
+      </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>600</v>
+        <v>577</v>
       </c>
       <c r="B239" t="s">
-        <v>601</v>
+        <v>578</v>
       </c>
       <c r="C239" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D239"/>
+        <v>11</v>
+      </c>
+      <c r="D239" t="s">
+        <v>579</v>
+      </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>602</v>
+        <v>580</v>
       </c>
       <c r="B240" t="s">
-        <v>603</v>
+        <v>581</v>
       </c>
       <c r="C240" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D240" t="s">
-        <v>604</v>
+        <v>582</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>605</v>
+        <v>583</v>
       </c>
       <c r="B241" t="s">
-        <v>606</v>
+        <v>584</v>
       </c>
       <c r="C241" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D241"/>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>607</v>
+        <v>585</v>
       </c>
       <c r="B242" t="s">
-        <v>608</v>
+        <v>586</v>
       </c>
       <c r="C242" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D242" t="s">
-        <v>574</v>
+        <v>587</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>609</v>
+        <v>588</v>
       </c>
       <c r="B243" t="s">
-        <v>610</v>
+        <v>589</v>
       </c>
       <c r="C243" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>611</v>
+        <v>11</v>
+      </c>
+      <c r="D243"/>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" t="s">
+        <v>590</v>
+      </c>
+      <c r="B244" t="s">
+        <v>591</v>
+      </c>
+      <c r="C244" t="s">
+        <v>24</v>
+      </c>
+      <c r="D244" t="s">
+        <v>592</v>
       </c>
     </row>
     <row r="245" spans="1:4">
-      <c r="A245" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A245" t="s">
+        <v>593</v>
+      </c>
+      <c r="B245" t="s">
+        <v>594</v>
+      </c>
+      <c r="C245" t="s">
+        <v>11</v>
+      </c>
+      <c r="D245"/>
     </row>
     <row r="246" spans="1:4">
-      <c r="A246" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A246" t="s">
+        <v>595</v>
+      </c>
+      <c r="B246" t="s">
+        <v>596</v>
+      </c>
+      <c r="C246" t="s">
+        <v>11</v>
+      </c>
+      <c r="D246"/>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>613</v>
+        <v>597</v>
       </c>
       <c r="B247" t="s">
-        <v>614</v>
+        <v>598</v>
       </c>
       <c r="C247" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D247"/>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" t="s">
+        <v>599</v>
+      </c>
+      <c r="B248" t="s">
+        <v>600</v>
+      </c>
+      <c r="C248" t="s">
+        <v>11</v>
+      </c>
+      <c r="D248"/>
     </row>
     <row r="249" spans="1:4">
-      <c r="A249" s="2" t="s">
-        <v>616</v>
+      <c r="A249" t="s">
+        <v>601</v>
+      </c>
+      <c r="B249" t="s">
+        <v>602</v>
+      </c>
+      <c r="C249" t="s">
+        <v>11</v>
+      </c>
+      <c r="D249" t="s">
+        <v>603</v>
       </c>
     </row>
     <row r="250" spans="1:4">
-      <c r="A250" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A250" t="s">
+        <v>604</v>
+      </c>
+      <c r="B250" t="s">
+        <v>605</v>
+      </c>
+      <c r="C250" t="s">
+        <v>11</v>
+      </c>
+      <c r="D250"/>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>617</v>
+        <v>606</v>
       </c>
       <c r="B251" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="C251" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D251" t="s">
-        <v>619</v>
+        <v>573</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>620</v>
+        <v>608</v>
       </c>
       <c r="B252" t="s">
-        <v>621</v>
+        <v>609</v>
       </c>
       <c r="C252" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D252" t="s">
-        <v>622</v>
+        <v>610</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" s="2" t="s">
-        <v>623</v>
+        <v>611</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C255" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D255" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B256" t="s">
-        <v>625</v>
+        <v>613</v>
       </c>
       <c r="C256" t="s">
-        <v>12</v>
-[...13 lines deleted...]
-      <c r="D257"/>
+        <v>11</v>
+      </c>
+      <c r="D256" t="s">
+        <v>614</v>
+      </c>
     </row>
     <row r="258" spans="1:4">
-      <c r="A258" t="s">
-[...8 lines deleted...]
-      <c r="D258"/>
+      <c r="A258" s="2" t="s">
+        <v>615</v>
+      </c>
     </row>
     <row r="259" spans="1:4">
-      <c r="A259" t="s">
-[...8 lines deleted...]
-      <c r="D259"/>
+      <c r="A259" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C259" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D259" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>632</v>
+        <v>616</v>
       </c>
       <c r="B260" t="s">
-        <v>633</v>
+        <v>617</v>
       </c>
       <c r="C260" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D260"/>
+        <v>11</v>
+      </c>
+      <c r="D260" t="s">
+        <v>618</v>
+      </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>634</v>
+        <v>619</v>
       </c>
       <c r="B261" t="s">
-        <v>635</v>
+        <v>620</v>
       </c>
       <c r="C261" t="s">
-        <v>12</v>
-[...13 lines deleted...]
-      <c r="D262"/>
+        <v>24</v>
+      </c>
+      <c r="D261" t="s">
+        <v>621</v>
+      </c>
     </row>
     <row r="263" spans="1:4">
-      <c r="A263" t="s">
-[...8 lines deleted...]
-      <c r="D263"/>
+      <c r="A263" s="2" t="s">
+        <v>622</v>
+      </c>
     </row>
     <row r="264" spans="1:4">
-      <c r="A264" t="s">
-[...8 lines deleted...]
-      <c r="D264"/>
+      <c r="A264" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B264" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C264" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D264" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" t="s">
+        <v>623</v>
+      </c>
+      <c r="B265" t="s">
+        <v>624</v>
+      </c>
+      <c r="C265" t="s">
+        <v>11</v>
+      </c>
+      <c r="D265"/>
     </row>
     <row r="266" spans="1:4">
-      <c r="A266" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A266" t="s">
+        <v>625</v>
+      </c>
+      <c r="B266" t="s">
+        <v>626</v>
+      </c>
+      <c r="C266" t="s">
+        <v>11</v>
+      </c>
+      <c r="D266"/>
     </row>
     <row r="267" spans="1:4">
-      <c r="A267" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A267" t="s">
+        <v>627</v>
+      </c>
+      <c r="B267" t="s">
+        <v>628</v>
+      </c>
+      <c r="C267" t="s">
+        <v>11</v>
+      </c>
+      <c r="D267"/>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>643</v>
+        <v>629</v>
       </c>
       <c r="B268" t="s">
-        <v>644</v>
+        <v>630</v>
       </c>
       <c r="C268" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D268"/>
     </row>
+    <row r="269" spans="1:4">
+      <c r="A269" t="s">
+        <v>631</v>
+      </c>
+      <c r="B269" t="s">
+        <v>632</v>
+      </c>
+      <c r="C269" t="s">
+        <v>11</v>
+      </c>
+      <c r="D269"/>
+    </row>
     <row r="270" spans="1:4">
-      <c r="A270" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A270" t="s">
+        <v>633</v>
+      </c>
+      <c r="B270" t="s">
+        <v>634</v>
+      </c>
+      <c r="C270" t="s">
+        <v>11</v>
+      </c>
+      <c r="D270"/>
     </row>
     <row r="271" spans="1:4">
-      <c r="A271" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A271" t="s">
+        <v>635</v>
+      </c>
+      <c r="B271" t="s">
+        <v>636</v>
+      </c>
+      <c r="C271" t="s">
+        <v>11</v>
+      </c>
+      <c r="D271"/>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>646</v>
+        <v>637</v>
       </c>
       <c r="B272" t="s">
-        <v>647</v>
+        <v>638</v>
       </c>
       <c r="C272" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D272"/>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
+        <v>639</v>
+      </c>
+      <c r="B273" t="s">
+        <v>640</v>
+      </c>
+      <c r="C273" t="s">
+        <v>11</v>
+      </c>
+      <c r="D273"/>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" s="2" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B276" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C276" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D276" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>642</v>
+      </c>
+      <c r="B277" t="s">
+        <v>643</v>
+      </c>
+      <c r="C277" t="s">
+        <v>11</v>
+      </c>
+      <c r="D277"/>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" s="2" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B280" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C280" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D280" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
+        <v>645</v>
+      </c>
+      <c r="B281" t="s">
+        <v>646</v>
+      </c>
+      <c r="C281" t="s">
+        <v>11</v>
+      </c>
+      <c r="D281" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4">
+      <c r="A282" t="s">
+        <v>648</v>
+      </c>
+      <c r="B282" t="s">
         <v>649</v>
       </c>
-      <c r="B273" t="s">
+      <c r="C282" t="s">
+        <v>11</v>
+      </c>
+      <c r="D282" t="s">
         <v>650</v>
       </c>
-      <c r="C273" t="s">
-[...2 lines deleted...]
-      <c r="D273" t="s">
+    </row>
+    <row r="283" spans="1:4">
+      <c r="A283" t="s">
         <v>651</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A274" t="s">
+      <c r="B283" t="s">
         <v>652</v>
       </c>
-      <c r="B274" t="s">
+      <c r="C283" t="s">
+        <v>11</v>
+      </c>
+      <c r="D283" t="s">
         <v>653</v>
-      </c>
-[...84 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>664</v>
+        <v>654</v>
       </c>
       <c r="B284" t="s">
-        <v>665</v>
+        <v>655</v>
       </c>
       <c r="C284" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D284" t="s">
-        <v>666</v>
-[...13 lines deleted...]
-        <v>669</v>
+        <v>656</v>
       </c>
     </row>
     <row r="286" spans="1:4">
-      <c r="A286" t="s">
-[...9 lines deleted...]
-        <v>672</v>
+      <c r="A286" s="2" t="s">
+        <v>657</v>
       </c>
     </row>
     <row r="287" spans="1:4">
-      <c r="A287" t="s">
-[...9 lines deleted...]
-        <v>675</v>
+      <c r="A287" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B287" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C287" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D287" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>676</v>
+        <v>658</v>
       </c>
       <c r="B288" t="s">
-        <v>677</v>
+        <v>659</v>
       </c>
       <c r="C288" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D288" t="s">
-        <v>678</v>
+        <v>653</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>679</v>
+        <v>660</v>
       </c>
       <c r="B289" t="s">
-        <v>680</v>
+        <v>661</v>
       </c>
       <c r="C289" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D289" t="s">
-        <v>474</v>
-[...12 lines deleted...]
-      <c r="D290"/>
+        <v>67</v>
+      </c>
     </row>
     <row r="291" spans="1:4">
-      <c r="A291" t="s">
-[...8 lines deleted...]
-      <c r="D291"/>
+      <c r="A291" s="2" t="s">
+        <v>662</v>
+      </c>
     </row>
     <row r="292" spans="1:4">
-      <c r="A292" t="s">
-[...8 lines deleted...]
-      <c r="D292"/>
+      <c r="A292" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B292" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C292" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D292" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>687</v>
+        <v>663</v>
       </c>
       <c r="B293" t="s">
-        <v>688</v>
+        <v>664</v>
       </c>
       <c r="C293" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D293"/>
+        <v>11</v>
+      </c>
+      <c r="D293" t="s">
+        <v>665</v>
+      </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>689</v>
+        <v>666</v>
       </c>
       <c r="B294" t="s">
-        <v>690</v>
+        <v>667</v>
       </c>
       <c r="C294" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D294"/>
+        <v>11</v>
+      </c>
+      <c r="D294" t="s">
+        <v>668</v>
+      </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>691</v>
+        <v>669</v>
       </c>
       <c r="B295" t="s">
-        <v>692</v>
+        <v>670</v>
       </c>
       <c r="C295" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D295"/>
+        <v>11</v>
+      </c>
+      <c r="D295" t="s">
+        <v>671</v>
+      </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>693</v>
+        <v>672</v>
       </c>
       <c r="B296" t="s">
-        <v>694</v>
+        <v>673</v>
       </c>
       <c r="C296" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D296"/>
+        <v>11</v>
+      </c>
+      <c r="D296" t="s">
+        <v>674</v>
+      </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>695</v>
+        <v>675</v>
       </c>
       <c r="B297" t="s">
-        <v>696</v>
+        <v>676</v>
       </c>
       <c r="C297" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D297"/>
+        <v>11</v>
+      </c>
+      <c r="D297" t="s">
+        <v>677</v>
+      </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>697</v>
+        <v>678</v>
       </c>
       <c r="B298" t="s">
-        <v>698</v>
+        <v>679</v>
       </c>
       <c r="C298" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D298" t="s">
-        <v>113</v>
+        <v>477</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>699</v>
+        <v>680</v>
       </c>
       <c r="B299" t="s">
-        <v>700</v>
+        <v>681</v>
       </c>
       <c r="C299" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D299"/>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>702</v>
+        <v>682</v>
       </c>
       <c r="B300" t="s">
-        <v>703</v>
+        <v>683</v>
       </c>
       <c r="C300" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D300"/>
+    </row>
+    <row r="301" spans="1:4">
+      <c r="A301" t="s">
+        <v>684</v>
+      </c>
+      <c r="B301" t="s">
+        <v>685</v>
+      </c>
+      <c r="C301" t="s">
+        <v>11</v>
+      </c>
+      <c r="D301"/>
     </row>
     <row r="302" spans="1:4">
-      <c r="A302" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A302" t="s">
+        <v>686</v>
+      </c>
+      <c r="B302" t="s">
+        <v>687</v>
+      </c>
+      <c r="C302" t="s">
+        <v>11</v>
+      </c>
+      <c r="D302"/>
     </row>
     <row r="303" spans="1:4">
-      <c r="A303" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A303" t="s">
+        <v>688</v>
+      </c>
+      <c r="B303" t="s">
+        <v>689</v>
+      </c>
+      <c r="C303" t="s">
+        <v>11</v>
+      </c>
+      <c r="D303"/>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>705</v>
+        <v>690</v>
       </c>
       <c r="B304" t="s">
-        <v>706</v>
+        <v>691</v>
       </c>
       <c r="C304" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D304"/>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>707</v>
+        <v>692</v>
       </c>
       <c r="B305" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="C305" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D305"/>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>709</v>
+        <v>694</v>
       </c>
       <c r="B306" t="s">
-        <v>710</v>
+        <v>695</v>
       </c>
       <c r="C306" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D306"/>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>712</v>
+        <v>696</v>
       </c>
       <c r="B307" t="s">
-        <v>713</v>
+        <v>697</v>
       </c>
       <c r="C307" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D307" t="s">
-        <v>714</v>
+        <v>118</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
+      <c r="A308" t="s">
+        <v>698</v>
+      </c>
+      <c r="B308" t="s">
+        <v>699</v>
+      </c>
+      <c r="C308" t="s">
+        <v>24</v>
+      </c>
+      <c r="D308" t="s">
+        <v>700</v>
       </c>
     </row>
     <row r="309" spans="1:4">
-      <c r="A309" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A310" s="3" t="s">
+      <c r="A309" t="s">
+        <v>701</v>
+      </c>
+      <c r="B309" t="s">
+        <v>702</v>
+      </c>
+      <c r="C309" t="s">
+        <v>11</v>
+      </c>
+      <c r="D309" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4">
+      <c r="A311" s="2" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4">
+      <c r="A312" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B310" s="3" t="s">
+      <c r="B312" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C310" s="3" t="s">
+      <c r="C312" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D310" s="3" t="s">
+      <c r="D312" s="3" t="s">
         <v>9</v>
-      </c>
-[...26 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>721</v>
+        <v>704</v>
       </c>
       <c r="B313" t="s">
-        <v>722</v>
+        <v>705</v>
       </c>
       <c r="C313" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D313"/>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>724</v>
+        <v>706</v>
       </c>
       <c r="B314" t="s">
-        <v>725</v>
+        <v>707</v>
       </c>
       <c r="C314" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D314"/>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>726</v>
+        <v>708</v>
       </c>
       <c r="B315" t="s">
-        <v>726</v>
+        <v>709</v>
       </c>
       <c r="C315" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D315" t="s">
-        <v>65</v>
+        <v>710</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>727</v>
+        <v>711</v>
       </c>
       <c r="B316" t="s">
-        <v>728</v>
+        <v>712</v>
       </c>
       <c r="C316" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D316" t="s">
-        <v>729</v>
-[...13 lines deleted...]
-        <v>732</v>
+        <v>713</v>
       </c>
     </row>
     <row r="318" spans="1:4">
-      <c r="A318" t="s">
-[...8 lines deleted...]
-      <c r="D318"/>
+      <c r="A318" s="2" t="s">
+        <v>714</v>
+      </c>
     </row>
     <row r="319" spans="1:4">
-      <c r="A319" t="s">
-[...8 lines deleted...]
-      <c r="D319"/>
+      <c r="A319" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B319" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C319" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D319" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>737</v>
+        <v>715</v>
       </c>
       <c r="B320" t="s">
-        <v>738</v>
+        <v>715</v>
       </c>
       <c r="C320" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D320"/>
+        <v>11</v>
+      </c>
+      <c r="D320" t="s">
+        <v>716</v>
+      </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>739</v>
+        <v>717</v>
       </c>
       <c r="B321" t="s">
-        <v>740</v>
+        <v>718</v>
       </c>
       <c r="C321" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D321" t="s">
-        <v>648</v>
+        <v>719</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4">
+      <c r="A322" t="s">
+        <v>720</v>
+      </c>
+      <c r="B322" t="s">
+        <v>721</v>
+      </c>
+      <c r="C322" t="s">
+        <v>11</v>
+      </c>
+      <c r="D322" t="s">
+        <v>722</v>
       </c>
     </row>
     <row r="323" spans="1:4">
-      <c r="A323" s="2" t="s">
-        <v>741</v>
+      <c r="A323" t="s">
+        <v>723</v>
+      </c>
+      <c r="B323" t="s">
+        <v>724</v>
+      </c>
+      <c r="C323" t="s">
+        <v>11</v>
+      </c>
+      <c r="D323" t="s">
+        <v>327</v>
       </c>
     </row>
     <row r="324" spans="1:4">
-      <c r="A324" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A324" t="s">
+        <v>725</v>
+      </c>
+      <c r="B324" t="s">
+        <v>725</v>
+      </c>
+      <c r="C324" t="s">
+        <v>11</v>
+      </c>
+      <c r="D324" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>742</v>
+        <v>726</v>
       </c>
       <c r="B325" t="s">
-        <v>743</v>
+        <v>727</v>
       </c>
       <c r="C325" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D325" t="s">
-        <v>744</v>
+        <v>728</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>745</v>
+        <v>729</v>
       </c>
       <c r="B326" t="s">
-        <v>746</v>
+        <v>730</v>
       </c>
       <c r="C326" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D326" t="s">
-        <v>747</v>
+        <v>731</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>748</v>
+        <v>732</v>
       </c>
       <c r="B327" t="s">
-        <v>749</v>
+        <v>733</v>
       </c>
       <c r="C327" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D327"/>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>751</v>
+        <v>734</v>
       </c>
       <c r="B328" t="s">
-        <v>752</v>
+        <v>735</v>
       </c>
       <c r="C328" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D328"/>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>754</v>
+        <v>736</v>
       </c>
       <c r="B329" t="s">
-        <v>755</v>
+        <v>737</v>
       </c>
       <c r="C329" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D329"/>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>757</v>
+        <v>738</v>
       </c>
       <c r="B330" t="s">
-        <v>758</v>
+        <v>739</v>
       </c>
       <c r="C330" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D330" t="s">
-        <v>759</v>
-[...13 lines deleted...]
-        <v>762</v>
+        <v>647</v>
       </c>
     </row>
     <row r="332" spans="1:4">
-      <c r="A332" t="s">
-[...9 lines deleted...]
-        <v>765</v>
+      <c r="A332" s="2" t="s">
+        <v>740</v>
       </c>
     </row>
     <row r="333" spans="1:4">
-      <c r="A333" t="s">
-[...9 lines deleted...]
-        <v>768</v>
+      <c r="A333" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B333" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C333" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D333" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>769</v>
+        <v>741</v>
       </c>
       <c r="B334" t="s">
-        <v>770</v>
+        <v>742</v>
       </c>
       <c r="C334" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D334" t="s">
-        <v>771</v>
+        <v>743</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4">
+      <c r="A335" t="s">
+        <v>744</v>
+      </c>
+      <c r="B335" t="s">
+        <v>745</v>
+      </c>
+      <c r="C335" t="s">
+        <v>11</v>
+      </c>
+      <c r="D335" t="s">
+        <v>746</v>
       </c>
     </row>
     <row r="336" spans="1:4">
-      <c r="A336" s="2" t="s">
-        <v>772</v>
+      <c r="A336" t="s">
+        <v>747</v>
+      </c>
+      <c r="B336" t="s">
+        <v>748</v>
+      </c>
+      <c r="C336" t="s">
+        <v>24</v>
+      </c>
+      <c r="D336" t="s">
+        <v>749</v>
       </c>
     </row>
     <row r="337" spans="1:4">
-      <c r="A337" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A337" t="s">
+        <v>750</v>
+      </c>
+      <c r="B337" t="s">
+        <v>751</v>
+      </c>
+      <c r="C337" t="s">
+        <v>24</v>
+      </c>
+      <c r="D337" t="s">
+        <v>752</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
       <c r="B338" t="s">
-        <v>774</v>
+        <v>754</v>
       </c>
       <c r="C338" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D338" t="s">
-        <v>775</v>
+        <v>755</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4">
+      <c r="A339" t="s">
+        <v>756</v>
+      </c>
+      <c r="B339" t="s">
+        <v>757</v>
+      </c>
+      <c r="C339" t="s">
+        <v>11</v>
+      </c>
+      <c r="D339" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="340" spans="1:4">
-      <c r="A340" s="2" t="s">
-        <v>776</v>
+      <c r="A340" t="s">
+        <v>759</v>
+      </c>
+      <c r="B340" t="s">
+        <v>760</v>
+      </c>
+      <c r="C340" t="s">
+        <v>11</v>
+      </c>
+      <c r="D340" t="s">
+        <v>761</v>
       </c>
     </row>
     <row r="341" spans="1:4">
-      <c r="A341" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A341" t="s">
+        <v>762</v>
+      </c>
+      <c r="B341" t="s">
+        <v>763</v>
+      </c>
+      <c r="C341" t="s">
+        <v>11</v>
+      </c>
+      <c r="D341" t="s">
+        <v>764</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>777</v>
+        <v>765</v>
       </c>
       <c r="B342" t="s">
-        <v>778</v>
+        <v>766</v>
       </c>
       <c r="C342" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D342" t="s">
-        <v>779</v>
+        <v>767</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>780</v>
+        <v>768</v>
       </c>
       <c r="B343" t="s">
-        <v>781</v>
+        <v>769</v>
       </c>
       <c r="C343" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D343" t="s">
-        <v>782</v>
-[...13 lines deleted...]
-        <v>785</v>
+        <v>770</v>
       </c>
     </row>
     <row r="345" spans="1:4">
-      <c r="A345" t="s">
-[...9 lines deleted...]
-        <v>654</v>
+      <c r="A345" s="2" t="s">
+        <v>771</v>
       </c>
     </row>
     <row r="346" spans="1:4">
-      <c r="A346" t="s">
-[...9 lines deleted...]
-        <v>790</v>
+      <c r="A346" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B346" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C346" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D346" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>791</v>
+        <v>772</v>
       </c>
       <c r="B347" t="s">
-        <v>792</v>
+        <v>773</v>
       </c>
       <c r="C347" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D347" t="s">
-        <v>793</v>
-[...13 lines deleted...]
-        <v>796</v>
+        <v>774</v>
       </c>
     </row>
     <row r="349" spans="1:4">
-      <c r="A349" t="s">
-[...9 lines deleted...]
-        <v>799</v>
+      <c r="A349" s="2" t="s">
+        <v>775</v>
       </c>
     </row>
     <row r="350" spans="1:4">
-      <c r="A350" t="s">
-[...9 lines deleted...]
-        <v>802</v>
+      <c r="A350" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B350" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C350" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D350" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="B351" t="s">
-        <v>804</v>
+        <v>777</v>
       </c>
       <c r="C351" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D351" t="s">
-        <v>805</v>
+        <v>778</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4">
+      <c r="A352" t="s">
+        <v>779</v>
+      </c>
+      <c r="B352" t="s">
+        <v>780</v>
+      </c>
+      <c r="C352" t="s">
+        <v>11</v>
+      </c>
+      <c r="D352" t="s">
+        <v>781</v>
       </c>
     </row>
     <row r="353" spans="1:4">
-      <c r="A353" s="2" t="s">
-        <v>806</v>
+      <c r="A353" t="s">
+        <v>782</v>
+      </c>
+      <c r="B353" t="s">
+        <v>783</v>
+      </c>
+      <c r="C353" t="s">
+        <v>11</v>
+      </c>
+      <c r="D353" t="s">
+        <v>784</v>
       </c>
     </row>
     <row r="354" spans="1:4">
-      <c r="A354" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A354" t="s">
+        <v>785</v>
+      </c>
+      <c r="B354" t="s">
+        <v>786</v>
+      </c>
+      <c r="C354" t="s">
+        <v>11</v>
+      </c>
+      <c r="D354" t="s">
+        <v>653</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>807</v>
+        <v>787</v>
       </c>
       <c r="B355" t="s">
-        <v>808</v>
+        <v>788</v>
       </c>
       <c r="C355" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D355" t="s">
-        <v>809</v>
+        <v>789</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4">
+      <c r="A356" t="s">
+        <v>790</v>
+      </c>
+      <c r="B356" t="s">
+        <v>791</v>
+      </c>
+      <c r="C356" t="s">
+        <v>24</v>
+      </c>
+      <c r="D356" t="s">
+        <v>792</v>
       </c>
     </row>
     <row r="357" spans="1:4">
-      <c r="A357" s="2" t="s">
-        <v>810</v>
+      <c r="A357" t="s">
+        <v>793</v>
+      </c>
+      <c r="B357" t="s">
+        <v>794</v>
+      </c>
+      <c r="C357" t="s">
+        <v>11</v>
+      </c>
+      <c r="D357" t="s">
+        <v>795</v>
       </c>
     </row>
     <row r="358" spans="1:4">
-      <c r="A358" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A358" t="s">
+        <v>796</v>
+      </c>
+      <c r="B358" t="s">
+        <v>797</v>
+      </c>
+      <c r="C358" t="s">
+        <v>24</v>
+      </c>
+      <c r="D358" t="s">
+        <v>798</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>811</v>
+        <v>799</v>
       </c>
       <c r="B359" t="s">
-        <v>812</v>
+        <v>800</v>
       </c>
       <c r="C359" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D359" t="s">
-        <v>480</v>
-[...4 lines deleted...]
-        <v>813</v>
+        <v>801</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4">
+      <c r="A360" t="s">
+        <v>802</v>
+      </c>
+      <c r="B360" t="s">
+        <v>803</v>
+      </c>
+      <c r="C360" t="s">
+        <v>24</v>
+      </c>
+      <c r="D360" t="s">
+        <v>804</v>
       </c>
     </row>
     <row r="362" spans="1:4">
-      <c r="A362" s="3" t="s">
+      <c r="A362" s="2" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4">
+      <c r="A363" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B362" s="3" t="s">
+      <c r="B363" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C362" s="3" t="s">
+      <c r="C363" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D362" s="3" t="s">
+      <c r="D363" s="3" t="s">
         <v>9</v>
-      </c>
-[...12 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>816</v>
+        <v>806</v>
       </c>
       <c r="B364" t="s">
-        <v>817</v>
+        <v>807</v>
       </c>
       <c r="C364" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D364" t="s">
-        <v>818</v>
+        <v>808</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="2" t="s">
-        <v>819</v>
+        <v>809</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C367" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D367" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
+        <v>810</v>
+      </c>
+      <c r="B368" t="s">
+        <v>811</v>
+      </c>
+      <c r="C368" t="s">
+        <v>11</v>
+      </c>
+      <c r="D368" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4">
+      <c r="A370" s="2" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4">
+      <c r="A371" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B371" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C371" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D371" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4">
+      <c r="A372" t="s">
+        <v>813</v>
+      </c>
+      <c r="B372" t="s">
+        <v>814</v>
+      </c>
+      <c r="C372" t="s">
+        <v>24</v>
+      </c>
+      <c r="D372" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4">
+      <c r="A373" t="s">
+        <v>815</v>
+      </c>
+      <c r="B373" t="s">
+        <v>816</v>
+      </c>
+      <c r="C373" t="s">
+        <v>11</v>
+      </c>
+      <c r="D373" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4">
+      <c r="A375" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4">
+      <c r="A376" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B376" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C376" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D376" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4">
+      <c r="A377" t="s">
+        <v>819</v>
+      </c>
+      <c r="B377" t="s">
         <v>820</v>
       </c>
-      <c r="B368" t="s">
+      <c r="C377" t="s">
+        <v>24</v>
+      </c>
+      <c r="D377" t="s">
         <v>821</v>
       </c>
-      <c r="C368" t="s">
-[...2 lines deleted...]
-      <c r="D368" t="s">
+    </row>
+    <row r="378" spans="1:4">
+      <c r="A378" t="s">
         <v>822</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A369" t="s">
+      <c r="B378" t="s">
         <v>823</v>
       </c>
-      <c r="B369" t="s">
-[...86 lines deleted...]
-        <v>9</v>
+      <c r="C378" t="s">
+        <v>24</v>
+      </c>
+      <c r="D378" t="s">
+        <v>821</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>834</v>
+        <v>824</v>
       </c>
       <c r="B379" t="s">
-        <v>835</v>
+        <v>825</v>
       </c>
       <c r="C379" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D379" t="s">
-        <v>836</v>
+        <v>821</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>837</v>
+        <v>826</v>
       </c>
       <c r="B380" t="s">
-        <v>838</v>
+        <v>827</v>
       </c>
       <c r="C380" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D380" t="s">
-        <v>839</v>
-[...13 lines deleted...]
-        <v>842</v>
+        <v>716</v>
       </c>
     </row>
     <row r="382" spans="1:4">
-      <c r="A382" t="s">
-[...9 lines deleted...]
-        <v>845</v>
+      <c r="A382" s="2" t="s">
+        <v>828</v>
       </c>
     </row>
     <row r="383" spans="1:4">
-      <c r="A383" t="s">
-[...9 lines deleted...]
-        <v>848</v>
+      <c r="A383" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B383" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C383" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D383" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>849</v>
+        <v>829</v>
       </c>
       <c r="B384" t="s">
-        <v>850</v>
+        <v>830</v>
       </c>
       <c r="C384" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D384" t="s">
-        <v>851</v>
-[...13 lines deleted...]
-        <v>854</v>
+        <v>831</v>
       </c>
     </row>
     <row r="386" spans="1:4">
-      <c r="A386" t="s">
-[...9 lines deleted...]
-        <v>857</v>
+      <c r="A386" s="2" t="s">
+        <v>832</v>
       </c>
     </row>
     <row r="387" spans="1:4">
-      <c r="A387" t="s">
-[...9 lines deleted...]
-        <v>860</v>
+      <c r="A387" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B387" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C387" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D387" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>861</v>
+        <v>833</v>
       </c>
       <c r="B388" t="s">
-        <v>862</v>
+        <v>834</v>
       </c>
       <c r="C388" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D388" t="s">
-        <v>863</v>
+        <v>835</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>864</v>
+        <v>836</v>
       </c>
       <c r="B389" t="s">
-        <v>865</v>
+        <v>837</v>
       </c>
       <c r="C389" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D389" t="s">
-        <v>866</v>
+        <v>838</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>867</v>
+        <v>839</v>
       </c>
       <c r="B390" t="s">
-        <v>868</v>
+        <v>840</v>
       </c>
       <c r="C390" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D390"/>
+        <v>24</v>
+      </c>
+      <c r="D390" t="s">
+        <v>841</v>
+      </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>869</v>
+        <v>842</v>
       </c>
       <c r="B391" t="s">
-        <v>870</v>
+        <v>843</v>
       </c>
       <c r="C391" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D391" t="s">
-        <v>871</v>
+        <v>844</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>872</v>
+        <v>845</v>
       </c>
       <c r="B392" t="s">
-        <v>873</v>
+        <v>846</v>
       </c>
       <c r="C392" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D392" t="s">
-        <v>874</v>
+        <v>847</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>875</v>
+        <v>848</v>
       </c>
       <c r="B393" t="s">
-        <v>876</v>
+        <v>849</v>
       </c>
       <c r="C393" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D393"/>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>878</v>
+        <v>850</v>
       </c>
       <c r="B394" t="s">
-        <v>879</v>
+        <v>851</v>
       </c>
       <c r="C394" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D394" t="s">
-        <v>880</v>
+        <v>852</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>881</v>
+        <v>853</v>
       </c>
       <c r="B395" t="s">
-        <v>882</v>
+        <v>854</v>
       </c>
       <c r="C395" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D395"/>
+        <v>24</v>
+      </c>
+      <c r="D395" t="s">
+        <v>855</v>
+      </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>883</v>
+        <v>856</v>
       </c>
       <c r="B396" t="s">
-        <v>884</v>
+        <v>857</v>
       </c>
       <c r="C396" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D396"/>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>885</v>
+        <v>858</v>
       </c>
       <c r="B397" t="s">
-        <v>886</v>
+        <v>859</v>
       </c>
       <c r="C397" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D397" t="s">
-        <v>887</v>
+        <v>860</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>888</v>
+        <v>861</v>
       </c>
       <c r="B398" t="s">
-        <v>889</v>
+        <v>862</v>
       </c>
       <c r="C398" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D398" t="s">
-        <v>890</v>
+        <v>863</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>891</v>
+        <v>864</v>
       </c>
       <c r="B399" t="s">
-        <v>892</v>
+        <v>865</v>
       </c>
       <c r="C399" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D399"/>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>894</v>
+        <v>866</v>
       </c>
       <c r="B400" t="s">
-        <v>895</v>
+        <v>867</v>
       </c>
       <c r="C400" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D400" t="s">
-        <v>896</v>
+        <v>868</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>897</v>
+        <v>869</v>
       </c>
       <c r="B401" t="s">
-        <v>898</v>
+        <v>870</v>
       </c>
       <c r="C401" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D401" t="s">
-        <v>899</v>
+        <v>871</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
-        <v>900</v>
+        <v>872</v>
       </c>
       <c r="B402" t="s">
-        <v>901</v>
+        <v>873</v>
       </c>
       <c r="C402" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D402" t="s">
-        <v>902</v>
+        <v>874</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>903</v>
+        <v>875</v>
       </c>
       <c r="B403" t="s">
-        <v>904</v>
+        <v>876</v>
       </c>
       <c r="C403" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D403" t="s">
-        <v>905</v>
+        <v>877</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>906</v>
+        <v>878</v>
       </c>
       <c r="B404" t="s">
-        <v>907</v>
+        <v>879</v>
       </c>
       <c r="C404" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D404"/>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>909</v>
+        <v>880</v>
       </c>
       <c r="B405" t="s">
-        <v>910</v>
+        <v>881</v>
       </c>
       <c r="C405" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D405"/>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>912</v>
+        <v>882</v>
       </c>
       <c r="B406" t="s">
-        <v>913</v>
+        <v>883</v>
       </c>
       <c r="C406" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D406"/>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>915</v>
+        <v>884</v>
       </c>
       <c r="B407" t="s">
-        <v>916</v>
+        <v>885</v>
       </c>
       <c r="C407" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D407" t="s">
-        <v>917</v>
+        <v>886</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>918</v>
+        <v>887</v>
       </c>
       <c r="B408" t="s">
-        <v>919</v>
+        <v>888</v>
       </c>
       <c r="C408" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D408" t="s">
-        <v>920</v>
+        <v>889</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>921</v>
+        <v>890</v>
       </c>
       <c r="B409" t="s">
-        <v>922</v>
+        <v>891</v>
       </c>
       <c r="C409" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D409" t="s">
-        <v>917</v>
+        <v>892</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" t="s">
+        <v>893</v>
+      </c>
+      <c r="B410" t="s">
+        <v>894</v>
+      </c>
+      <c r="C410" t="s">
+        <v>24</v>
+      </c>
+      <c r="D410" t="s">
+        <v>895</v>
       </c>
     </row>
     <row r="411" spans="1:4">
-      <c r="A411" s="2" t="s">
-        <v>923</v>
+      <c r="A411" t="s">
+        <v>896</v>
+      </c>
+      <c r="B411" t="s">
+        <v>897</v>
+      </c>
+      <c r="C411" t="s">
+        <v>24</v>
+      </c>
+      <c r="D411" t="s">
+        <v>898</v>
       </c>
     </row>
     <row r="412" spans="1:4">
-      <c r="A412" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A412" t="s">
+        <v>899</v>
+      </c>
+      <c r="B412" t="s">
+        <v>900</v>
+      </c>
+      <c r="C412" t="s">
+        <v>24</v>
+      </c>
+      <c r="D412" t="s">
+        <v>901</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>924</v>
+        <v>902</v>
       </c>
       <c r="B413" t="s">
-        <v>925</v>
+        <v>903</v>
       </c>
       <c r="C413" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D413" t="s">
-        <v>244</v>
+        <v>904</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" t="s">
+        <v>905</v>
+      </c>
+      <c r="B414" t="s">
+        <v>906</v>
+      </c>
+      <c r="C414" t="s">
+        <v>24</v>
+      </c>
+      <c r="D414" t="s">
+        <v>907</v>
       </c>
     </row>
     <row r="415" spans="1:4">
-      <c r="A415" s="2" t="s">
-        <v>926</v>
+      <c r="A415" t="s">
+        <v>908</v>
+      </c>
+      <c r="B415" t="s">
+        <v>909</v>
+      </c>
+      <c r="C415" t="s">
+        <v>11</v>
+      </c>
+      <c r="D415" t="s">
+        <v>910</v>
       </c>
     </row>
     <row r="416" spans="1:4">
-      <c r="A416" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A416" t="s">
+        <v>911</v>
+      </c>
+      <c r="B416" t="s">
+        <v>912</v>
+      </c>
+      <c r="C416" t="s">
+        <v>11</v>
+      </c>
+      <c r="D416" t="s">
+        <v>913</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>927</v>
+        <v>914</v>
       </c>
       <c r="B417" t="s">
-        <v>928</v>
+        <v>915</v>
       </c>
       <c r="C417" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D417" t="s">
-        <v>929</v>
+        <v>916</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>930</v>
+        <v>917</v>
       </c>
       <c r="B418" t="s">
-        <v>931</v>
+        <v>918</v>
       </c>
       <c r="C418" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D418" t="s">
-        <v>932</v>
-[...13 lines deleted...]
-        <v>935</v>
+        <v>913</v>
       </c>
     </row>
     <row r="420" spans="1:4">
-      <c r="A420" t="s">
-[...9 lines deleted...]
-        <v>59</v>
+      <c r="A420" s="2" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B421" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C421" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D421" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="422" spans="1:4">
-      <c r="A422" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A423" s="3" t="s">
+      <c r="A422" t="s">
+        <v>920</v>
+      </c>
+      <c r="B422" t="s">
+        <v>921</v>
+      </c>
+      <c r="C422" t="s">
+        <v>11</v>
+      </c>
+      <c r="D422" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" s="2" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B423" s="3" t="s">
+      <c r="B425" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C423" s="3" t="s">
+      <c r="C425" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D423" s="3" t="s">
+      <c r="D425" s="3" t="s">
         <v>9</v>
-      </c>
-[...26 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>944</v>
+        <v>923</v>
       </c>
       <c r="B426" t="s">
-        <v>945</v>
+        <v>924</v>
       </c>
       <c r="C426" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D426"/>
+        <v>11</v>
+      </c>
+      <c r="D426" t="s">
+        <v>925</v>
+      </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>946</v>
+        <v>926</v>
       </c>
       <c r="B427" t="s">
-        <v>947</v>
+        <v>927</v>
       </c>
       <c r="C427" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D427"/>
+        <v>11</v>
+      </c>
+      <c r="D427" t="s">
+        <v>928</v>
+      </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>948</v>
+        <v>929</v>
       </c>
       <c r="B428" t="s">
-        <v>949</v>
+        <v>930</v>
       </c>
       <c r="C428" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D428"/>
+        <v>11</v>
+      </c>
+      <c r="D428" t="s">
+        <v>931</v>
+      </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>950</v>
+        <v>932</v>
       </c>
       <c r="B429" t="s">
-        <v>951</v>
+        <v>933</v>
       </c>
       <c r="C429" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D429" t="s">
-        <v>952</v>
-[...13 lines deleted...]
-        <v>955</v>
+        <v>61</v>
       </c>
     </row>
     <row r="431" spans="1:4">
-      <c r="A431" t="s">
-[...9 lines deleted...]
-        <v>958</v>
+      <c r="A431" s="2" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B432" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C432" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D432" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="433" spans="1:4">
-      <c r="A433" s="2" t="s">
-        <v>959</v>
+      <c r="A433" t="s">
+        <v>935</v>
+      </c>
+      <c r="B433" t="s">
+        <v>936</v>
+      </c>
+      <c r="C433" t="s">
+        <v>11</v>
+      </c>
+      <c r="D433" t="s">
+        <v>937</v>
       </c>
     </row>
     <row r="434" spans="1:4">
-      <c r="A434" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A434" t="s">
+        <v>938</v>
+      </c>
+      <c r="B434" t="s">
+        <v>939</v>
+      </c>
+      <c r="C434" t="s">
+        <v>11</v>
+      </c>
+      <c r="D434" t="s">
+        <v>477</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>960</v>
+        <v>940</v>
       </c>
       <c r="B435" t="s">
-        <v>961</v>
+        <v>941</v>
       </c>
       <c r="C435" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D435"/>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>963</v>
+        <v>942</v>
       </c>
       <c r="B436" t="s">
-        <v>964</v>
+        <v>943</v>
       </c>
       <c r="C436" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D436"/>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>966</v>
+        <v>944</v>
       </c>
       <c r="B437" t="s">
-        <v>967</v>
+        <v>945</v>
       </c>
       <c r="C437" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D437"/>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>969</v>
+        <v>946</v>
       </c>
       <c r="B438" t="s">
-        <v>970</v>
+        <v>947</v>
       </c>
       <c r="C438" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D438"/>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>972</v>
+        <v>948</v>
       </c>
       <c r="B439" t="s">
-        <v>973</v>
+        <v>949</v>
       </c>
       <c r="C439" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D439" t="s">
-        <v>974</v>
+        <v>950</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>975</v>
+        <v>951</v>
       </c>
       <c r="B440" t="s">
-        <v>976</v>
+        <v>952</v>
       </c>
       <c r="C440" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D440" t="s">
-        <v>977</v>
+        <v>953</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>978</v>
+        <v>954</v>
       </c>
       <c r="B441" t="s">
-        <v>979</v>
+        <v>955</v>
       </c>
       <c r="C441" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D441" t="s">
-        <v>980</v>
-[...13 lines deleted...]
-        <v>983</v>
+        <v>956</v>
       </c>
     </row>
     <row r="443" spans="1:4">
-      <c r="A443" t="s">
-[...9 lines deleted...]
-        <v>965</v>
+      <c r="A443" s="2" t="s">
+        <v>957</v>
       </c>
     </row>
     <row r="444" spans="1:4">
-      <c r="A444" t="s">
-[...9 lines deleted...]
-        <v>988</v>
+      <c r="A444" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B444" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C444" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D444" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>989</v>
+        <v>958</v>
       </c>
       <c r="B445" t="s">
-        <v>990</v>
+        <v>959</v>
       </c>
       <c r="C445" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D445" t="s">
-        <v>991</v>
+        <v>960</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>992</v>
+        <v>961</v>
       </c>
       <c r="B446" t="s">
-        <v>993</v>
+        <v>962</v>
       </c>
       <c r="C446" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D446" t="s">
-        <v>994</v>
+        <v>963</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>995</v>
+        <v>964</v>
       </c>
       <c r="B447" t="s">
-        <v>996</v>
+        <v>965</v>
       </c>
       <c r="C447" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D447" t="s">
-        <v>997</v>
+        <v>966</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
-        <v>998</v>
+        <v>967</v>
       </c>
       <c r="B448" t="s">
-        <v>999</v>
+        <v>968</v>
       </c>
       <c r="C448" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D448"/>
+        <v>11</v>
+      </c>
+      <c r="D448" t="s">
+        <v>969</v>
+      </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
-        <v>1000</v>
+        <v>970</v>
       </c>
       <c r="B449" t="s">
-        <v>1001</v>
+        <v>971</v>
       </c>
       <c r="C449" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D449"/>
+        <v>11</v>
+      </c>
+      <c r="D449" t="s">
+        <v>972</v>
+      </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
-        <v>1002</v>
+        <v>973</v>
       </c>
       <c r="B450" t="s">
-        <v>1003</v>
+        <v>974</v>
       </c>
       <c r="C450" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D450" t="s">
-        <v>1004</v>
+        <v>975</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
-        <v>1005</v>
+        <v>976</v>
       </c>
       <c r="B451" t="s">
-        <v>1006</v>
+        <v>977</v>
       </c>
       <c r="C451" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D451" t="s">
-        <v>1007</v>
+        <v>978</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
-        <v>1008</v>
+        <v>979</v>
       </c>
       <c r="B452" t="s">
-        <v>1009</v>
+        <v>980</v>
       </c>
       <c r="C452" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D452" t="s">
-        <v>1010</v>
+        <v>981</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
-        <v>1011</v>
+        <v>982</v>
       </c>
       <c r="B453" t="s">
-        <v>1012</v>
+        <v>983</v>
       </c>
       <c r="C453" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D453" t="s">
-        <v>1013</v>
+        <v>963</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" t="s">
-        <v>1014</v>
+        <v>984</v>
       </c>
       <c r="B454" t="s">
-        <v>1015</v>
+        <v>985</v>
       </c>
       <c r="C454" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D454" t="s">
-        <v>1016</v>
+        <v>986</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4">
+      <c r="A455" t="s">
+        <v>987</v>
+      </c>
+      <c r="B455" t="s">
+        <v>988</v>
+      </c>
+      <c r="C455" t="s">
+        <v>11</v>
+      </c>
+      <c r="D455" t="s">
+        <v>989</v>
       </c>
     </row>
     <row r="456" spans="1:4">
-      <c r="A456" s="2" t="s">
-        <v>1017</v>
+      <c r="A456" t="s">
+        <v>990</v>
+      </c>
+      <c r="B456" t="s">
+        <v>991</v>
+      </c>
+      <c r="C456" t="s">
+        <v>11</v>
+      </c>
+      <c r="D456" t="s">
+        <v>992</v>
       </c>
     </row>
     <row r="457" spans="1:4">
-      <c r="A457" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A457" t="s">
+        <v>993</v>
+      </c>
+      <c r="B457" t="s">
+        <v>994</v>
+      </c>
+      <c r="C457" t="s">
+        <v>24</v>
+      </c>
+      <c r="D457" t="s">
+        <v>995</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
-        <v>1018</v>
+        <v>996</v>
       </c>
       <c r="B458" t="s">
-        <v>1019</v>
+        <v>997</v>
       </c>
       <c r="C458" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D458"/>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
-        <v>1021</v>
+        <v>998</v>
       </c>
       <c r="B459" t="s">
-        <v>1022</v>
+        <v>999</v>
       </c>
       <c r="C459" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D459"/>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
-        <v>1023</v>
+        <v>1000</v>
       </c>
       <c r="B460" t="s">
-        <v>1024</v>
+        <v>1001</v>
       </c>
       <c r="C460" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D460" t="s">
-        <v>518</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
-        <v>1025</v>
+        <v>1003</v>
       </c>
       <c r="B461" t="s">
-        <v>1026</v>
+        <v>1004</v>
       </c>
       <c r="C461" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D461" t="s">
-        <v>1027</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
-        <v>1028</v>
+        <v>1006</v>
       </c>
       <c r="B462" t="s">
-        <v>1029</v>
+        <v>1007</v>
       </c>
       <c r="C462" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D462" t="s">
-        <v>1030</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" t="s">
-        <v>1031</v>
+        <v>1009</v>
       </c>
       <c r="B463" t="s">
-        <v>1032</v>
+        <v>1010</v>
       </c>
       <c r="C463" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D463" t="s">
-        <v>1033</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
-        <v>1034</v>
+        <v>1012</v>
       </c>
       <c r="B464" t="s">
-        <v>1035</v>
+        <v>1013</v>
       </c>
       <c r="C464" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D464" t="s">
-        <v>1036</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" s="2" t="s">
-        <v>1037</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B467" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C467" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D467" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
-        <v>1038</v>
+        <v>1016</v>
       </c>
       <c r="B468" t="s">
-        <v>1039</v>
+        <v>1017</v>
       </c>
       <c r="C468" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D468" t="s">
-        <v>583</v>
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4">
+      <c r="A469" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B469" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C469" t="s">
+        <v>24</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1021</v>
       </c>
     </row>
     <row r="470" spans="1:4">
-      <c r="A470" s="2" t="s">
-        <v>1040</v>
+      <c r="A470" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B470" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C470" t="s">
+        <v>11</v>
+      </c>
+      <c r="D470" t="s">
+        <v>518</v>
       </c>
     </row>
     <row r="471" spans="1:4">
-      <c r="A471" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A471" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B471" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C471" t="s">
+        <v>11</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1026</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
-        <v>1041</v>
+        <v>1027</v>
       </c>
       <c r="B472" t="s">
-        <v>1042</v>
+        <v>1028</v>
       </c>
       <c r="C472" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D472" t="s">
-        <v>574</v>
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4">
+      <c r="A473" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B473" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C473" t="s">
+        <v>11</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1032</v>
       </c>
     </row>
     <row r="474" spans="1:4">
-      <c r="A474" s="2" t="s">
-        <v>1043</v>
+      <c r="A474" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B474" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C474" t="s">
+        <v>11</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1035</v>
       </c>
     </row>
     <row r="475" spans="1:4">
-      <c r="A475" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A475" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B475" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C475" t="s">
+        <v>11</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1038</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B476" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C476" t="s">
+        <v>24</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4">
+      <c r="A478" s="2" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4">
+      <c r="A479" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B479" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C479" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D479" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4">
+      <c r="A480" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B480" t="s">
         <v>1044</v>
       </c>
-      <c r="B476" t="s">
-[...53 lines deleted...]
-      </c>
       <c r="C480" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D480" t="s">
-        <v>1056</v>
+        <v>582</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" s="2" t="s">
-        <v>1057</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B483" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C483" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D483" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
-        <v>1058</v>
+        <v>1046</v>
       </c>
       <c r="B484" t="s">
-        <v>1059</v>
+        <v>1047</v>
       </c>
       <c r="C484" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D484" t="s">
-        <v>1056</v>
-[...13 lines deleted...]
-        <v>1062</v>
+        <v>573</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4">
+      <c r="A486" s="2" t="s">
+        <v>1048</v>
       </c>
     </row>
     <row r="487" spans="1:4">
-      <c r="A487" s="2" t="s">
-        <v>1063</v>
+      <c r="A487" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B487" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C487" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D487" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="488" spans="1:4">
-      <c r="A488" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A488" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B488" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C488" t="s">
+        <v>24</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1051</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
-        <v>1064</v>
+        <v>1052</v>
       </c>
       <c r="B489" t="s">
         <v>1053</v>
       </c>
       <c r="C489" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D489"/>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
-        <v>1065</v>
+        <v>1054</v>
       </c>
       <c r="B490" t="s">
-        <v>1066</v>
+        <v>1055</v>
       </c>
       <c r="C490" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D490" t="s">
-        <v>1067</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="491" spans="1:4">
-      <c r="A491" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A491"/>
       <c r="B491" t="s">
-        <v>1069</v>
+        <v>1057</v>
       </c>
       <c r="C491" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D491" t="s">
-        <v>775</v>
-[...4 lines deleted...]
-        <v>1070</v>
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4">
+      <c r="A492"/>
+      <c r="B492" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C492" t="s">
+        <v>24</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1060</v>
       </c>
     </row>
     <row r="494" spans="1:4">
-      <c r="A494" s="3" t="s">
+      <c r="A494" s="2" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4">
+      <c r="A495" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B494" s="3" t="s">
+      <c r="B495" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C494" s="3" t="s">
+      <c r="C495" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D494" s="3" t="s">
+      <c r="D495" s="3" t="s">
         <v>9</v>
-      </c>
-[...12 lines deleted...]
-        <v>1073</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
-        <v>1074</v>
+        <v>1062</v>
       </c>
       <c r="B496" t="s">
-        <v>1075</v>
+        <v>1063</v>
       </c>
       <c r="C496" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D496" t="s">
-        <v>1076</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
-        <v>1077</v>
+        <v>1064</v>
       </c>
       <c r="B497" t="s">
-        <v>1078</v>
+        <v>1065</v>
       </c>
       <c r="C497" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D497" t="s">
-        <v>1076</v>
-[...13 lines deleted...]
-        <v>1076</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="499" spans="1:4">
-      <c r="A499" t="s">
-[...9 lines deleted...]
-        <v>483</v>
+      <c r="A499" s="2" t="s">
+        <v>1067</v>
       </c>
     </row>
     <row r="500" spans="1:4">
-      <c r="A500" t="s">
-[...9 lines deleted...]
-        <v>1076</v>
+      <c r="A500" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B500" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C500" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D500" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
-        <v>1085</v>
+        <v>1068</v>
       </c>
       <c r="B501" t="s">
-        <v>1086</v>
+        <v>1057</v>
       </c>
       <c r="C501" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D501" t="s">
-        <v>1076</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
-        <v>1087</v>
+        <v>1069</v>
       </c>
       <c r="B502" t="s">
-        <v>1088</v>
+        <v>1070</v>
       </c>
       <c r="C502" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D502"/>
+        <v>24</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1071</v>
+      </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" t="s">
-        <v>1089</v>
+        <v>1072</v>
       </c>
       <c r="B503" t="s">
-        <v>1090</v>
+        <v>1073</v>
       </c>
       <c r="C503" t="s">
-        <v>12</v>
-[...14 lines deleted...]
-        <v>1049</v>
+        <v>24</v>
+      </c>
+      <c r="D503" t="s">
+        <v>774</v>
       </c>
     </row>
     <row r="505" spans="1:4">
-      <c r="A505" t="s">
-[...9 lines deleted...]
-        <v>1049</v>
+      <c r="A505" s="2" t="s">
+        <v>1074</v>
       </c>
     </row>
     <row r="506" spans="1:4">
-      <c r="A506" t="s">
-[...9 lines deleted...]
-        <v>1049</v>
+      <c r="A506" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B506" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C506" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D506" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>1097</v>
+        <v>1075</v>
       </c>
       <c r="B507" t="s">
-        <v>1098</v>
+        <v>1076</v>
       </c>
       <c r="C507" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D507" t="s">
-        <v>1049</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
-        <v>1099</v>
+        <v>1078</v>
       </c>
       <c r="B508" t="s">
-        <v>1100</v>
+        <v>1079</v>
       </c>
       <c r="C508" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D508" t="s">
-        <v>1049</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
-        <v>1101</v>
+        <v>1081</v>
       </c>
       <c r="B509" t="s">
-        <v>1102</v>
+        <v>1082</v>
       </c>
       <c r="C509" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D509"/>
+        <v>24</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1080</v>
+      </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" t="s">
-        <v>1103</v>
+        <v>1083</v>
       </c>
       <c r="B510" t="s">
-        <v>1104</v>
+        <v>1084</v>
       </c>
       <c r="C510" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D510"/>
+        <v>24</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1080</v>
+      </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>1105</v>
+        <v>1085</v>
       </c>
       <c r="B511" t="s">
-        <v>1106</v>
+        <v>1086</v>
       </c>
       <c r="C511" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D511"/>
+        <v>24</v>
+      </c>
+      <c r="D511" t="s">
+        <v>486</v>
+      </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
-        <v>1107</v>
+        <v>1087</v>
       </c>
       <c r="B512" t="s">
-        <v>1108</v>
+        <v>1088</v>
       </c>
       <c r="C512" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D512" t="s">
-        <v>1049</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" t="s">
-        <v>1109</v>
+        <v>1089</v>
       </c>
       <c r="B513" t="s">
-        <v>1110</v>
+        <v>1090</v>
       </c>
       <c r="C513" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D513" t="s">
-        <v>565</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B514" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C514" t="s">
+        <v>11</v>
+      </c>
+      <c r="D514"/>
+    </row>
+    <row r="515" spans="1:4">
+      <c r="A515" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B515" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C515" t="s">
+        <v>11</v>
+      </c>
+      <c r="D515"/>
+    </row>
+    <row r="516" spans="1:4">
+      <c r="A516" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B516" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C516" t="s">
+        <v>11</v>
+      </c>
+      <c r="D516"/>
+    </row>
+    <row r="517" spans="1:4">
+      <c r="A517" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B517" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C517" t="s">
+        <v>11</v>
+      </c>
+      <c r="D517"/>
+    </row>
+    <row r="518" spans="1:4">
+      <c r="A518" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B518" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C518" t="s">
+        <v>11</v>
+      </c>
+      <c r="D518"/>
+    </row>
+    <row r="519" spans="1:4">
+      <c r="A519" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C519" t="s">
+        <v>11</v>
+      </c>
+      <c r="D519"/>
+    </row>
+    <row r="520" spans="1:4">
+      <c r="A520" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C520" t="s">
+        <v>11</v>
+      </c>
+      <c r="D520"/>
+    </row>
+    <row r="521" spans="1:4">
+      <c r="A521" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B521" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C521" t="s">
+        <v>11</v>
+      </c>
+      <c r="D521"/>
+    </row>
+    <row r="522" spans="1:4">
+      <c r="A522" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B522" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C522" t="s">
+        <v>11</v>
+      </c>
+      <c r="D522"/>
+    </row>
+    <row r="523" spans="1:4">
+      <c r="A523" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C523" t="s">
+        <v>11</v>
+      </c>
+      <c r="D523"/>
+    </row>
+    <row r="524" spans="1:4">
+      <c r="A524" t="s">
         <v>1111</v>
       </c>
-      <c r="B514" t="s">
+      <c r="B524" t="s">
         <v>1112</v>
       </c>
-      <c r="C514" t="s">
-[...2 lines deleted...]
-      <c r="D514" t="s">
+      <c r="C524" t="s">
+        <v>11</v>
+      </c>
+      <c r="D524"/>
+    </row>
+    <row r="525" spans="1:4">
+      <c r="A525" t="s">
         <v>1113</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B515" t="s">
+      <c r="B525" t="s">
         <v>1114</v>
       </c>
-      <c r="C515" t="s">
-[...8 lines deleted...]
-      <c r="B516" t="s">
+      <c r="C525" t="s">
+        <v>24</v>
+      </c>
+      <c r="D525" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4">
+      <c r="A526" t="s">
         <v>1115</v>
       </c>
-      <c r="C516" t="s">
-[...8 lines deleted...]
-      <c r="B517" t="s">
+      <c r="B526" t="s">
         <v>1116</v>
       </c>
-      <c r="C517" t="s">
-[...8 lines deleted...]
-      <c r="B518" t="s">
+      <c r="C526" t="s">
+        <v>24</v>
+      </c>
+      <c r="D526" t="s">
         <v>1117</v>
       </c>
-      <c r="C518" t="s">
-[...8 lines deleted...]
-      <c r="B519" t="s">
+    </row>
+    <row r="527" spans="1:4">
+      <c r="A527"/>
+      <c r="B527" t="s">
         <v>1118</v>
       </c>
-      <c r="C519" t="s">
-[...8 lines deleted...]
-      <c r="B520" t="s">
+      <c r="C527" t="s">
+        <v>24</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4">
+      <c r="A528"/>
+      <c r="B528" t="s">
         <v>1119</v>
       </c>
-      <c r="C520" t="s">
-[...8 lines deleted...]
-      <c r="B521" t="s">
+      <c r="C528" t="s">
+        <v>24</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4">
+      <c r="A529"/>
+      <c r="B529" t="s">
         <v>1120</v>
       </c>
-      <c r="C521" t="s">
-[...8 lines deleted...]
-      <c r="B522" t="s">
+      <c r="C529" t="s">
+        <v>24</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4">
+      <c r="A530"/>
+      <c r="B530" t="s">
         <v>1121</v>
       </c>
-      <c r="C522" t="s">
-[...8 lines deleted...]
-      <c r="B523" t="s">
+      <c r="C530" t="s">
+        <v>24</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4">
+      <c r="A531"/>
+      <c r="B531" t="s">
         <v>1122</v>
       </c>
-      <c r="C523" t="s">
-[...8 lines deleted...]
-      <c r="B524" t="s">
+      <c r="C531" t="s">
+        <v>24</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4">
+      <c r="A532"/>
+      <c r="B532" t="s">
         <v>1123</v>
       </c>
-      <c r="C524" t="s">
-[...2 lines deleted...]
-      <c r="D524" t="s">
+      <c r="C532" t="s">
+        <v>24</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4">
+      <c r="A533"/>
+      <c r="B533" t="s">
         <v>1124</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B525" t="s">
+      <c r="C533" t="s">
+        <v>24</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4">
+      <c r="A534"/>
+      <c r="B534" t="s">
         <v>1125</v>
       </c>
-      <c r="C525" t="s">
-[...2 lines deleted...]
-      <c r="D525" t="s">
+      <c r="C534" t="s">
+        <v>24</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4">
+      <c r="A535"/>
+      <c r="B535" t="s">
         <v>1126</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B526" t="s">
+      <c r="C535" t="s">
+        <v>24</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4">
+      <c r="A536"/>
+      <c r="B536" t="s">
         <v>1127</v>
       </c>
-      <c r="C526" t="s">
-[...2 lines deleted...]
-      <c r="D526" t="s">
+      <c r="C536" t="s">
+        <v>24</v>
+      </c>
+      <c r="D536" t="s">
         <v>1128</v>
       </c>
     </row>
-    <row r="528" spans="1:4">
-      <c r="A528" s="2" t="s">
+    <row r="537" spans="1:4">
+      <c r="A537"/>
+      <c r="B537" t="s">
         <v>1129</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      <c r="A530" t="s">
+      <c r="C537" t="s">
+        <v>24</v>
+      </c>
+      <c r="D537" t="s">
         <v>1130</v>
       </c>
-      <c r="B530" t="s">
-[...10 lines deleted...]
-      <c r="A531" t="s">
+    </row>
+    <row r="538" spans="1:4">
+      <c r="A538"/>
+      <c r="B538" t="s">
         <v>1131</v>
       </c>
-      <c r="B531" t="s">
+      <c r="C538" t="s">
+        <v>24</v>
+      </c>
+      <c r="D538" t="s">
         <v>1132</v>
-      </c>
-[...79 lines deleted...]
-        <v>1142</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" s="2" t="s">
-        <v>1143</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B541" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C541" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D541" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" t="s">
-        <v>1144</v>
+        <v>1134</v>
       </c>
       <c r="B542" t="s">
-        <v>1145</v>
+        <v>1120</v>
       </c>
       <c r="C542" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D542" t="s">
-        <v>1124</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" t="s">
-        <v>1146</v>
+        <v>1135</v>
       </c>
       <c r="B543" t="s">
-        <v>1147</v>
+        <v>1136</v>
       </c>
       <c r="C543" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D543" t="s">
-        <v>775</v>
-[...4 lines deleted...]
-        <v>1148</v>
+        <v>564</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4">
+      <c r="A544" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B544" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C544" t="s">
+        <v>24</v>
+      </c>
+      <c r="D544" t="s">
+        <v>1139</v>
       </c>
     </row>
     <row r="546" spans="1:4">
-      <c r="A546" s="3" t="s">
+      <c r="A546" s="2" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4">
+      <c r="A547" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B546" s="3" t="s">
+      <c r="B547" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C546" s="3" t="s">
+      <c r="C547" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D546" s="3" t="s">
+      <c r="D547" s="3" t="s">
         <v>9</v>
-      </c>
-[...12 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" t="s">
-        <v>1150</v>
+        <v>1141</v>
       </c>
       <c r="B548" t="s">
-        <v>1151</v>
+        <v>1124</v>
       </c>
       <c r="C548" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D548" t="s">
-        <v>565</v>
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4">
+      <c r="A549" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B549" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C549" t="s">
+        <v>24</v>
+      </c>
+      <c r="D549" t="s">
+        <v>564</v>
       </c>
     </row>
     <row r="550" spans="1:4">
-      <c r="A550" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A551" s="3" t="s">
+      <c r="A550" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B550" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C550" t="s">
+        <v>24</v>
+      </c>
+      <c r="D550" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4">
+      <c r="A552" s="2" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4">
+      <c r="A553" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B551" s="3" t="s">
+      <c r="B553" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C551" s="3" t="s">
+      <c r="C553" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D551" s="3" t="s">
+      <c r="D553" s="3" t="s">
         <v>9</v>
-      </c>
-[...26 lines deleted...]
-        <v>1124</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" t="s">
-        <v>1157</v>
+        <v>1148</v>
       </c>
       <c r="B554" t="s">
-        <v>1158</v>
+        <v>1149</v>
       </c>
       <c r="C554" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D554" t="s">
-        <v>1159</v>
-[...4 lines deleted...]
-        <v>1160</v>
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4">
+      <c r="A555" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B555" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C555" t="s">
+        <v>24</v>
+      </c>
+      <c r="D555" t="s">
+        <v>774</v>
       </c>
     </row>
     <row r="557" spans="1:4">
-      <c r="A557" s="3" t="s">
+      <c r="A557" s="2" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4">
+      <c r="A558" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B557" s="3" t="s">
+      <c r="B558" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C557" s="3" t="s">
+      <c r="C558" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D557" s="3" t="s">
+      <c r="D558" s="3" t="s">
         <v>9</v>
-      </c>
-[...12 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" t="s">
-        <v>1162</v>
+        <v>1153</v>
       </c>
       <c r="B559" t="s">
-        <v>1163</v>
+        <v>1119</v>
       </c>
       <c r="C559" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D559" t="s">
-        <v>565</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" t="s">
-        <v>1164</v>
+        <v>1154</v>
       </c>
       <c r="B560" t="s">
-        <v>1165</v>
+        <v>1155</v>
       </c>
       <c r="C560" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D560" t="s">
-        <v>1142</v>
+        <v>564</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" s="2" t="s">
-        <v>1166</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B563" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C563" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D563" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564" t="s">
-        <v>1167</v>
+        <v>1157</v>
       </c>
       <c r="B564" t="s">
-        <v>1117</v>
+        <v>1158</v>
       </c>
       <c r="C564" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D564" t="s">
-        <v>1054</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" t="s">
-        <v>1168</v>
+        <v>1159</v>
       </c>
       <c r="B565" t="s">
-        <v>1169</v>
+        <v>1160</v>
       </c>
       <c r="C565" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D565" t="s">
-        <v>1113</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" t="s">
-        <v>1170</v>
+        <v>1161</v>
       </c>
       <c r="B566" t="s">
-        <v>1171</v>
+        <v>1162</v>
       </c>
       <c r="C566" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D566" t="s">
-        <v>1135</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" s="2" t="s">
-        <v>1172</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B569" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C569" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D569" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570" t="s">
-        <v>1173</v>
+        <v>1165</v>
       </c>
       <c r="B570" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="C570" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D570" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571" t="s">
-        <v>1174</v>
+        <v>1166</v>
       </c>
       <c r="B571" t="s">
-        <v>1175</v>
+        <v>1167</v>
       </c>
       <c r="C571" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D571" t="s">
-        <v>1113</v>
+        <v>564</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572" t="s">
-        <v>1176</v>
+        <v>1168</v>
       </c>
       <c r="B572" t="s">
-        <v>1177</v>
+        <v>1169</v>
       </c>
       <c r="C572" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D572" t="s">
-        <v>1135</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574" s="2" t="s">
-        <v>1178</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B575" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C575" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D575" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576" t="s">
-        <v>1179</v>
+        <v>1171</v>
       </c>
       <c r="B576" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="C576" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D576" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577" t="s">
-        <v>1180</v>
+        <v>1172</v>
       </c>
       <c r="B577" t="s">
-        <v>1181</v>
+        <v>1173</v>
       </c>
       <c r="C577" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D577" t="s">
-        <v>565</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" t="s">
-        <v>1182</v>
+        <v>1174</v>
       </c>
       <c r="B578" t="s">
-        <v>1183</v>
+        <v>1175</v>
       </c>
       <c r="C578" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D578" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="580" spans="1:4">
       <c r="A580" s="2" t="s">
-        <v>1184</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="581" spans="1:4">
       <c r="A581" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B581" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C581" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D581" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="582" spans="1:4">
       <c r="A582" t="s">
-        <v>1185</v>
+        <v>1177</v>
       </c>
       <c r="B582" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="C582" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D582" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583" t="s">
-        <v>1186</v>
+        <v>1178</v>
       </c>
       <c r="B583" t="s">
-        <v>1187</v>
+        <v>1179</v>
       </c>
       <c r="C583" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D583" t="s">
-        <v>565</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584" t="s">
-        <v>1188</v>
+        <v>1180</v>
       </c>
       <c r="B584" t="s">
-        <v>1189</v>
+        <v>1181</v>
       </c>
       <c r="C584" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D584" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="586" spans="1:4">
       <c r="A586" s="2" t="s">
-        <v>1190</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B587" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C587" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D587" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588" t="s">
-        <v>1191</v>
+        <v>1183</v>
       </c>
       <c r="B588" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="C588" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D588" t="s">
-        <v>1126</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589" t="s">
-        <v>1192</v>
+        <v>1184</v>
       </c>
       <c r="B589" t="s">
-        <v>1193</v>
+        <v>1185</v>
       </c>
       <c r="C589" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D589" t="s">
-        <v>1194</v>
+        <v>564</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590" t="s">
-        <v>1195</v>
+        <v>1186</v>
       </c>
       <c r="B590" t="s">
-        <v>1196</v>
+        <v>1187</v>
       </c>
       <c r="C590" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D590" t="s">
-        <v>1135</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592" s="2" t="s">
-        <v>1197</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B593" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C593" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D593" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" t="s">
-        <v>1198</v>
+        <v>1189</v>
       </c>
       <c r="B594" t="s">
-        <v>1114</v>
+        <v>1123</v>
       </c>
       <c r="C594" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D594" t="s">
-        <v>1073</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" t="s">
-        <v>1199</v>
+        <v>1190</v>
       </c>
       <c r="B595" t="s">
-        <v>1200</v>
+        <v>1191</v>
       </c>
       <c r="C595" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D595" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" t="s">
-        <v>1201</v>
+        <v>1192</v>
       </c>
       <c r="B596" t="s">
-        <v>1202</v>
+        <v>1193</v>
       </c>
       <c r="C596" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D596" t="s">
-        <v>1135</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" s="2" t="s">
-        <v>1203</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B599" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C599" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D599" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" t="s">
-        <v>1204</v>
+        <v>1195</v>
       </c>
       <c r="B600" t="s">
-        <v>1205</v>
+        <v>1129</v>
       </c>
       <c r="C600" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D600" t="s">
-        <v>1206</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" t="s">
-        <v>1207</v>
+        <v>1196</v>
       </c>
       <c r="B601" t="s">
-        <v>1208</v>
+        <v>1197</v>
       </c>
       <c r="C601" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D601" t="s">
-        <v>1126</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" t="s">
-        <v>1209</v>
+        <v>1199</v>
       </c>
       <c r="B602" t="s">
-        <v>1210</v>
+        <v>1200</v>
       </c>
       <c r="C602" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D602" t="s">
-        <v>1211</v>
-[...13 lines deleted...]
-        <v>1211</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="604" spans="1:4">
-      <c r="A604" t="s">
-[...9 lines deleted...]
-        <v>1216</v>
+      <c r="A604" s="2" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="605" spans="1:4">
+      <c r="A605" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B605" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C605" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D605" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="606" spans="1:4">
-      <c r="A606" s="2" t="s">
-        <v>1217</v>
+      <c r="A606" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B606" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C606" t="s">
+        <v>24</v>
+      </c>
+      <c r="D606" t="s">
+        <v>1077</v>
       </c>
     </row>
     <row r="607" spans="1:4">
-      <c r="A607" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A607" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B607" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C607" t="s">
+        <v>24</v>
+      </c>
+      <c r="D607" t="s">
+        <v>564</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" t="s">
-        <v>1218</v>
+        <v>1205</v>
       </c>
       <c r="B608" t="s">
-        <v>1219</v>
+        <v>1206</v>
       </c>
       <c r="C608" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D608" t="s">
-        <v>1220</v>
-[...13 lines deleted...]
-        <v>1223</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="610" spans="1:4">
-      <c r="A610" t="s">
-[...9 lines deleted...]
-        <v>1226</v>
+      <c r="A610" s="2" t="s">
+        <v>1207</v>
       </c>
     </row>
     <row r="611" spans="1:4">
-      <c r="A611" t="s">
-[...9 lines deleted...]
-        <v>260</v>
+      <c r="A611" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B611" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C611" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D611" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" t="s">
-        <v>1229</v>
+        <v>1208</v>
       </c>
       <c r="B612" t="s">
-        <v>1230</v>
+        <v>1209</v>
       </c>
       <c r="C612" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D612" t="s">
-        <v>260</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" t="s">
-        <v>1231</v>
+        <v>1211</v>
       </c>
       <c r="B613" t="s">
-        <v>1232</v>
+        <v>1212</v>
       </c>
       <c r="C613" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D613" t="s">
-        <v>260</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" t="s">
-        <v>1233</v>
+        <v>1213</v>
       </c>
       <c r="B614" t="s">
-        <v>1234</v>
+        <v>1214</v>
       </c>
       <c r="C614" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D614"/>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" t="s">
-        <v>1235</v>
+        <v>1215</v>
       </c>
       <c r="B615" t="s">
-        <v>1236</v>
+        <v>1216</v>
       </c>
       <c r="C615" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D615"/>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" t="s">
-        <v>1238</v>
+        <v>1217</v>
       </c>
       <c r="B616" t="s">
-        <v>1239</v>
+        <v>1218</v>
       </c>
       <c r="C616" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D616" t="s">
-        <v>1237</v>
-[...13 lines deleted...]
-        <v>1237</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="618" spans="1:4">
-      <c r="A618" t="s">
-[...9 lines deleted...]
-        <v>1049</v>
+      <c r="A618" s="2" t="s">
+        <v>1220</v>
       </c>
     </row>
     <row r="619" spans="1:4">
-      <c r="A619" t="s">
-[...9 lines deleted...]
-        <v>1237</v>
+      <c r="A619" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B619" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C619" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D619" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" t="s">
-        <v>1246</v>
+        <v>1221</v>
       </c>
       <c r="B620" t="s">
-        <v>1247</v>
+        <v>1222</v>
       </c>
       <c r="C620" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D620" t="s">
-        <v>1248</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" t="s">
-        <v>1249</v>
+        <v>1224</v>
       </c>
       <c r="B621" t="s">
-        <v>1250</v>
+        <v>1225</v>
       </c>
       <c r="C621" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D621" t="s">
-        <v>1248</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" t="s">
-        <v>1251</v>
+        <v>1227</v>
       </c>
       <c r="B622" t="s">
-        <v>1252</v>
+        <v>1228</v>
       </c>
       <c r="C622" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D622" t="s">
-        <v>1220</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" t="s">
-        <v>1253</v>
+        <v>1230</v>
       </c>
       <c r="B623" t="s">
-        <v>1254</v>
+        <v>1231</v>
       </c>
       <c r="C623" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D623" t="s">
-        <v>1255</v>
+        <v>269</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" t="s">
-        <v>1256</v>
+        <v>1232</v>
       </c>
       <c r="B624" t="s">
-        <v>1257</v>
+        <v>1233</v>
       </c>
       <c r="C624" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D624" t="s">
-        <v>1255</v>
+        <v>269</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" t="s">
-        <v>1258</v>
+        <v>1234</v>
       </c>
       <c r="B625" t="s">
-        <v>1259</v>
+        <v>1235</v>
       </c>
       <c r="C625" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D625" t="s">
-        <v>1223</v>
+        <v>269</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" t="s">
-        <v>1260</v>
+        <v>1236</v>
       </c>
       <c r="B626" t="s">
-        <v>1261</v>
+        <v>1237</v>
       </c>
       <c r="C626" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D626"/>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" t="s">
-        <v>1262</v>
+        <v>1238</v>
       </c>
       <c r="B627" t="s">
-        <v>1263</v>
+        <v>1239</v>
       </c>
       <c r="C627" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D627" t="s">
-        <v>701</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628" t="s">
-        <v>1264</v>
+        <v>1241</v>
       </c>
       <c r="B628" t="s">
-        <v>1265</v>
+        <v>1242</v>
       </c>
       <c r="C628" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D628" t="s">
-        <v>1266</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" t="s">
-        <v>1267</v>
+        <v>1243</v>
       </c>
       <c r="B629" t="s">
-        <v>1268</v>
+        <v>1244</v>
       </c>
       <c r="C629" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D629" t="s">
-        <v>1269</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" t="s">
-        <v>1270</v>
+        <v>1245</v>
       </c>
       <c r="B630" t="s">
-        <v>1271</v>
+        <v>1246</v>
       </c>
       <c r="C630" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D630"/>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" t="s">
-        <v>1273</v>
+        <v>1247</v>
       </c>
       <c r="B631" t="s">
-        <v>1274</v>
+        <v>1248</v>
       </c>
       <c r="C631" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D631" t="s">
-        <v>1275</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" t="s">
-        <v>1276</v>
+        <v>1249</v>
       </c>
       <c r="B632" t="s">
-        <v>1277</v>
+        <v>1250</v>
       </c>
       <c r="C632" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D632" t="s">
-        <v>1275</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633" t="s">
-        <v>1278</v>
+        <v>1252</v>
       </c>
       <c r="B633" t="s">
-        <v>1279</v>
+        <v>1253</v>
       </c>
       <c r="C633" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D633" t="s">
-        <v>717</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" t="s">
-        <v>1280</v>
+        <v>1254</v>
       </c>
       <c r="B634" t="s">
-        <v>1281</v>
+        <v>1255</v>
       </c>
       <c r="C634" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D634" t="s">
-        <v>1282</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" t="s">
-        <v>1283</v>
+        <v>1256</v>
       </c>
       <c r="B635" t="s">
-        <v>1284</v>
+        <v>1257</v>
       </c>
       <c r="C635" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D635" t="s">
-        <v>1226</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636" t="s">
-        <v>1285</v>
+        <v>1259</v>
       </c>
       <c r="B636" t="s">
-        <v>1286</v>
+        <v>1260</v>
       </c>
       <c r="C636" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D636" t="s">
-        <v>1159</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637" t="s">
-        <v>1287</v>
+        <v>1261</v>
       </c>
       <c r="B637" t="s">
-        <v>1288</v>
+        <v>1262</v>
       </c>
       <c r="C637" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D637" t="s">
-        <v>1124</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638" t="s">
-        <v>1289</v>
+        <v>1263</v>
       </c>
       <c r="B638" t="s">
-        <v>1290</v>
+        <v>1264</v>
       </c>
       <c r="C638" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D638" t="s">
-        <v>1291</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639" t="s">
-        <v>1292</v>
+        <v>1265</v>
       </c>
       <c r="B639" t="s">
-        <v>1293</v>
+        <v>1266</v>
       </c>
       <c r="C639" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D639" t="s">
-        <v>1294</v>
+        <v>700</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" t="s">
-        <v>1295</v>
+        <v>1267</v>
       </c>
       <c r="B640" t="s">
-        <v>1296</v>
+        <v>1268</v>
       </c>
       <c r="C640" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D640" t="s">
-        <v>1297</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641" t="s">
-        <v>1298</v>
+        <v>1269</v>
       </c>
       <c r="B641" t="s">
-        <v>1299</v>
+        <v>1270</v>
       </c>
       <c r="C641" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D641" t="s">
-        <v>1135</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" t="s">
-        <v>1300</v>
+        <v>1272</v>
       </c>
       <c r="B642" t="s">
-        <v>1301</v>
+        <v>1273</v>
       </c>
       <c r="C642" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D642" t="s">
-        <v>723</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B643" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C643" t="s">
+        <v>24</v>
+      </c>
+      <c r="D643" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="644" spans="1:4">
+      <c r="A644" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B644" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C644" t="s">
+        <v>24</v>
+      </c>
+      <c r="D644" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="645" spans="1:4">
+      <c r="A645" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B645" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C645" t="s">
+        <v>24</v>
+      </c>
+      <c r="D645" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="646" spans="1:4">
+      <c r="A646" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B646" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C646" t="s">
+        <v>24</v>
+      </c>
+      <c r="D646" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="647" spans="1:4">
+      <c r="A647" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B647" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C647" t="s">
+        <v>24</v>
+      </c>
+      <c r="D647" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="648" spans="1:4">
+      <c r="A648" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B648" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C648" t="s">
+        <v>24</v>
+      </c>
+      <c r="D648" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="649" spans="1:4">
+      <c r="A649" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B649" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C649" t="s">
+        <v>24</v>
+      </c>
+      <c r="D649" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="650" spans="1:4">
+      <c r="A650" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B650" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C650" t="s">
+        <v>24</v>
+      </c>
+      <c r="D650" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="651" spans="1:4">
+      <c r="A651" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B651" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C651" t="s">
+        <v>24</v>
+      </c>
+      <c r="D651" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="652" spans="1:4">
+      <c r="A652" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B652" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C652" t="s">
+        <v>24</v>
+      </c>
+      <c r="D652" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="653" spans="1:4">
+      <c r="A653" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B653" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C653" t="s">
+        <v>24</v>
+      </c>
+      <c r="D653" t="s">
         <v>1302</v>
       </c>
-      <c r="B643" t="s">
+    </row>
+    <row r="654" spans="1:4">
+      <c r="A654" t="s">
         <v>1303</v>
       </c>
-      <c r="C643" t="s">
-[...2 lines deleted...]
-      <c r="D643" t="s">
+      <c r="B654" t="s">
         <v>1304</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B644" t="s">
+      <c r="C654" t="s">
+        <v>24</v>
+      </c>
+      <c r="D654" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="655" spans="1:4">
+      <c r="A655" t="s">
         <v>1305</v>
       </c>
-      <c r="C644" t="s">
-[...8 lines deleted...]
-      <c r="B645" t="s">
+      <c r="B655" t="s">
         <v>1306</v>
       </c>
-      <c r="C645" t="s">
-[...8 lines deleted...]
-      <c r="B646" t="s">
+      <c r="C655" t="s">
+        <v>24</v>
+      </c>
+      <c r="D655" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="656" spans="1:4">
+      <c r="A656" t="s">
         <v>1307</v>
       </c>
-      <c r="C646" t="s">
-[...8 lines deleted...]
-      <c r="B647" t="s">
+      <c r="B656" t="s">
         <v>1308</v>
       </c>
-      <c r="C647" t="s">
-[...8 lines deleted...]
-      <c r="B648" t="s">
+      <c r="C656" t="s">
+        <v>24</v>
+      </c>
+      <c r="D656" t="s">
         <v>1309</v>
       </c>
-      <c r="C648" t="s">
-[...8 lines deleted...]
-      <c r="B649" t="s">
+    </row>
+    <row r="657" spans="1:4">
+      <c r="A657" t="s">
         <v>1310</v>
       </c>
-      <c r="C649" t="s">
-[...8 lines deleted...]
-      <c r="B650" t="s">
+      <c r="B657" t="s">
         <v>1311</v>
       </c>
-      <c r="C650" t="s">
-[...2 lines deleted...]
-      <c r="D650" t="s">
+      <c r="C657" t="s">
+        <v>24</v>
+      </c>
+      <c r="D657" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="658" spans="1:4">
+      <c r="A658" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B658" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C658" t="s">
+        <v>24</v>
+      </c>
+      <c r="D658"/>
+    </row>
+    <row r="659" spans="1:4">
+      <c r="A659"/>
+      <c r="B659" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C659" t="s">
+        <v>24</v>
+      </c>
+      <c r="D659" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="660" spans="1:4">
+      <c r="A660"/>
+      <c r="B660" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C660" t="s">
+        <v>24</v>
+      </c>
+      <c r="D660" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="661" spans="1:4">
+      <c r="A661"/>
+      <c r="B661" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C661" t="s">
+        <v>24</v>
+      </c>
+      <c r="D661" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="662" spans="1:4">
+      <c r="A662"/>
+      <c r="B662" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C662" t="s">
+        <v>24</v>
+      </c>
+      <c r="D662" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="663" spans="1:4">
+      <c r="A663"/>
+      <c r="B663" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C663" t="s">
+        <v>24</v>
+      </c>
+      <c r="D663" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="664" spans="1:4">
+      <c r="A664"/>
+      <c r="B664" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C664" t="s">
+        <v>24</v>
+      </c>
+      <c r="D664" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="665" spans="1:4">
+      <c r="A665"/>
+      <c r="B665" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C665" t="s">
+        <v>24</v>
+      </c>
+      <c r="D665" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="666" spans="1:4">
+      <c r="A666"/>
+      <c r="B666" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C666" t="s">
+        <v>24</v>
+      </c>
+      <c r="D666" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="667" spans="1:4">
+      <c r="A667"/>
+      <c r="B667" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C667" t="s">
+        <v>24</v>
+      </c>
+      <c r="D667" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="668" spans="1:4">
+      <c r="A668"/>
+      <c r="B668" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C668" t="s">
+        <v>24</v>
+      </c>
+      <c r="D668" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="669" spans="1:4">
+      <c r="A669"/>
+      <c r="B669" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C669" t="s">
+        <v>24</v>
+      </c>
+      <c r="D669" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="670" spans="1:4">
+      <c r="A670"/>
+      <c r="B670" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C670" t="s">
+        <v>24</v>
+      </c>
+      <c r="D670" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="671" spans="1:4">
+      <c r="A671"/>
+      <c r="B671" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C671" t="s">
+        <v>24</v>
+      </c>
+      <c r="D671" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="672" spans="1:4">
+      <c r="A672"/>
+      <c r="B672" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C672" t="s">
+        <v>24</v>
+      </c>
+      <c r="D672" t="s">
         <v>1223</v>
       </c>
     </row>
-    <row r="651" spans="1:4">
-[...31 lines deleted...]
-      <c r="D653" t="s">
+    <row r="674" spans="1:4">
+      <c r="A674" s="2" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="675" spans="1:4">
+      <c r="A675" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B675" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C675" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D675" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="676" spans="1:4">
+      <c r="A676" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B676" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C676" t="s">
+        <v>24</v>
+      </c>
+      <c r="D676" t="s">
         <v>1223</v>
-      </c>
-[...220 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" t="s">
-        <v>1340</v>
+        <v>1334</v>
       </c>
       <c r="B677" t="s">
-        <v>1317</v>
+        <v>1335</v>
       </c>
       <c r="C677" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D677" t="s">
-        <v>1318</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678" t="s">
-        <v>1341</v>
+        <v>1337</v>
       </c>
       <c r="B678" t="s">
-        <v>1342</v>
+        <v>1338</v>
       </c>
       <c r="C678" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D678" t="s">
-        <v>1343</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680" s="2" t="s">
-        <v>1344</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B681" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C681" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D681" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
       <c r="B682" t="s">
-        <v>1312</v>
+        <v>1329</v>
       </c>
       <c r="C682" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D682" t="s">
-        <v>1313</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="B683" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="C683" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D683" t="s">
-        <v>1343</v>
+        <v>774</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685" s="2" t="s">
-        <v>1348</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B686" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C686" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D686" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" t="s">
-        <v>1349</v>
+        <v>1344</v>
       </c>
       <c r="B687" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="C687" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D687" t="s">
-        <v>1223</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="B688" t="s">
-        <v>1351</v>
+        <v>1346</v>
       </c>
       <c r="C688" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D688" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690" s="2" t="s">
-        <v>1352</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B691" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C691" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D691" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" t="s">
-        <v>1353</v>
+        <v>1349</v>
       </c>
       <c r="B692" t="s">
-        <v>1316</v>
+        <v>1326</v>
       </c>
       <c r="C692" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D692" t="s">
-        <v>1223</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" t="s">
-        <v>1354</v>
+        <v>1350</v>
       </c>
       <c r="B693" t="s">
-        <v>1355</v>
+        <v>1351</v>
       </c>
       <c r="C693" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D693" t="s">
-        <v>1343</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" s="2" t="s">
-        <v>1356</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B696" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C696" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D696" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" t="s">
-        <v>1357</v>
+        <v>1354</v>
       </c>
       <c r="B697" t="s">
-        <v>1311</v>
+        <v>1322</v>
       </c>
       <c r="C697" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D697" t="s">
-        <v>1223</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B698" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C698" t="s">
+        <v>24</v>
+      </c>
+      <c r="D698" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="700" spans="1:4">
+      <c r="A700" s="2" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="701" spans="1:4">
+      <c r="A701" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B701" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C701" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D701" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="702" spans="1:4">
+      <c r="A702" t="s">
         <v>1358</v>
       </c>
-      <c r="B698" t="s">
-[...39 lines deleted...]
-        <v>9</v>
+      <c r="B702" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C702" t="s">
+        <v>24</v>
+      </c>
+      <c r="D702" t="s">
+        <v>1226</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B703" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C703" t="s">
+        <v>24</v>
+      </c>
+      <c r="D703" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="705" spans="1:4">
+      <c r="A705" s="2" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="706" spans="1:4">
+      <c r="A706" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B706" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C706" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D706" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="707" spans="1:4">
+      <c r="A707" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B707" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C707" t="s">
+        <v>24</v>
+      </c>
+      <c r="D707" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="708" spans="1:4">
+      <c r="A708" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B708" t="s">
         <v>1364</v>
       </c>
-      <c r="B703" t="s">
-[...10 lines deleted...]
-      <c r="A704" t="s">
+      <c r="C708" t="s">
+        <v>24</v>
+      </c>
+      <c r="D708" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="710" spans="1:4">
+      <c r="A710" s="2" t="s">
         <v>1365</v>
       </c>
-      <c r="B704" t="s">
+    </row>
+    <row r="711" spans="1:4">
+      <c r="A711" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B711" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C711" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D711" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="712" spans="1:4">
+      <c r="A712" t="s">
         <v>1366</v>
       </c>
-      <c r="C704" t="s">
-[...2 lines deleted...]
-      <c r="D704" t="s">
+      <c r="B712" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C712" t="s">
+        <v>24</v>
+      </c>
+      <c r="D712" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="713" spans="1:4">
+      <c r="A713" t="s">
         <v>1367</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A705" t="s">
+      <c r="B713" t="s">
         <v>1368</v>
       </c>
-      <c r="B705" t="s">
+      <c r="C713" t="s">
+        <v>24</v>
+      </c>
+      <c r="D713" t="s">
         <v>1369</v>
       </c>
-      <c r="C705" t="s">
-[...2 lines deleted...]
-      <c r="D705" t="s">
+    </row>
+    <row r="714" spans="1:4">
+      <c r="A714" t="s">
         <v>1370</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A707" s="2" t="s">
+      <c r="B714" t="s">
         <v>1371</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A708" s="3" t="s">
+      <c r="C714" t="s">
+        <v>24</v>
+      </c>
+      <c r="D714" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="716" spans="1:4">
+      <c r="A716" s="2" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="717" spans="1:4">
+      <c r="A717" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B708" s="3" t="s">
+      <c r="B717" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C708" s="3" t="s">
+      <c r="C717" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D708" s="3" t="s">
+      <c r="D717" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="709" spans="1:4">
-[...14 lines deleted...]
-      <c r="A710" t="s">
+    <row r="718" spans="1:4">
+      <c r="A718" t="s">
         <v>1373</v>
       </c>
-      <c r="B710" t="s">
+      <c r="B718" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C718" t="s">
+        <v>24</v>
+      </c>
+      <c r="D718" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="719" spans="1:4">
+      <c r="A719" t="s">
         <v>1374</v>
       </c>
-      <c r="C710" t="s">
-[...2 lines deleted...]
-      <c r="D710" t="s">
+      <c r="B719" t="s">
         <v>1375</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A711" t="s">
+      <c r="C719" t="s">
+        <v>24</v>
+      </c>
+      <c r="D719" t="s">
         <v>1376</v>
       </c>
-      <c r="B711" t="s">
+    </row>
+    <row r="720" spans="1:4">
+      <c r="A720" t="s">
         <v>1377</v>
       </c>
-      <c r="C711" t="s">
-[...7 lines deleted...]
-      <c r="A713" s="2" t="s">
+      <c r="B720" t="s">
         <v>1378</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A714" s="3" t="s">
+      <c r="C720" t="s">
+        <v>24</v>
+      </c>
+      <c r="D720" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="722" spans="1:4">
+      <c r="A722" s="2" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="723" spans="1:4">
+      <c r="A723" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B714" s="3" t="s">
+      <c r="B723" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C714" s="3" t="s">
+      <c r="C723" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D714" s="3" t="s">
+      <c r="D723" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="715" spans="1:4">
-[...14 lines deleted...]
-      <c r="A716" t="s">
+    <row r="724" spans="1:4">
+      <c r="A724" t="s">
         <v>1380</v>
       </c>
-      <c r="B716" t="s">
+      <c r="B724" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C724" t="s">
+        <v>24</v>
+      </c>
+      <c r="D724" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="725" spans="1:4">
+      <c r="A725" t="s">
         <v>1381</v>
       </c>
-      <c r="C716" t="s">
-[...7 lines deleted...]
-      <c r="A717" t="s">
+      <c r="B725" t="s">
         <v>1382</v>
       </c>
-      <c r="B717" t="s">
+      <c r="C725" t="s">
+        <v>24</v>
+      </c>
+      <c r="D725" t="s">
         <v>1383</v>
       </c>
-      <c r="C717" t="s">
-[...7 lines deleted...]
-      <c r="A719" s="2" t="s">
+    </row>
+    <row r="726" spans="1:4">
+      <c r="A726" t="s">
         <v>1384</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A720" s="3" t="s">
+      <c r="B726" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C726" t="s">
+        <v>24</v>
+      </c>
+      <c r="D726" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="728" spans="1:4">
+      <c r="A728" s="2" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="729" spans="1:4">
+      <c r="A729" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B720" s="3" t="s">
+      <c r="B729" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C720" s="3" t="s">
+      <c r="C729" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D720" s="3" t="s">
+      <c r="D729" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="721" spans="1:4">
-[...17 lines deleted...]
-      <c r="B722" t="s">
+    <row r="730" spans="1:4">
+      <c r="A730" t="s">
         <v>1387</v>
       </c>
-      <c r="C722" t="s">
-[...2 lines deleted...]
-      <c r="D722" t="s">
+      <c r="B730" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C730" t="s">
+        <v>24</v>
+      </c>
+      <c r="D730" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="731" spans="1:4">
+      <c r="A731" t="s">
         <v>1388</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A723" t="s">
+      <c r="B731" t="s">
         <v>1389</v>
       </c>
-      <c r="B723" t="s">
+      <c r="C731" t="s">
+        <v>24</v>
+      </c>
+      <c r="D731" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="732" spans="1:4">
+      <c r="A732" t="s">
         <v>1390</v>
       </c>
-      <c r="C723" t="s">
-[...7 lines deleted...]
-      <c r="A725" s="2" t="s">
+      <c r="B732" t="s">
         <v>1391</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A726" s="3" t="s">
+      <c r="C732" t="s">
+        <v>24</v>
+      </c>
+      <c r="D732" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="734" spans="1:4">
+      <c r="A734" s="2" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="735" spans="1:4">
+      <c r="A735" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B726" s="3" t="s">
+      <c r="B735" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C726" s="3" t="s">
+      <c r="C735" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D726" s="3" t="s">
+      <c r="D735" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="727" spans="1:4">
-[...14 lines deleted...]
-      <c r="A728" t="s">
+    <row r="736" spans="1:4">
+      <c r="A736" t="s">
         <v>1393</v>
       </c>
-      <c r="B728" t="s">
+      <c r="B736" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C736" t="s">
+        <v>24</v>
+      </c>
+      <c r="D736" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="737" spans="1:4">
+      <c r="A737" t="s">
         <v>1394</v>
       </c>
-      <c r="C728" t="s">
-[...7 lines deleted...]
-      <c r="A729" t="s">
+      <c r="B737" t="s">
         <v>1395</v>
       </c>
-      <c r="B729" t="s">
+      <c r="C737" t="s">
+        <v>24</v>
+      </c>
+      <c r="D737" t="s">
         <v>1396</v>
       </c>
-      <c r="C729" t="s">
-[...7 lines deleted...]
-      <c r="A731" s="2" t="s">
+    </row>
+    <row r="738" spans="1:4">
+      <c r="A738" t="s">
         <v>1397</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A732" s="3" t="s">
+      <c r="B738" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C738" t="s">
+        <v>24</v>
+      </c>
+      <c r="D738" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="740" spans="1:4">
+      <c r="A740" s="2" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="741" spans="1:4">
+      <c r="A741" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B732" s="3" t="s">
+      <c r="B741" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C732" s="3" t="s">
+      <c r="C741" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D732" s="3" t="s">
+      <c r="D741" s="3" t="s">
         <v>9</v>
-      </c>
-[...101 lines deleted...]
-        <v>1409</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="A742" t="s">
-        <v>1412</v>
+        <v>1400</v>
       </c>
       <c r="B742" t="s">
-        <v>1413</v>
+        <v>1317</v>
       </c>
       <c r="C742" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D742" t="s">
-        <v>1409</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="A743" t="s">
-        <v>1414</v>
+        <v>1401</v>
       </c>
       <c r="B743" t="s">
-        <v>1415</v>
+        <v>1402</v>
       </c>
       <c r="C743" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D743" t="s">
-        <v>1409</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B744" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C744" t="s">
+        <v>24</v>
+      </c>
+      <c r="D744" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="746" spans="1:4">
+      <c r="A746" s="2" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="747" spans="1:4">
+      <c r="A747" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B747" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C747" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D747" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="748" spans="1:4">
+      <c r="A748" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B748" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C748" t="s">
+        <v>24</v>
+      </c>
+      <c r="D748" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="749" spans="1:4">
+      <c r="A749" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B749" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C749" t="s">
+        <v>24</v>
+      </c>
+      <c r="D749" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="750" spans="1:4">
+      <c r="A750" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B750" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C750" t="s">
+        <v>24</v>
+      </c>
+      <c r="D750" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="752" spans="1:4">
+      <c r="A752" s="2" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="753" spans="1:4">
+      <c r="A753" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B753" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C753" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D753" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="754" spans="1:4">
+      <c r="A754" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B754" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C754" t="s">
+        <v>11</v>
+      </c>
+      <c r="D754" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="755" spans="1:4">
+      <c r="A755" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B755" t="s">
         <v>1416</v>
       </c>
-      <c r="B744" t="s">
+      <c r="C755" t="s">
+        <v>24</v>
+      </c>
+      <c r="D755" t="s">
         <v>1417</v>
-      </c>
-[...110 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="A756" t="s">
-        <v>1430</v>
+        <v>1418</v>
       </c>
       <c r="B756" t="s">
-        <v>1431</v>
+        <v>1419</v>
       </c>
       <c r="C756" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D756"/>
+        <v>24</v>
+      </c>
+      <c r="D756" t="s">
+        <v>1417</v>
+      </c>
     </row>
     <row r="757" spans="1:4">
       <c r="A757" t="s">
-        <v>1432</v>
+        <v>1420</v>
       </c>
       <c r="B757" t="s">
-        <v>1433</v>
+        <v>1421</v>
       </c>
       <c r="C757" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D757" t="s">
-        <v>1297</v>
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="758" spans="1:4">
+      <c r="A758" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B758" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C758" t="s">
+        <v>24</v>
+      </c>
+      <c r="D758" t="s">
+        <v>1417</v>
       </c>
     </row>
     <row r="759" spans="1:4">
-      <c r="A759" s="2" t="s">
-        <v>1434</v>
+      <c r="A759" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B759" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C759" t="s">
+        <v>24</v>
+      </c>
+      <c r="D759" t="s">
+        <v>1417</v>
       </c>
     </row>
     <row r="760" spans="1:4">
-      <c r="A760" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A760" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B760" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C760" t="s">
+        <v>24</v>
+      </c>
+      <c r="D760" t="s">
+        <v>1417</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="A761" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B761" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C761" t="s">
+        <v>11</v>
+      </c>
+      <c r="D761" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="762" spans="1:4">
+      <c r="A762"/>
+      <c r="B762" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C762" t="s">
+        <v>24</v>
+      </c>
+      <c r="D762" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="764" spans="1:4">
+      <c r="A764" s="2" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="765" spans="1:4">
+      <c r="A765" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B765" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C765" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D765" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="766" spans="1:4">
+      <c r="A766" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B766" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C766" t="s">
+        <v>24</v>
+      </c>
+      <c r="D766" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="767" spans="1:4">
+      <c r="A767" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B767" t="s">
         <v>1435</v>
       </c>
-      <c r="B761" t="s">
+      <c r="C767" t="s">
+        <v>11</v>
+      </c>
+      <c r="D767" t="s">
         <v>1436</v>
-      </c>
-[...82 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769" s="2" t="s">
-        <v>1450</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="A770" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B770" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C770" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D770" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="A771" t="s">
-        <v>1451</v>
+        <v>1438</v>
       </c>
       <c r="B771" t="s">
-        <v>1447</v>
+        <v>1439</v>
       </c>
       <c r="C771" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D771"/>
     </row>
     <row r="772" spans="1:4">
       <c r="A772" t="s">
-        <v>1452</v>
+        <v>1440</v>
       </c>
       <c r="B772" t="s">
-        <v>1453</v>
+        <v>1441</v>
       </c>
       <c r="C772" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D772" t="s">
-        <v>1343</v>
-[...13 lines deleted...]
-        <v>775</v>
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="774" spans="1:4">
+      <c r="A774" s="2" t="s">
+        <v>1442</v>
       </c>
     </row>
     <row r="775" spans="1:4">
-      <c r="A775" s="2" t="s">
-        <v>1456</v>
+      <c r="A775" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B775" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C775" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D775" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="776" spans="1:4">
-      <c r="A776" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A776" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B776" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C776" t="s">
+        <v>24</v>
+      </c>
+      <c r="D776" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="777" spans="1:4">
       <c r="A777" t="s">
-        <v>1457</v>
+        <v>1445</v>
       </c>
       <c r="B777" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C777" t="s">
+        <v>24</v>
+      </c>
+      <c r="D777" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="779" spans="1:4">
+      <c r="A779" s="2" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="780" spans="1:4">
+      <c r="A780" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B780" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C780" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D780" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="781" spans="1:4">
+      <c r="A781" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B781" t="s">
         <v>1449</v>
       </c>
-      <c r="C777" t="s">
-[...36 lines deleted...]
-        <v>9</v>
+      <c r="C781" t="s">
+        <v>24</v>
+      </c>
+      <c r="D781" t="s">
+        <v>1450</v>
       </c>
     </row>
     <row r="782" spans="1:4">
       <c r="A782" t="s">
-        <v>1461</v>
+        <v>1451</v>
       </c>
       <c r="B782" t="s">
-        <v>1462</v>
+        <v>1452</v>
       </c>
       <c r="C782" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D782" t="s">
-        <v>1463</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783" t="s">
-        <v>1464</v>
+        <v>1454</v>
       </c>
       <c r="B783" t="s">
-        <v>1465</v>
+        <v>1455</v>
       </c>
       <c r="C783" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D783"/>
     </row>
     <row r="784" spans="1:4">
       <c r="A784" t="s">
-        <v>1467</v>
+        <v>1456</v>
       </c>
       <c r="B784" t="s">
-        <v>1468</v>
+        <v>1457</v>
       </c>
       <c r="C784" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D784"/>
     </row>
     <row r="785" spans="1:4">
       <c r="A785" t="s">
-        <v>1470</v>
+        <v>1458</v>
       </c>
       <c r="B785" t="s">
-        <v>1471</v>
+        <v>1459</v>
       </c>
       <c r="C785" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D785" t="s">
-        <v>1472</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="786" spans="1:4">
-      <c r="A786" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A786"/>
       <c r="B786" t="s">
-        <v>1474</v>
+        <v>1460</v>
       </c>
       <c r="C786" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D786" t="s">
-        <v>1475</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="787" spans="1:4">
-      <c r="A787" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A787"/>
       <c r="B787" t="s">
-        <v>1477</v>
+        <v>1462</v>
       </c>
       <c r="C787" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D787" t="s">
-        <v>1126</v>
-[...11 lines deleted...]
-        <v>1054</v>
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="789" spans="1:4">
+      <c r="A789" s="2" t="s">
+        <v>1463</v>
       </c>
     </row>
     <row r="790" spans="1:4">
-      <c r="A790" s="2" t="s">
-        <v>1479</v>
+      <c r="A790" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B790" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C790" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D790" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="791" spans="1:4">
-      <c r="A791" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A791" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B791" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C791" t="s">
+        <v>24</v>
+      </c>
+      <c r="D791" t="s">
+        <v>1461</v>
       </c>
     </row>
     <row r="792" spans="1:4">
       <c r="A792" t="s">
-        <v>1480</v>
+        <v>1465</v>
       </c>
       <c r="B792" t="s">
-        <v>1478</v>
+        <v>1466</v>
       </c>
       <c r="C792" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D792" t="s">
-        <v>1054</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="793" spans="1:4">
       <c r="A793" t="s">
-        <v>1481</v>
+        <v>1467</v>
       </c>
       <c r="B793" t="s">
-        <v>1482</v>
+        <v>1468</v>
       </c>
       <c r="C793" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D793" t="s">
-        <v>1113</v>
+        <v>774</v>
       </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795" s="2" t="s">
-        <v>1483</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B796" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C796" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D796" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797" t="s">
-        <v>1484</v>
+        <v>1470</v>
       </c>
       <c r="B797" t="s">
-        <v>1485</v>
+        <v>1462</v>
       </c>
       <c r="C797" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D797"/>
+        <v>24</v>
+      </c>
+      <c r="D797" t="s">
+        <v>1056</v>
+      </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798" t="s">
-        <v>1486</v>
+        <v>1471</v>
       </c>
       <c r="B798" t="s">
-        <v>1487</v>
+        <v>1472</v>
       </c>
       <c r="C798" t="s">
-        <v>12</v>
-[...13 lines deleted...]
-      <c r="D799"/>
+        <v>24</v>
+      </c>
+      <c r="D798" t="s">
+        <v>774</v>
+      </c>
     </row>
     <row r="800" spans="1:4">
-      <c r="A800" t="s">
-[...8 lines deleted...]
-      <c r="D800"/>
+      <c r="A800" s="2" t="s">
+        <v>1473</v>
+      </c>
     </row>
     <row r="801" spans="1:4">
-      <c r="A801" t="s">
-[...9 lines deleted...]
-        <v>1494</v>
+      <c r="A801" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B801" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C801" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D801" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802" t="s">
-        <v>1495</v>
+        <v>1474</v>
       </c>
       <c r="B802" t="s">
-        <v>1496</v>
+        <v>1475</v>
       </c>
       <c r="C802" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D802"/>
+        <v>11</v>
+      </c>
+      <c r="D802" t="s">
+        <v>1476</v>
+      </c>
     </row>
     <row r="803" spans="1:4">
       <c r="A803" t="s">
-        <v>1497</v>
+        <v>1477</v>
       </c>
       <c r="B803" t="s">
-        <v>1498</v>
+        <v>1478</v>
       </c>
       <c r="C803" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D803"/>
+        <v>24</v>
+      </c>
+      <c r="D803" t="s">
+        <v>1476</v>
+      </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804" t="s">
-        <v>1499</v>
+        <v>1479</v>
       </c>
       <c r="B804" t="s">
-        <v>1500</v>
+        <v>1480</v>
       </c>
       <c r="C804" t="s">
-        <v>12</v>
-[...15 lines deleted...]
-      <c r="D805"/>
+        <v>11</v>
+      </c>
+      <c r="D804"/>
     </row>
     <row r="806" spans="1:4">
-      <c r="A806" t="s">
-[...8 lines deleted...]
-      <c r="D806"/>
+      <c r="A806" s="2" t="s">
+        <v>1481</v>
+      </c>
     </row>
     <row r="807" spans="1:4">
-      <c r="A807" t="s">
-[...8 lines deleted...]
-      <c r="D807"/>
+      <c r="A807" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B807" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C807" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D807" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="808" spans="1:4">
       <c r="A808" t="s">
-        <v>1508</v>
+        <v>1482</v>
       </c>
       <c r="B808" t="s">
-        <v>1509</v>
+        <v>1483</v>
       </c>
       <c r="C808" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D808"/>
     </row>
     <row r="809" spans="1:4">
       <c r="A809" t="s">
-        <v>1510</v>
+        <v>1484</v>
       </c>
       <c r="B809" t="s">
-        <v>1511</v>
+        <v>1485</v>
       </c>
       <c r="C809" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D809"/>
     </row>
     <row r="810" spans="1:4">
       <c r="A810" t="s">
-        <v>1512</v>
+        <v>1486</v>
       </c>
       <c r="B810" t="s">
-        <v>1513</v>
+        <v>1487</v>
       </c>
       <c r="C810" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D810"/>
     </row>
     <row r="811" spans="1:4">
       <c r="A811" t="s">
-        <v>1514</v>
+        <v>1488</v>
       </c>
       <c r="B811" t="s">
-        <v>1515</v>
+        <v>1489</v>
       </c>
       <c r="C811" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D811"/>
     </row>
     <row r="812" spans="1:4">
       <c r="A812" t="s">
-        <v>1516</v>
+        <v>1490</v>
       </c>
       <c r="B812" t="s">
-        <v>1517</v>
+        <v>1491</v>
       </c>
       <c r="C812" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D812"/>
     </row>
     <row r="813" spans="1:4">
       <c r="A813" t="s">
-        <v>1518</v>
+        <v>1492</v>
       </c>
       <c r="B813" t="s">
-        <v>1519</v>
+        <v>1493</v>
       </c>
       <c r="C813" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D813"/>
+        <v>24</v>
+      </c>
+      <c r="D813" t="s">
+        <v>1130</v>
+      </c>
     </row>
     <row r="814" spans="1:4">
-      <c r="A814" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A814"/>
       <c r="B814" t="s">
-        <v>1521</v>
+        <v>1494</v>
       </c>
       <c r="C814" t="s">
-        <v>12</v>
-[...13 lines deleted...]
-      <c r="D815"/>
+        <v>24</v>
+      </c>
+      <c r="D814" t="s">
+        <v>1058</v>
+      </c>
     </row>
     <row r="816" spans="1:4">
-      <c r="A816" t="s">
-[...9 lines deleted...]
-        <v>1501</v>
+      <c r="A816" s="2" t="s">
+        <v>1495</v>
       </c>
     </row>
     <row r="817" spans="1:4">
-      <c r="A817" t="s">
-[...9 lines deleted...]
-        <v>1010</v>
+      <c r="A817" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B817" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C817" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D817" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="818" spans="1:4">
       <c r="A818" t="s">
-        <v>1528</v>
+        <v>1496</v>
       </c>
       <c r="B818" t="s">
-        <v>1529</v>
+        <v>1494</v>
       </c>
       <c r="C818" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D818" t="s">
-        <v>1501</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819" t="s">
-        <v>1530</v>
+        <v>1497</v>
       </c>
       <c r="B819" t="s">
-        <v>1531</v>
+        <v>1498</v>
       </c>
       <c r="C819" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D819" t="s">
-        <v>1501</v>
-[...13 lines deleted...]
-        <v>1534</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="821" spans="1:4">
-      <c r="A821" t="s">
-[...8 lines deleted...]
-      <c r="D821"/>
+      <c r="A821" s="2" t="s">
+        <v>1499</v>
+      </c>
     </row>
     <row r="822" spans="1:4">
-      <c r="A822" t="s">
-[...8 lines deleted...]
-      <c r="D822"/>
+      <c r="A822" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B822" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C822" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D822" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="823" spans="1:4">
       <c r="A823" t="s">
-        <v>1539</v>
+        <v>1500</v>
       </c>
       <c r="B823" t="s">
-        <v>1540</v>
+        <v>1501</v>
       </c>
       <c r="C823" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D823"/>
     </row>
     <row r="824" spans="1:4">
       <c r="A824" t="s">
-        <v>1541</v>
+        <v>1502</v>
       </c>
       <c r="B824" t="s">
-        <v>1542</v>
+        <v>1503</v>
       </c>
       <c r="C824" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D824"/>
     </row>
     <row r="825" spans="1:4">
       <c r="A825" t="s">
-        <v>1543</v>
+        <v>1504</v>
       </c>
       <c r="B825" t="s">
-        <v>1544</v>
+        <v>1505</v>
       </c>
       <c r="C825" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D825"/>
     </row>
     <row r="826" spans="1:4">
       <c r="A826" t="s">
-        <v>1546</v>
+        <v>1506</v>
       </c>
       <c r="B826" t="s">
-        <v>1547</v>
+        <v>1507</v>
       </c>
       <c r="C826" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D826"/>
     </row>
     <row r="827" spans="1:4">
       <c r="A827" t="s">
-        <v>1549</v>
+        <v>1508</v>
       </c>
       <c r="B827" t="s">
-        <v>1550</v>
+        <v>1509</v>
       </c>
       <c r="C827" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D827" t="s">
-        <v>1551</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="828" spans="1:4">
       <c r="A828" t="s">
-        <v>1552</v>
+        <v>1511</v>
       </c>
       <c r="B828" t="s">
-        <v>1553</v>
+        <v>1512</v>
       </c>
       <c r="C828" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D828"/>
     </row>
     <row r="829" spans="1:4">
       <c r="A829" t="s">
-        <v>1555</v>
+        <v>1513</v>
       </c>
       <c r="B829" t="s">
-        <v>1556</v>
+        <v>1514</v>
       </c>
       <c r="C829" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D829"/>
     </row>
     <row r="830" spans="1:4">
       <c r="A830" t="s">
-        <v>1557</v>
+        <v>1515</v>
       </c>
       <c r="B830" t="s">
-        <v>1558</v>
+        <v>1516</v>
       </c>
       <c r="C830" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D830"/>
     </row>
     <row r="831" spans="1:4">
       <c r="A831" t="s">
-        <v>1560</v>
+        <v>1517</v>
       </c>
       <c r="B831" t="s">
-        <v>1561</v>
+        <v>1518</v>
       </c>
       <c r="C831" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D831"/>
     </row>
     <row r="832" spans="1:4">
       <c r="A832" t="s">
-        <v>1562</v>
+        <v>1519</v>
       </c>
       <c r="B832" t="s">
-        <v>1563</v>
+        <v>1520</v>
       </c>
       <c r="C832" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D832"/>
     </row>
     <row r="833" spans="1:4">
       <c r="A833" t="s">
-        <v>1565</v>
+        <v>1521</v>
       </c>
       <c r="B833" t="s">
-        <v>1566</v>
+        <v>1522</v>
       </c>
       <c r="C833" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D833"/>
     </row>
     <row r="834" spans="1:4">
       <c r="A834" t="s">
-        <v>1567</v>
+        <v>1523</v>
       </c>
       <c r="B834" t="s">
-        <v>1568</v>
+        <v>1524</v>
       </c>
       <c r="C834" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D834"/>
     </row>
     <row r="835" spans="1:4">
       <c r="A835" t="s">
-        <v>1569</v>
+        <v>1525</v>
       </c>
       <c r="B835" t="s">
-        <v>1570</v>
+        <v>1526</v>
       </c>
       <c r="C835" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D835"/>
     </row>
     <row r="836" spans="1:4">
       <c r="A836" t="s">
-        <v>1572</v>
+        <v>1527</v>
       </c>
       <c r="B836" t="s">
-        <v>1573</v>
+        <v>1528</v>
       </c>
       <c r="C836" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D836"/>
     </row>
     <row r="837" spans="1:4">
       <c r="A837" t="s">
-        <v>1574</v>
+        <v>1529</v>
       </c>
       <c r="B837" t="s">
-        <v>1575</v>
+        <v>1530</v>
       </c>
       <c r="C837" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D837"/>
     </row>
     <row r="838" spans="1:4">
       <c r="A838" t="s">
-        <v>1577</v>
+        <v>1531</v>
       </c>
       <c r="B838" t="s">
-        <v>1578</v>
+        <v>1532</v>
       </c>
       <c r="C838" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D838"/>
+    </row>
+    <row r="839" spans="1:4">
+      <c r="A839" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B839" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C839" t="s">
+        <v>11</v>
+      </c>
+      <c r="D839"/>
     </row>
     <row r="840" spans="1:4">
-      <c r="A840" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A840" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B840" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C840" t="s">
+        <v>11</v>
+      </c>
+      <c r="D840"/>
     </row>
     <row r="841" spans="1:4">
-      <c r="A841" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A841" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B841" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C841" t="s">
+        <v>11</v>
+      </c>
+      <c r="D841"/>
     </row>
     <row r="842" spans="1:4">
       <c r="A842" t="s">
-        <v>1581</v>
+        <v>1539</v>
       </c>
       <c r="B842" t="s">
-        <v>1582</v>
+        <v>1540</v>
       </c>
       <c r="C842" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D842"/>
     </row>
     <row r="843" spans="1:4">
       <c r="A843" t="s">
-        <v>1583</v>
+        <v>1541</v>
       </c>
       <c r="B843" t="s">
-        <v>1584</v>
+        <v>1542</v>
       </c>
       <c r="C843" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D843"/>
     </row>
     <row r="844" spans="1:4">
       <c r="A844" t="s">
-        <v>1586</v>
+        <v>1543</v>
       </c>
       <c r="B844" t="s">
-        <v>1587</v>
+        <v>1544</v>
       </c>
       <c r="C844" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D844"/>
     </row>
     <row r="845" spans="1:4">
       <c r="A845" t="s">
-        <v>1588</v>
+        <v>1545</v>
       </c>
       <c r="B845" t="s">
-        <v>1589</v>
+        <v>1546</v>
       </c>
       <c r="C845" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D845"/>
     </row>
     <row r="846" spans="1:4">
       <c r="A846" t="s">
-        <v>1590</v>
+        <v>1547</v>
       </c>
       <c r="B846" t="s">
-        <v>1591</v>
+        <v>1548</v>
       </c>
       <c r="C846" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D846"/>
+        <v>24</v>
+      </c>
+      <c r="D846" t="s">
+        <v>1549</v>
+      </c>
     </row>
     <row r="847" spans="1:4">
       <c r="A847" t="s">
-        <v>1592</v>
+        <v>1550</v>
       </c>
       <c r="B847" t="s">
-        <v>1593</v>
+        <v>1551</v>
       </c>
       <c r="C847" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D847"/>
     </row>
     <row r="848" spans="1:4">
       <c r="A848" t="s">
-        <v>1594</v>
+        <v>1552</v>
       </c>
       <c r="B848" t="s">
-        <v>1595</v>
+        <v>1553</v>
       </c>
       <c r="C848" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D848"/>
+    </row>
+    <row r="849" spans="1:4">
+      <c r="A849" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B849" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C849" t="s">
+        <v>11</v>
+      </c>
+      <c r="D849"/>
     </row>
     <row r="850" spans="1:4">
-      <c r="A850" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A850" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B850" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C850" t="s">
+        <v>11</v>
+      </c>
+      <c r="D850"/>
     </row>
     <row r="851" spans="1:4">
-      <c r="A851" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A851" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B851" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C851" t="s">
+        <v>11</v>
+      </c>
+      <c r="D851" t="s">
+        <v>1560</v>
       </c>
     </row>
     <row r="852" spans="1:4">
       <c r="A852" t="s">
-        <v>1597</v>
+        <v>1561</v>
       </c>
       <c r="B852" t="s">
-        <v>1598</v>
+        <v>1562</v>
       </c>
       <c r="C852" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D852" t="s">
-        <v>1599</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853" t="s">
-        <v>1600</v>
+        <v>1564</v>
       </c>
       <c r="B853" t="s">
-        <v>1601</v>
+        <v>1565</v>
       </c>
       <c r="C853" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D853" t="s">
-        <v>1602</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="854" spans="1:4">
       <c r="A854" t="s">
-        <v>1603</v>
+        <v>1567</v>
       </c>
       <c r="B854" t="s">
-        <v>1604</v>
+        <v>1568</v>
       </c>
       <c r="C854" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D854" t="s">
-        <v>260</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="855" spans="1:4">
       <c r="A855" t="s">
-        <v>1605</v>
+        <v>1570</v>
       </c>
       <c r="B855" t="s">
-        <v>1606</v>
+        <v>1571</v>
       </c>
       <c r="C855" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D855" t="s">
-        <v>1607</v>
+        <v>801</v>
       </c>
     </row>
     <row r="856" spans="1:4">
       <c r="A856" t="s">
-        <v>1608</v>
+        <v>1572</v>
       </c>
       <c r="B856" t="s">
-        <v>1609</v>
+        <v>1573</v>
       </c>
       <c r="C856" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D856"/>
     </row>
     <row r="857" spans="1:4">
       <c r="A857" t="s">
-        <v>1611</v>
+        <v>1574</v>
       </c>
       <c r="B857" t="s">
-        <v>1612</v>
+        <v>1575</v>
       </c>
       <c r="C857" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D857"/>
     </row>
     <row r="858" spans="1:4">
       <c r="A858" t="s">
-        <v>1614</v>
+        <v>1576</v>
       </c>
       <c r="B858" t="s">
-        <v>1615</v>
+        <v>1577</v>
       </c>
       <c r="C858" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D858" t="s">
-        <v>1616</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="859" spans="1:4">
       <c r="A859" t="s">
-        <v>1617</v>
+        <v>1579</v>
       </c>
       <c r="B859" t="s">
-        <v>1618</v>
+        <v>1580</v>
       </c>
       <c r="C859" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D859"/>
     </row>
     <row r="860" spans="1:4">
       <c r="A860" t="s">
-        <v>1620</v>
+        <v>1581</v>
       </c>
       <c r="B860" t="s">
-        <v>1621</v>
+        <v>1582</v>
       </c>
       <c r="C860" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D860"/>
     </row>
     <row r="861" spans="1:4">
       <c r="A861" t="s">
-        <v>1622</v>
+        <v>1583</v>
       </c>
       <c r="B861" t="s">
-        <v>1623</v>
+        <v>1584</v>
       </c>
       <c r="C861" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D861" t="s">
-        <v>1624</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="862" spans="1:4">
       <c r="A862" t="s">
-        <v>1625</v>
+        <v>1586</v>
       </c>
       <c r="B862" t="s">
-        <v>1626</v>
+        <v>1587</v>
       </c>
       <c r="C862" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D862"/>
     </row>
     <row r="863" spans="1:4">
       <c r="A863" t="s">
-        <v>1627</v>
+        <v>1588</v>
       </c>
       <c r="B863" t="s">
-        <v>1628</v>
+        <v>1589</v>
       </c>
       <c r="C863" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D863"/>
+        <v>11</v>
+      </c>
+      <c r="D863" t="s">
+        <v>1590</v>
+      </c>
     </row>
     <row r="864" spans="1:4">
       <c r="A864" t="s">
-        <v>1629</v>
+        <v>1591</v>
       </c>
       <c r="B864" t="s">
-        <v>1630</v>
+        <v>1592</v>
       </c>
       <c r="C864" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D864"/>
+        <v>11</v>
+      </c>
+      <c r="D864" t="s">
+        <v>1593</v>
+      </c>
     </row>
     <row r="865" spans="1:4">
       <c r="A865" t="s">
-        <v>1631</v>
+        <v>1594</v>
       </c>
       <c r="B865" t="s">
-        <v>1632</v>
+        <v>1595</v>
       </c>
       <c r="C865" t="s">
-        <v>12</v>
-[...14 lines deleted...]
-        <v>1635</v>
+        <v>24</v>
+      </c>
+      <c r="D865" t="s">
+        <v>1596</v>
       </c>
     </row>
     <row r="867" spans="1:4">
-      <c r="A867" t="s">
-[...9 lines deleted...]
-        <v>1638</v>
+      <c r="A867" s="2" t="s">
+        <v>1597</v>
       </c>
     </row>
     <row r="868" spans="1:4">
-      <c r="A868" t="s">
-[...9 lines deleted...]
-        <v>1641</v>
+      <c r="A868" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B868" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C868" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D868" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="869" spans="1:4">
       <c r="A869" t="s">
-        <v>1642</v>
+        <v>1598</v>
       </c>
       <c r="B869" t="s">
-        <v>1643</v>
+        <v>1599</v>
       </c>
       <c r="C869" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D869" t="s">
-        <v>1644</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="870" spans="1:4">
       <c r="A870" t="s">
-        <v>1645</v>
+        <v>1600</v>
       </c>
       <c r="B870" t="s">
-        <v>1646</v>
+        <v>1601</v>
       </c>
       <c r="C870" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D870" t="s">
-        <v>1647</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="871" spans="1:4">
       <c r="A871" t="s">
-        <v>1648</v>
+        <v>1603</v>
       </c>
       <c r="B871" t="s">
-        <v>1649</v>
+        <v>1604</v>
       </c>
       <c r="C871" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D871" t="s">
-        <v>1650</v>
+        <v>67</v>
       </c>
     </row>
     <row r="872" spans="1:4">
       <c r="A872" t="s">
-        <v>1651</v>
+        <v>1605</v>
       </c>
       <c r="B872" t="s">
-        <v>1652</v>
+        <v>1606</v>
       </c>
       <c r="C872" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D872"/>
+    </row>
+    <row r="873" spans="1:4">
+      <c r="A873" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B873" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C873" t="s">
+        <v>11</v>
+      </c>
+      <c r="D873"/>
     </row>
     <row r="874" spans="1:4">
-      <c r="A874" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A874" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B874" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C874" t="s">
+        <v>11</v>
+      </c>
+      <c r="D874"/>
     </row>
     <row r="875" spans="1:4">
-      <c r="A875" s="3" t="s">
+      <c r="A875" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B875" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C875" t="s">
+        <v>24</v>
+      </c>
+      <c r="D875" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="877" spans="1:4">
+      <c r="A877" s="2" t="s">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="878" spans="1:4">
+      <c r="A878" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B875" s="3" t="s">
+      <c r="B878" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C875" s="3" t="s">
+      <c r="C878" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D875" s="3" t="s">
+      <c r="D878" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="876" spans="1:4">
-[...17 lines deleted...]
-    </row>
     <row r="879" spans="1:4">
-      <c r="A879" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A879" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B879" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C879" t="s">
+        <v>24</v>
+      </c>
+      <c r="D879" t="s">
+        <v>1616</v>
       </c>
     </row>
     <row r="880" spans="1:4">
       <c r="A880" t="s">
-        <v>1659</v>
+        <v>1617</v>
       </c>
       <c r="B880" t="s">
-        <v>1660</v>
+        <v>1618</v>
       </c>
       <c r="C880" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D880" t="s">
-        <v>666</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="881" spans="1:4">
       <c r="A881" t="s">
-        <v>1661</v>
+        <v>1620</v>
       </c>
       <c r="B881" t="s">
-        <v>1662</v>
+        <v>1621</v>
       </c>
       <c r="C881" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D881" t="s">
-        <v>1663</v>
+        <v>269</v>
       </c>
     </row>
     <row r="882" spans="1:4">
       <c r="A882" t="s">
-        <v>1664</v>
+        <v>1622</v>
       </c>
       <c r="B882" t="s">
-        <v>1665</v>
+        <v>1623</v>
       </c>
       <c r="C882" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D882"/>
     </row>
     <row r="883" spans="1:4">
       <c r="A883" t="s">
-        <v>1667</v>
+        <v>1624</v>
       </c>
       <c r="B883" t="s">
-        <v>1668</v>
+        <v>1625</v>
       </c>
       <c r="C883" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D883" t="s">
-        <v>1669</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="884" spans="1:4">
       <c r="A884" t="s">
-        <v>1670</v>
+        <v>1627</v>
       </c>
       <c r="B884" t="s">
-        <v>1671</v>
+        <v>1628</v>
       </c>
       <c r="C884" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D884"/>
     </row>
     <row r="885" spans="1:4">
       <c r="A885" t="s">
-        <v>1673</v>
+        <v>1629</v>
       </c>
       <c r="B885" t="s">
-        <v>1674</v>
+        <v>1630</v>
       </c>
       <c r="C885" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D885"/>
     </row>
     <row r="886" spans="1:4">
       <c r="A886" t="s">
-        <v>1676</v>
+        <v>1631</v>
       </c>
       <c r="B886" t="s">
-        <v>1677</v>
+        <v>1632</v>
       </c>
       <c r="C886" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D886" t="s">
-        <v>1223</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="887" spans="1:4">
       <c r="A887" t="s">
-        <v>1678</v>
+        <v>1634</v>
       </c>
       <c r="B887" t="s">
-        <v>1679</v>
+        <v>1635</v>
       </c>
       <c r="C887" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D887"/>
     </row>
     <row r="888" spans="1:4">
       <c r="A888" t="s">
-        <v>1680</v>
+        <v>1636</v>
       </c>
       <c r="B888" t="s">
-        <v>1681</v>
+        <v>1637</v>
       </c>
       <c r="C888" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D888" t="s">
-        <v>294</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="889" spans="1:4">
       <c r="A889" t="s">
-        <v>1682</v>
+        <v>1639</v>
       </c>
       <c r="B889" t="s">
-        <v>1683</v>
+        <v>1640</v>
       </c>
       <c r="C889" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D889"/>
     </row>
     <row r="890" spans="1:4">
       <c r="A890" t="s">
-        <v>1685</v>
+        <v>1641</v>
       </c>
       <c r="B890" t="s">
-        <v>1686</v>
+        <v>1642</v>
       </c>
       <c r="C890" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D890"/>
     </row>
     <row r="891" spans="1:4">
       <c r="A891" t="s">
-        <v>1688</v>
+        <v>1643</v>
       </c>
       <c r="B891" t="s">
-        <v>1689</v>
+        <v>1644</v>
       </c>
       <c r="C891" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D891"/>
     </row>
     <row r="892" spans="1:4">
       <c r="A892" t="s">
-        <v>1691</v>
+        <v>1645</v>
       </c>
       <c r="B892" t="s">
-        <v>1692</v>
+        <v>1646</v>
       </c>
       <c r="C892" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D892"/>
     </row>
     <row r="893" spans="1:4">
       <c r="A893" t="s">
-        <v>1693</v>
+        <v>1647</v>
       </c>
       <c r="B893" t="s">
-        <v>1694</v>
+        <v>1648</v>
       </c>
       <c r="C893" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D893" t="s">
-        <v>1448</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="894" spans="1:4">
       <c r="A894" t="s">
-        <v>1695</v>
+        <v>1650</v>
       </c>
       <c r="B894" t="s">
-        <v>1696</v>
+        <v>1651</v>
       </c>
       <c r="C894" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D894" t="s">
-        <v>1697</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="895" spans="1:4">
       <c r="A895" t="s">
-        <v>1698</v>
+        <v>1653</v>
       </c>
       <c r="B895" t="s">
-        <v>1699</v>
+        <v>1654</v>
       </c>
       <c r="C895" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D895"/>
     </row>
     <row r="896" spans="1:4">
       <c r="A896" t="s">
-        <v>1701</v>
+        <v>1655</v>
       </c>
       <c r="B896" t="s">
-        <v>1702</v>
+        <v>1656</v>
       </c>
       <c r="C896" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D896" t="s">
-        <v>1703</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="897" spans="1:4">
       <c r="A897" t="s">
-        <v>1704</v>
+        <v>1658</v>
       </c>
       <c r="B897" t="s">
-        <v>1705</v>
+        <v>1659</v>
       </c>
       <c r="C897" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D897" t="s">
-        <v>1706</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="898" spans="1:4">
       <c r="A898" t="s">
-        <v>1707</v>
+        <v>1661</v>
       </c>
       <c r="B898" t="s">
-        <v>1708</v>
+        <v>1662</v>
       </c>
       <c r="C898" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D898"/>
+        <v>11</v>
+      </c>
+      <c r="D898" t="s">
+        <v>1663</v>
+      </c>
     </row>
     <row r="899" spans="1:4">
       <c r="A899" t="s">
-        <v>1709</v>
+        <v>1664</v>
       </c>
       <c r="B899" t="s">
-        <v>1710</v>
+        <v>1665</v>
       </c>
       <c r="C899" t="s">
-        <v>12</v>
-[...13 lines deleted...]
-      <c r="D900"/>
+        <v>11</v>
+      </c>
+      <c r="D899" t="s">
+        <v>1666</v>
+      </c>
     </row>
     <row r="901" spans="1:4">
-      <c r="A901" t="s">
-[...8 lines deleted...]
-      <c r="D901"/>
+      <c r="A901" s="2" t="s">
+        <v>1667</v>
+      </c>
     </row>
     <row r="902" spans="1:4">
-      <c r="A902" t="s">
-[...8 lines deleted...]
-      <c r="D902"/>
+      <c r="A902" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B902" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C902" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D902" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="903" spans="1:4">
       <c r="A903" t="s">
-        <v>1717</v>
+        <v>1668</v>
       </c>
       <c r="B903" t="s">
-        <v>1718</v>
+        <v>1669</v>
       </c>
       <c r="C903" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D903"/>
+        <v>11</v>
+      </c>
+      <c r="D903" t="s">
+        <v>665</v>
+      </c>
     </row>
     <row r="904" spans="1:4">
       <c r="A904" t="s">
-        <v>1719</v>
+        <v>1670</v>
       </c>
       <c r="B904" t="s">
-        <v>1720</v>
+        <v>1671</v>
       </c>
       <c r="C904" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D904"/>
+        <v>24</v>
+      </c>
+      <c r="D904" t="s">
+        <v>1672</v>
+      </c>
     </row>
     <row r="905" spans="1:4">
       <c r="A905" t="s">
-        <v>1721</v>
+        <v>1673</v>
       </c>
       <c r="B905" t="s">
-        <v>1722</v>
+        <v>1674</v>
       </c>
       <c r="C905" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D905"/>
+        <v>11</v>
+      </c>
+      <c r="D905" t="s">
+        <v>1675</v>
+      </c>
     </row>
     <row r="906" spans="1:4">
       <c r="A906" t="s">
-        <v>1723</v>
+        <v>1676</v>
       </c>
       <c r="B906" t="s">
-        <v>1724</v>
+        <v>1677</v>
       </c>
       <c r="C906" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D906"/>
+        <v>24</v>
+      </c>
+      <c r="D906" t="s">
+        <v>1678</v>
+      </c>
     </row>
     <row r="907" spans="1:4">
       <c r="A907" t="s">
-        <v>1725</v>
+        <v>1679</v>
       </c>
       <c r="B907" t="s">
-        <v>1726</v>
+        <v>1680</v>
       </c>
       <c r="C907" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D907"/>
+        <v>24</v>
+      </c>
+      <c r="D907" t="s">
+        <v>1681</v>
+      </c>
     </row>
     <row r="908" spans="1:4">
       <c r="A908" t="s">
-        <v>1727</v>
+        <v>1682</v>
       </c>
       <c r="B908" t="s">
-        <v>1728</v>
+        <v>1683</v>
       </c>
       <c r="C908" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D908"/>
+        <v>24</v>
+      </c>
+      <c r="D908" t="s">
+        <v>1684</v>
+      </c>
     </row>
     <row r="909" spans="1:4">
       <c r="A909" t="s">
-        <v>1729</v>
+        <v>1685</v>
       </c>
       <c r="B909" t="s">
-        <v>1730</v>
+        <v>1686</v>
       </c>
       <c r="C909" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D909"/>
+        <v>24</v>
+      </c>
+      <c r="D909" t="s">
+        <v>1226</v>
+      </c>
     </row>
     <row r="910" spans="1:4">
       <c r="A910" t="s">
-        <v>1731</v>
+        <v>1687</v>
       </c>
       <c r="B910" t="s">
-        <v>1732</v>
+        <v>1688</v>
       </c>
       <c r="C910" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D910"/>
+        <v>24</v>
+      </c>
+      <c r="D910" t="s">
+        <v>844</v>
+      </c>
     </row>
     <row r="911" spans="1:4">
       <c r="A911" t="s">
-        <v>1733</v>
+        <v>1689</v>
       </c>
       <c r="B911" t="s">
-        <v>1734</v>
+        <v>1690</v>
       </c>
       <c r="C911" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D911" t="s">
-        <v>1735</v>
+        <v>303</v>
       </c>
     </row>
     <row r="912" spans="1:4">
       <c r="A912" t="s">
-        <v>1736</v>
+        <v>1691</v>
       </c>
       <c r="B912" t="s">
-        <v>1737</v>
+        <v>1692</v>
       </c>
       <c r="C912" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D912"/>
+        <v>11</v>
+      </c>
+      <c r="D912" t="s">
+        <v>1693</v>
+      </c>
     </row>
     <row r="913" spans="1:4">
       <c r="A913" t="s">
-        <v>1738</v>
+        <v>1694</v>
       </c>
       <c r="B913" t="s">
-        <v>1739</v>
+        <v>1695</v>
       </c>
       <c r="C913" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D913"/>
+        <v>11</v>
+      </c>
+      <c r="D913" t="s">
+        <v>1696</v>
+      </c>
     </row>
     <row r="914" spans="1:4">
       <c r="A914" t="s">
-        <v>1740</v>
+        <v>1697</v>
       </c>
       <c r="B914" t="s">
-        <v>1741</v>
+        <v>1698</v>
       </c>
       <c r="C914" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D914"/>
+        <v>24</v>
+      </c>
+      <c r="D914" t="s">
+        <v>1699</v>
+      </c>
     </row>
     <row r="915" spans="1:4">
       <c r="A915" t="s">
-        <v>1742</v>
+        <v>1700</v>
       </c>
       <c r="B915" t="s">
-        <v>1743</v>
+        <v>1701</v>
       </c>
       <c r="C915" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D915"/>
+        <v>11</v>
+      </c>
+      <c r="D915" t="s">
+        <v>1336</v>
+      </c>
     </row>
     <row r="916" spans="1:4">
       <c r="A916" t="s">
-        <v>1744</v>
+        <v>1702</v>
       </c>
       <c r="B916" t="s">
-        <v>1745</v>
+        <v>1703</v>
       </c>
       <c r="C916" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D916"/>
+        <v>24</v>
+      </c>
+      <c r="D916" t="s">
+        <v>1461</v>
+      </c>
     </row>
     <row r="917" spans="1:4">
       <c r="A917" t="s">
-        <v>1746</v>
+        <v>1704</v>
       </c>
       <c r="B917" t="s">
-        <v>1747</v>
+        <v>1705</v>
       </c>
       <c r="C917" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D917"/>
+        <v>24</v>
+      </c>
+      <c r="D917" t="s">
+        <v>1706</v>
+      </c>
     </row>
     <row r="918" spans="1:4">
       <c r="A918" t="s">
-        <v>1748</v>
+        <v>1707</v>
       </c>
       <c r="B918" t="s">
-        <v>1749</v>
+        <v>1708</v>
       </c>
       <c r="C918" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D918"/>
+        <v>24</v>
+      </c>
+      <c r="D918" t="s">
+        <v>1709</v>
+      </c>
     </row>
     <row r="919" spans="1:4">
       <c r="A919" t="s">
-        <v>1750</v>
+        <v>1710</v>
       </c>
       <c r="B919" t="s">
-        <v>1751</v>
+        <v>1711</v>
       </c>
       <c r="C919" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D919"/>
+        <v>11</v>
+      </c>
+      <c r="D919" t="s">
+        <v>1712</v>
+      </c>
     </row>
     <row r="920" spans="1:4">
       <c r="A920" t="s">
-        <v>1752</v>
+        <v>1713</v>
       </c>
       <c r="B920" t="s">
-        <v>1753</v>
+        <v>1714</v>
       </c>
       <c r="C920" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D920"/>
+        <v>24</v>
+      </c>
+      <c r="D920" t="s">
+        <v>1715</v>
+      </c>
     </row>
     <row r="921" spans="1:4">
       <c r="A921" t="s">
-        <v>1754</v>
+        <v>1716</v>
       </c>
       <c r="B921" t="s">
-        <v>1755</v>
+        <v>1717</v>
       </c>
       <c r="C921" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D921"/>
     </row>
     <row r="922" spans="1:4">
       <c r="A922" t="s">
-        <v>1756</v>
+        <v>1718</v>
       </c>
       <c r="B922" t="s">
-        <v>1757</v>
+        <v>1719</v>
       </c>
       <c r="C922" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D922"/>
     </row>
     <row r="923" spans="1:4">
       <c r="A923" t="s">
-        <v>1758</v>
+        <v>1720</v>
       </c>
       <c r="B923" t="s">
-        <v>1759</v>
+        <v>1721</v>
       </c>
       <c r="C923" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D923"/>
     </row>
     <row r="924" spans="1:4">
       <c r="A924" t="s">
-        <v>1760</v>
+        <v>1722</v>
       </c>
       <c r="B924" t="s">
-        <v>1761</v>
+        <v>1723</v>
       </c>
       <c r="C924" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D924"/>
     </row>
     <row r="925" spans="1:4">
       <c r="A925" t="s">
-        <v>1762</v>
+        <v>1724</v>
       </c>
       <c r="B925" t="s">
-        <v>1763</v>
+        <v>1725</v>
       </c>
       <c r="C925" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D925"/>
     </row>
     <row r="926" spans="1:4">
       <c r="A926" t="s">
-        <v>1764</v>
+        <v>1726</v>
       </c>
       <c r="B926" t="s">
-        <v>1765</v>
+        <v>1727</v>
       </c>
       <c r="C926" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D926"/>
     </row>
     <row r="927" spans="1:4">
       <c r="A927" t="s">
-        <v>1766</v>
+        <v>1728</v>
       </c>
       <c r="B927" t="s">
-        <v>1767</v>
+        <v>1729</v>
       </c>
       <c r="C927" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D927"/>
     </row>
     <row r="928" spans="1:4">
       <c r="A928" t="s">
-        <v>1769</v>
+        <v>1730</v>
       </c>
       <c r="B928" t="s">
-        <v>1770</v>
+        <v>1731</v>
       </c>
       <c r="C928" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D928"/>
     </row>
     <row r="929" spans="1:4">
       <c r="A929" t="s">
-        <v>1771</v>
+        <v>1732</v>
       </c>
       <c r="B929" t="s">
-        <v>1772</v>
+        <v>1733</v>
       </c>
       <c r="C929" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D929"/>
     </row>
     <row r="930" spans="1:4">
       <c r="A930" t="s">
-        <v>1773</v>
+        <v>1734</v>
       </c>
       <c r="B930" t="s">
-        <v>1774</v>
+        <v>1735</v>
       </c>
       <c r="C930" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D930"/>
     </row>
     <row r="931" spans="1:4">
       <c r="A931" t="s">
-        <v>1775</v>
+        <v>1736</v>
       </c>
       <c r="B931" t="s">
-        <v>1776</v>
+        <v>1737</v>
       </c>
       <c r="C931" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D931"/>
     </row>
     <row r="932" spans="1:4">
       <c r="A932" t="s">
-        <v>1778</v>
+        <v>1738</v>
       </c>
       <c r="B932" t="s">
-        <v>1779</v>
+        <v>1739</v>
       </c>
       <c r="C932" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D932"/>
     </row>
     <row r="933" spans="1:4">
       <c r="A933" t="s">
-        <v>1781</v>
+        <v>1740</v>
       </c>
       <c r="B933" t="s">
-        <v>1782</v>
+        <v>1741</v>
       </c>
       <c r="C933" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D933"/>
     </row>
     <row r="934" spans="1:4">
       <c r="A934" t="s">
-        <v>1783</v>
+        <v>1742</v>
       </c>
       <c r="B934" t="s">
-        <v>1784</v>
+        <v>1743</v>
       </c>
       <c r="C934" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D934" t="s">
-        <v>785</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="935" spans="1:4">
       <c r="A935" t="s">
-        <v>1785</v>
+        <v>1745</v>
       </c>
       <c r="B935" t="s">
-        <v>1786</v>
+        <v>1746</v>
       </c>
       <c r="C935" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D935"/>
     </row>
     <row r="936" spans="1:4">
       <c r="A936" t="s">
-        <v>1787</v>
+        <v>1747</v>
       </c>
       <c r="B936" t="s">
-        <v>1788</v>
+        <v>1748</v>
       </c>
       <c r="C936" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D936"/>
     </row>
     <row r="937" spans="1:4">
       <c r="A937" t="s">
-        <v>1790</v>
+        <v>1749</v>
       </c>
       <c r="B937" t="s">
-        <v>1791</v>
+        <v>1750</v>
       </c>
       <c r="C937" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D937"/>
     </row>
     <row r="938" spans="1:4">
       <c r="A938" t="s">
-        <v>1792</v>
+        <v>1751</v>
       </c>
       <c r="B938" t="s">
-        <v>1793</v>
+        <v>1752</v>
       </c>
       <c r="C938" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D938"/>
     </row>
     <row r="939" spans="1:4">
       <c r="A939" t="s">
-        <v>1794</v>
+        <v>1753</v>
       </c>
       <c r="B939" t="s">
-        <v>1795</v>
+        <v>1754</v>
       </c>
       <c r="C939" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D939"/>
     </row>
     <row r="940" spans="1:4">
       <c r="A940" t="s">
-        <v>1796</v>
+        <v>1755</v>
       </c>
       <c r="B940" t="s">
-        <v>1797</v>
+        <v>1756</v>
       </c>
       <c r="C940" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D940"/>
     </row>
     <row r="941" spans="1:4">
       <c r="A941" t="s">
-        <v>1798</v>
+        <v>1757</v>
       </c>
       <c r="B941" t="s">
-        <v>1799</v>
+        <v>1758</v>
       </c>
       <c r="C941" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D941"/>
     </row>
     <row r="942" spans="1:4">
       <c r="A942" t="s">
-        <v>1800</v>
+        <v>1759</v>
       </c>
       <c r="B942" t="s">
-        <v>1801</v>
+        <v>1760</v>
       </c>
       <c r="C942" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D942"/>
     </row>
     <row r="943" spans="1:4">
       <c r="A943" t="s">
-        <v>1802</v>
+        <v>1761</v>
       </c>
       <c r="B943" t="s">
-        <v>1803</v>
+        <v>1762</v>
       </c>
       <c r="C943" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D943"/>
     </row>
     <row r="944" spans="1:4">
       <c r="A944" t="s">
-        <v>1804</v>
+        <v>1763</v>
       </c>
       <c r="B944" t="s">
-        <v>1805</v>
+        <v>1764</v>
       </c>
       <c r="C944" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D944"/>
     </row>
     <row r="945" spans="1:4">
       <c r="A945" t="s">
-        <v>1806</v>
+        <v>1765</v>
       </c>
       <c r="B945" t="s">
-        <v>1807</v>
+        <v>1766</v>
       </c>
       <c r="C945" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D945"/>
     </row>
     <row r="946" spans="1:4">
       <c r="A946" t="s">
-        <v>1809</v>
+        <v>1767</v>
       </c>
       <c r="B946" t="s">
-        <v>1810</v>
+        <v>1768</v>
       </c>
       <c r="C946" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1811</v>
+        <v>11</v>
+      </c>
+      <c r="D946"/>
+    </row>
+    <row r="947" spans="1:4">
+      <c r="A947" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B947" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C947" t="s">
+        <v>11</v>
+      </c>
+      <c r="D947" t="s">
+        <v>950</v>
       </c>
     </row>
     <row r="948" spans="1:4">
-      <c r="A948" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A948" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B948" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C948" t="s">
+        <v>11</v>
+      </c>
+      <c r="D948"/>
     </row>
     <row r="949" spans="1:4">
-      <c r="A949" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A949" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B949" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C949" t="s">
+        <v>24</v>
+      </c>
+      <c r="D949" t="s">
+        <v>1660</v>
       </c>
     </row>
     <row r="950" spans="1:4">
       <c r="A950" t="s">
-        <v>1813</v>
+        <v>1775</v>
       </c>
       <c r="B950" t="s">
-        <v>1814</v>
+        <v>1776</v>
       </c>
       <c r="C950" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D950" t="s">
-        <v>1076</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="951" spans="1:4">
       <c r="A951" t="s">
-        <v>1815</v>
+        <v>1778</v>
       </c>
       <c r="B951" t="s">
-        <v>1816</v>
+        <v>1779</v>
       </c>
       <c r="C951" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D951"/>
     </row>
     <row r="952" spans="1:4">
       <c r="A952" t="s">
-        <v>1818</v>
+        <v>1780</v>
       </c>
       <c r="B952" t="s">
-        <v>1819</v>
+        <v>1781</v>
       </c>
       <c r="C952" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D952"/>
+    </row>
+    <row r="953" spans="1:4">
+      <c r="A953" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B953" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C953" t="s">
+        <v>11</v>
+      </c>
+      <c r="D953"/>
     </row>
     <row r="954" spans="1:4">
-      <c r="A954" s="2" t="s">
-        <v>1820</v>
+      <c r="A954" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B954" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C954" t="s">
+        <v>24</v>
+      </c>
+      <c r="D954" t="s">
+        <v>1786</v>
       </c>
     </row>
     <row r="955" spans="1:4">
-      <c r="A955" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A955" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B955" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C955" t="s">
+        <v>24</v>
+      </c>
+      <c r="D955" t="s">
+        <v>1789</v>
       </c>
     </row>
     <row r="956" spans="1:4">
       <c r="A956" t="s">
-        <v>1821</v>
+        <v>1790</v>
       </c>
       <c r="B956" t="s">
-        <v>1822</v>
+        <v>1791</v>
       </c>
       <c r="C956" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D956"/>
     </row>
     <row r="957" spans="1:4">
       <c r="A957" t="s">
-        <v>1824</v>
+        <v>1792</v>
       </c>
       <c r="B957" t="s">
-        <v>1825</v>
+        <v>1793</v>
       </c>
       <c r="C957" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D957" t="s">
-        <v>1826</v>
+        <v>784</v>
       </c>
     </row>
     <row r="958" spans="1:4">
       <c r="A958" t="s">
-        <v>1827</v>
+        <v>1794</v>
       </c>
       <c r="B958" t="s">
-        <v>1828</v>
+        <v>1795</v>
       </c>
       <c r="C958" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D958"/>
     </row>
     <row r="959" spans="1:4">
       <c r="A959" t="s">
-        <v>1829</v>
+        <v>1796</v>
       </c>
       <c r="B959" t="s">
-        <v>1830</v>
+        <v>1797</v>
       </c>
       <c r="C959" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D959"/>
+        <v>24</v>
+      </c>
+      <c r="D959" t="s">
+        <v>1798</v>
+      </c>
     </row>
     <row r="960" spans="1:4">
       <c r="A960" t="s">
-        <v>1831</v>
+        <v>1799</v>
       </c>
       <c r="B960" t="s">
-        <v>1832</v>
+        <v>1800</v>
       </c>
       <c r="C960" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D960"/>
     </row>
     <row r="961" spans="1:4">
       <c r="A961" t="s">
-        <v>1834</v>
+        <v>1801</v>
       </c>
       <c r="B961" t="s">
-        <v>1835</v>
+        <v>1802</v>
       </c>
       <c r="C961" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D961"/>
     </row>
     <row r="962" spans="1:4">
       <c r="A962" t="s">
-        <v>1837</v>
+        <v>1803</v>
       </c>
       <c r="B962" t="s">
-        <v>1838</v>
+        <v>1804</v>
       </c>
       <c r="C962" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D962"/>
     </row>
     <row r="963" spans="1:4">
       <c r="A963" t="s">
-        <v>1839</v>
+        <v>1805</v>
       </c>
       <c r="B963" t="s">
-        <v>1840</v>
+        <v>1806</v>
       </c>
       <c r="C963" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D963"/>
     </row>
     <row r="964" spans="1:4">
       <c r="A964" t="s">
-        <v>1841</v>
+        <v>1807</v>
       </c>
       <c r="B964" t="s">
-        <v>1842</v>
+        <v>1808</v>
       </c>
       <c r="C964" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D964"/>
     </row>
     <row r="965" spans="1:4">
       <c r="A965" t="s">
-        <v>1844</v>
+        <v>1809</v>
       </c>
       <c r="B965" t="s">
-        <v>1845</v>
+        <v>1810</v>
       </c>
       <c r="C965" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D965"/>
     </row>
     <row r="966" spans="1:4">
       <c r="A966" t="s">
-        <v>1847</v>
+        <v>1811</v>
       </c>
       <c r="B966" t="s">
-        <v>1848</v>
+        <v>1812</v>
       </c>
       <c r="C966" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D966" t="s">
-        <v>1849</v>
+        <v>70</v>
       </c>
     </row>
     <row r="967" spans="1:4">
       <c r="A967" t="s">
-        <v>1850</v>
+        <v>1813</v>
       </c>
       <c r="B967" t="s">
-        <v>1851</v>
+        <v>1814</v>
       </c>
       <c r="C967" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D967"/>
     </row>
     <row r="968" spans="1:4">
       <c r="A968" t="s">
-        <v>1853</v>
+        <v>1815</v>
       </c>
       <c r="B968" t="s">
-        <v>1854</v>
+        <v>1816</v>
       </c>
       <c r="C968" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D968" t="s">
-        <v>1855</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="969" spans="1:4">
       <c r="A969" t="s">
-        <v>1856</v>
+        <v>1818</v>
       </c>
       <c r="B969" t="s">
-        <v>1857</v>
+        <v>1819</v>
       </c>
       <c r="C969" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D969" t="s">
-        <v>1858</v>
-[...13 lines deleted...]
-        <v>1861</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="971" spans="1:4">
-      <c r="A971" t="s">
-[...9 lines deleted...]
-        <v>1861</v>
+      <c r="A971" s="2" t="s">
+        <v>1821</v>
       </c>
     </row>
     <row r="972" spans="1:4">
-      <c r="A972" t="s">
-[...8 lines deleted...]
-      <c r="D972"/>
+      <c r="A972" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B972" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C972" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D972" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="973" spans="1:4">
       <c r="A973" t="s">
-        <v>1866</v>
+        <v>1822</v>
       </c>
       <c r="B973" t="s">
-        <v>1867</v>
+        <v>1823</v>
       </c>
       <c r="C973" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D973" t="s">
-        <v>1868</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="974" spans="1:4">
       <c r="A974" t="s">
-        <v>1869</v>
+        <v>1824</v>
       </c>
       <c r="B974" t="s">
-        <v>1870</v>
+        <v>1825</v>
       </c>
       <c r="C974" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D974" t="s">
-        <v>1868</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="975" spans="1:4">
       <c r="A975" t="s">
-        <v>1871</v>
+        <v>1827</v>
       </c>
       <c r="B975" t="s">
-        <v>1872</v>
+        <v>1828</v>
       </c>
       <c r="C975" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D975" t="s">
-        <v>1868</v>
-[...13 lines deleted...]
-        <v>1650</v>
+        <v>486</v>
       </c>
     </row>
     <row r="977" spans="1:4">
-      <c r="A977" t="s">
-[...9 lines deleted...]
-        <v>1877</v>
+      <c r="A977" s="2" t="s">
+        <v>1829</v>
       </c>
     </row>
     <row r="978" spans="1:4">
-      <c r="A978" t="s">
-[...9 lines deleted...]
-        <v>1880</v>
+      <c r="A978" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B978" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C978" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D978" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="979" spans="1:4">
       <c r="A979" t="s">
-        <v>1881</v>
+        <v>1830</v>
       </c>
       <c r="B979" t="s">
-        <v>1882</v>
+        <v>1831</v>
       </c>
       <c r="C979" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D979"/>
     </row>
     <row r="980" spans="1:4">
       <c r="A980" t="s">
-        <v>1883</v>
+        <v>1832</v>
       </c>
       <c r="B980" t="s">
-        <v>1884</v>
+        <v>1833</v>
       </c>
       <c r="C980" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D980"/>
     </row>
     <row r="981" spans="1:4">
       <c r="A981" t="s">
-        <v>1886</v>
+        <v>1834</v>
       </c>
       <c r="B981" t="s">
-        <v>1887</v>
+        <v>1835</v>
       </c>
       <c r="C981" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D981"/>
     </row>
     <row r="982" spans="1:4">
       <c r="A982" t="s">
-        <v>1889</v>
+        <v>1836</v>
       </c>
       <c r="B982" t="s">
-        <v>1890</v>
+        <v>1837</v>
       </c>
       <c r="C982" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D982"/>
     </row>
     <row r="983" spans="1:4">
       <c r="A983" t="s">
-        <v>1891</v>
+        <v>1838</v>
       </c>
       <c r="B983" t="s">
-        <v>1892</v>
+        <v>1839</v>
       </c>
       <c r="C983" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D983"/>
     </row>
     <row r="984" spans="1:4">
       <c r="A984" t="s">
-        <v>1893</v>
+        <v>1840</v>
       </c>
       <c r="B984" t="s">
-        <v>1894</v>
+        <v>1841</v>
       </c>
       <c r="C984" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D984"/>
     </row>
     <row r="985" spans="1:4">
       <c r="A985" t="s">
-        <v>1896</v>
+        <v>1842</v>
       </c>
       <c r="B985" t="s">
-        <v>1897</v>
+        <v>1843</v>
       </c>
       <c r="C985" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D985"/>
     </row>
     <row r="986" spans="1:4">
       <c r="A986" t="s">
-        <v>1899</v>
+        <v>1844</v>
       </c>
       <c r="B986" t="s">
-        <v>1900</v>
+        <v>1845</v>
       </c>
       <c r="C986" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D986"/>
     </row>
     <row r="987" spans="1:4">
       <c r="A987" t="s">
-        <v>1902</v>
+        <v>1846</v>
       </c>
       <c r="B987" t="s">
-        <v>1903</v>
+        <v>1847</v>
       </c>
       <c r="C987" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D987" t="s">
-        <v>1904</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="988" spans="1:4">
       <c r="A988" t="s">
-        <v>1905</v>
+        <v>1849</v>
       </c>
       <c r="B988" t="s">
-        <v>1906</v>
+        <v>1850</v>
       </c>
       <c r="C988" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D988"/>
     </row>
     <row r="989" spans="1:4">
       <c r="A989" t="s">
-        <v>1908</v>
+        <v>1851</v>
       </c>
       <c r="B989" t="s">
-        <v>1909</v>
+        <v>1852</v>
       </c>
       <c r="C989" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D989"/>
     </row>
     <row r="990" spans="1:4">
       <c r="A990" t="s">
-        <v>1910</v>
+        <v>1853</v>
       </c>
       <c r="B990" t="s">
-        <v>1911</v>
+        <v>1854</v>
       </c>
       <c r="C990" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D990"/>
+        <v>24</v>
+      </c>
+      <c r="D990" t="s">
+        <v>1855</v>
+      </c>
     </row>
     <row r="991" spans="1:4">
       <c r="A991" t="s">
-        <v>1912</v>
+        <v>1856</v>
       </c>
       <c r="B991" t="s">
-        <v>1913</v>
+        <v>1857</v>
       </c>
       <c r="C991" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D991"/>
     </row>
     <row r="992" spans="1:4">
       <c r="A992" t="s">
-        <v>1914</v>
+        <v>1858</v>
       </c>
       <c r="B992" t="s">
-        <v>1915</v>
+        <v>1859</v>
       </c>
       <c r="C992" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D992" t="s">
-        <v>1826</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="993" spans="1:4">
       <c r="A993" t="s">
-        <v>1916</v>
+        <v>1861</v>
       </c>
       <c r="B993" t="s">
-        <v>1917</v>
+        <v>1862</v>
       </c>
       <c r="C993" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D993"/>
     </row>
     <row r="994" spans="1:4">
       <c r="A994" t="s">
-        <v>1919</v>
+        <v>1863</v>
       </c>
       <c r="B994" t="s">
-        <v>1920</v>
+        <v>1864</v>
       </c>
       <c r="C994" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D994"/>
     </row>
     <row r="995" spans="1:4">
       <c r="A995" t="s">
-        <v>1921</v>
+        <v>1865</v>
       </c>
       <c r="B995" t="s">
-        <v>1922</v>
+        <v>1866</v>
       </c>
       <c r="C995" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D995"/>
     </row>
     <row r="996" spans="1:4">
       <c r="A996" t="s">
-        <v>1881</v>
+        <v>1867</v>
       </c>
       <c r="B996" t="s">
-        <v>1924</v>
+        <v>1868</v>
       </c>
       <c r="C996" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D996"/>
+        <v>11</v>
+      </c>
+      <c r="D996" t="s">
+        <v>1869</v>
+      </c>
     </row>
     <row r="997" spans="1:4">
       <c r="A997" t="s">
-        <v>1925</v>
+        <v>1870</v>
       </c>
       <c r="B997" t="s">
-        <v>1926</v>
+        <v>1871</v>
       </c>
       <c r="C997" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D997" t="s">
-        <v>1927</v>
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="998" spans="1:4">
+      <c r="A998" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B998" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C998" t="s">
+        <v>11</v>
+      </c>
+      <c r="D998" t="s">
+        <v>1869</v>
       </c>
     </row>
     <row r="999" spans="1:4">
-      <c r="A999" s="2" t="s">
-        <v>1928</v>
+      <c r="A999" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B999" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C999" t="s">
+        <v>24</v>
+      </c>
+      <c r="D999" t="s">
+        <v>1663</v>
       </c>
     </row>
     <row r="1000" spans="1:4">
-      <c r="A1000" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1000" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B1000" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C1000" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1000"/>
     </row>
     <row r="1001" spans="1:4">
       <c r="A1001" t="s">
-        <v>1929</v>
+        <v>1878</v>
       </c>
       <c r="B1001" t="s">
-        <v>1930</v>
+        <v>1879</v>
       </c>
       <c r="C1001" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1001" t="s">
-        <v>1931</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="1002" spans="1:4">
       <c r="A1002" t="s">
-        <v>1932</v>
+        <v>1881</v>
       </c>
       <c r="B1002" t="s">
-        <v>1933</v>
+        <v>1882</v>
       </c>
       <c r="C1002" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1002" t="s">
-        <v>1934</v>
+        <v>428</v>
       </c>
     </row>
     <row r="1003" spans="1:4">
       <c r="A1003" t="s">
-        <v>1935</v>
+        <v>1883</v>
       </c>
       <c r="B1003" t="s">
-        <v>1936</v>
+        <v>1884</v>
       </c>
       <c r="C1003" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1003"/>
     </row>
     <row r="1004" spans="1:4">
       <c r="A1004" t="s">
-        <v>1937</v>
+        <v>1885</v>
       </c>
       <c r="B1004" t="s">
-        <v>1938</v>
+        <v>1886</v>
       </c>
       <c r="C1004" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1004"/>
     </row>
     <row r="1005" spans="1:4">
       <c r="A1005" t="s">
-        <v>1939</v>
+        <v>1887</v>
       </c>
       <c r="B1005" t="s">
-        <v>1940</v>
+        <v>1888</v>
       </c>
       <c r="C1005" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1005"/>
     </row>
     <row r="1006" spans="1:4">
       <c r="A1006" t="s">
-        <v>1942</v>
+        <v>1889</v>
       </c>
       <c r="B1006" t="s">
-        <v>1943</v>
+        <v>1890</v>
       </c>
       <c r="C1006" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1006"/>
     </row>
     <row r="1007" spans="1:4">
       <c r="A1007" t="s">
-        <v>1945</v>
+        <v>1891</v>
       </c>
       <c r="B1007" t="s">
-        <v>1946</v>
+        <v>1892</v>
       </c>
       <c r="C1007" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1007"/>
     </row>
     <row r="1008" spans="1:4">
       <c r="A1008" t="s">
-        <v>1947</v>
+        <v>1893</v>
       </c>
       <c r="B1008" t="s">
-        <v>1948</v>
+        <v>1894</v>
       </c>
       <c r="C1008" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1008"/>
     </row>
     <row r="1009" spans="1:4">
       <c r="A1009" t="s">
-        <v>1949</v>
+        <v>1895</v>
       </c>
       <c r="B1009" t="s">
-        <v>1950</v>
+        <v>1896</v>
       </c>
       <c r="C1009" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1009"/>
     </row>
     <row r="1010" spans="1:4">
       <c r="A1010" t="s">
-        <v>1952</v>
+        <v>1897</v>
       </c>
       <c r="B1010" t="s">
-        <v>1953</v>
+        <v>1898</v>
       </c>
       <c r="C1010" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1010"/>
     </row>
     <row r="1011" spans="1:4">
       <c r="A1011" t="s">
-        <v>1955</v>
+        <v>1899</v>
       </c>
       <c r="B1011" t="s">
-        <v>1956</v>
+        <v>1900</v>
       </c>
       <c r="C1011" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1011"/>
     </row>
     <row r="1012" spans="1:4">
       <c r="A1012" t="s">
-        <v>1957</v>
+        <v>1901</v>
       </c>
       <c r="B1012" t="s">
-        <v>1958</v>
+        <v>1902</v>
       </c>
       <c r="C1012" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1012"/>
     </row>
     <row r="1013" spans="1:4">
       <c r="A1013" t="s">
-        <v>1959</v>
+        <v>1903</v>
       </c>
       <c r="B1013" t="s">
-        <v>1960</v>
+        <v>1904</v>
       </c>
       <c r="C1013" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1013"/>
     </row>
     <row r="1014" spans="1:4">
       <c r="A1014" t="s">
-        <v>1962</v>
+        <v>1905</v>
       </c>
       <c r="B1014" t="s">
-        <v>1963</v>
+        <v>1906</v>
       </c>
       <c r="C1014" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1014"/>
     </row>
     <row r="1015" spans="1:4">
       <c r="A1015" t="s">
-        <v>1964</v>
+        <v>1907</v>
       </c>
       <c r="B1015" t="s">
-        <v>1965</v>
+        <v>1908</v>
       </c>
       <c r="C1015" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1015"/>
     </row>
     <row r="1016" spans="1:4">
       <c r="A1016" t="s">
-        <v>1966</v>
+        <v>1909</v>
       </c>
       <c r="B1016" t="s">
-        <v>1967</v>
+        <v>1910</v>
       </c>
       <c r="C1016" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1968</v>
+        <v>11</v>
+      </c>
+      <c r="D1016"/>
+    </row>
+    <row r="1017" spans="1:4">
+      <c r="A1017" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1017" t="s">
+        <v>241</v>
       </c>
     </row>
     <row r="1018" spans="1:4">
-      <c r="A1018" s="2" t="s">
-        <v>1969</v>
+      <c r="A1018" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1018" t="s">
+        <v>1915</v>
       </c>
     </row>
     <row r="1019" spans="1:4">
-      <c r="A1019" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1019" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1019"/>
     </row>
     <row r="1020" spans="1:4">
       <c r="A1020" t="s">
-        <v>1970</v>
+        <v>1917</v>
       </c>
       <c r="B1020" t="s">
-        <v>1971</v>
+        <v>1918</v>
       </c>
       <c r="C1020" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1020" t="s">
-        <v>1972</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="1021" spans="1:4">
       <c r="A1021" t="s">
-        <v>1973</v>
+        <v>1920</v>
       </c>
       <c r="B1021" t="s">
-        <v>1974</v>
+        <v>1921</v>
       </c>
       <c r="C1021" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1021" t="s">
-        <v>1624</v>
-[...13 lines deleted...]
-        <v>1977</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="1023" spans="1:4">
-      <c r="A1023" t="s">
-[...9 lines deleted...]
-        <v>1142</v>
+      <c r="A1023" s="2" t="s">
+        <v>1923</v>
       </c>
     </row>
     <row r="1024" spans="1:4">
-      <c r="A1024" t="s">
-[...9 lines deleted...]
-        <v>1982</v>
+      <c r="A1024" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1024" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1024" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1024" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1025" spans="1:4">
       <c r="A1025" t="s">
-        <v>1983</v>
+        <v>1924</v>
       </c>
       <c r="B1025" t="s">
-        <v>1984</v>
+        <v>1925</v>
       </c>
       <c r="C1025" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1025" t="s">
-        <v>1985</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="1026" spans="1:4">
       <c r="A1026" t="s">
-        <v>1986</v>
+        <v>1927</v>
       </c>
       <c r="B1026" t="s">
-        <v>1987</v>
+        <v>1928</v>
       </c>
       <c r="C1026" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1026" t="s">
-        <v>1313</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="1027" spans="1:4">
       <c r="A1027" t="s">
-        <v>1988</v>
+        <v>1930</v>
       </c>
       <c r="B1027" t="s">
-        <v>1989</v>
+        <v>1931</v>
       </c>
       <c r="C1027" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1027"/>
     </row>
     <row r="1028" spans="1:4">
       <c r="A1028" t="s">
-        <v>1990</v>
+        <v>1932</v>
       </c>
       <c r="B1028" t="s">
-        <v>1991</v>
+        <v>1933</v>
       </c>
       <c r="C1028" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1028"/>
     </row>
     <row r="1029" spans="1:4">
       <c r="A1029" t="s">
-        <v>1993</v>
+        <v>1934</v>
       </c>
       <c r="B1029" t="s">
-        <v>1994</v>
+        <v>1935</v>
       </c>
       <c r="C1029" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1029" t="s">
-        <v>1995</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="1030" spans="1:4">
       <c r="A1030" t="s">
-        <v>1996</v>
+        <v>1937</v>
       </c>
       <c r="B1030" t="s">
-        <v>1997</v>
+        <v>1938</v>
       </c>
       <c r="C1030" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1030" t="s">
-        <v>1998</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="1031" spans="1:4">
       <c r="A1031" t="s">
-        <v>1999</v>
+        <v>1940</v>
       </c>
       <c r="B1031" t="s">
-        <v>2000</v>
+        <v>1941</v>
       </c>
       <c r="C1031" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1031" t="s">
-        <v>2001</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="1032" spans="1:4">
       <c r="A1032" t="s">
-        <v>2002</v>
+        <v>1942</v>
       </c>
       <c r="B1032" t="s">
-        <v>2003</v>
+        <v>1943</v>
       </c>
       <c r="C1032" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D1032"/>
     </row>
     <row r="1033" spans="1:4">
       <c r="A1033" t="s">
-        <v>2005</v>
+        <v>1944</v>
       </c>
       <c r="B1033" t="s">
-        <v>2006</v>
+        <v>1945</v>
       </c>
       <c r="C1033" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1033" t="s">
-        <v>2007</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="1034" spans="1:4">
       <c r="A1034" t="s">
-        <v>2008</v>
+        <v>1947</v>
       </c>
       <c r="B1034" t="s">
-        <v>2009</v>
+        <v>1948</v>
       </c>
       <c r="C1034" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1034" t="s">
-        <v>2010</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="1035" spans="1:4">
       <c r="A1035" t="s">
-        <v>2011</v>
+        <v>1950</v>
       </c>
       <c r="B1035" t="s">
-        <v>2012</v>
+        <v>1951</v>
       </c>
       <c r="C1035" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1035" t="s">
-        <v>2013</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="1036" spans="1:4">
       <c r="A1036" t="s">
-        <v>2014</v>
+        <v>1953</v>
       </c>
       <c r="B1036" t="s">
-        <v>2015</v>
+        <v>1954</v>
       </c>
       <c r="C1036" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1036" t="s">
-        <v>518</v>
+        <v>428</v>
       </c>
     </row>
     <row r="1037" spans="1:4">
       <c r="A1037" t="s">
-        <v>2016</v>
+        <v>1955</v>
       </c>
       <c r="B1037" t="s">
-        <v>2017</v>
+        <v>1956</v>
       </c>
       <c r="C1037" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1037" t="s">
-        <v>2018</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1038" spans="1:4">
       <c r="A1038" t="s">
-        <v>2019</v>
+        <v>1957</v>
       </c>
       <c r="B1038" t="s">
-        <v>2020</v>
+        <v>1958</v>
       </c>
       <c r="C1038" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1038" t="s">
-        <v>2021</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="1039" spans="1:4">
       <c r="A1039" t="s">
-        <v>2022</v>
+        <v>1960</v>
       </c>
       <c r="B1039" t="s">
-        <v>2023</v>
+        <v>1961</v>
       </c>
       <c r="C1039" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1039" t="s">
-        <v>1995</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="1040" spans="1:4">
       <c r="A1040" t="s">
-        <v>2024</v>
+        <v>1962</v>
       </c>
       <c r="B1040" t="s">
-        <v>2025</v>
+        <v>1963</v>
       </c>
       <c r="C1040" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1040" t="s">
-        <v>2026</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="1041" spans="1:4">
       <c r="A1041" t="s">
-        <v>2027</v>
+        <v>1964</v>
       </c>
       <c r="B1041" t="s">
-        <v>2028</v>
+        <v>1965</v>
       </c>
       <c r="C1041" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1041" t="s">
-        <v>890</v>
-[...13 lines deleted...]
-        <v>2031</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="1043" spans="1:4">
-      <c r="A1043" t="s">
-[...9 lines deleted...]
-        <v>2034</v>
+      <c r="A1043" s="2" t="s">
+        <v>1967</v>
       </c>
     </row>
     <row r="1044" spans="1:4">
-      <c r="A1044" t="s">
-[...9 lines deleted...]
-        <v>2037</v>
+      <c r="A1044" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1044" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1044" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1044" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1045" spans="1:4">
       <c r="A1045" t="s">
-        <v>2038</v>
+        <v>1968</v>
       </c>
       <c r="B1045" t="s">
-        <v>2039</v>
+        <v>1969</v>
       </c>
       <c r="C1045" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1045" t="s">
-        <v>2040</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="1046" spans="1:4">
       <c r="A1046" t="s">
-        <v>2041</v>
+        <v>1971</v>
       </c>
       <c r="B1046" t="s">
-        <v>2042</v>
+        <v>1972</v>
       </c>
       <c r="C1046" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1046" t="s">
-        <v>2043</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="1047" spans="1:4">
       <c r="A1047" t="s">
-        <v>2044</v>
+        <v>1973</v>
       </c>
       <c r="B1047" t="s">
-        <v>2045</v>
+        <v>1974</v>
       </c>
       <c r="C1047" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1047" t="s">
-        <v>2046</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="1048" spans="1:4">
       <c r="A1048" t="s">
-        <v>2047</v>
+        <v>1976</v>
       </c>
       <c r="B1048" t="s">
-        <v>2048</v>
+        <v>1977</v>
       </c>
       <c r="C1048" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1048" t="s">
-        <v>2049</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="1049" spans="1:4">
       <c r="A1049" t="s">
-        <v>2050</v>
+        <v>1978</v>
       </c>
       <c r="B1049" t="s">
-        <v>2051</v>
+        <v>1979</v>
       </c>
       <c r="C1049" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1049"/>
+        <v>24</v>
+      </c>
+      <c r="D1049" t="s">
+        <v>1980</v>
+      </c>
     </row>
     <row r="1050" spans="1:4">
       <c r="A1050" t="s">
-        <v>2052</v>
+        <v>1981</v>
       </c>
       <c r="B1050" t="s">
-        <v>2053</v>
+        <v>1982</v>
       </c>
       <c r="C1050" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1050" t="s">
-        <v>2054</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="1051" spans="1:4">
       <c r="A1051" t="s">
-        <v>2055</v>
+        <v>1984</v>
       </c>
       <c r="B1051" t="s">
-        <v>2056</v>
+        <v>1985</v>
       </c>
       <c r="C1051" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1051" t="s">
-        <v>1016</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="1052" spans="1:4">
       <c r="A1052" t="s">
-        <v>2057</v>
+        <v>1986</v>
       </c>
       <c r="B1052" t="s">
-        <v>2058</v>
+        <v>1987</v>
       </c>
       <c r="C1052" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1052" t="s">
-        <v>2059</v>
+        <v>567</v>
       </c>
     </row>
     <row r="1053" spans="1:4">
       <c r="A1053" t="s">
-        <v>2060</v>
+        <v>1988</v>
       </c>
       <c r="B1053" t="s">
-        <v>2061</v>
+        <v>1989</v>
       </c>
       <c r="C1053" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1053" t="s">
-        <v>2062</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="1054" spans="1:4">
       <c r="A1054" t="s">
-        <v>2063</v>
+        <v>1991</v>
       </c>
       <c r="B1054" t="s">
-        <v>2064</v>
+        <v>1992</v>
       </c>
       <c r="C1054" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1054" t="s">
-        <v>1868</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="1055" spans="1:4">
       <c r="A1055" t="s">
-        <v>2065</v>
+        <v>1994</v>
       </c>
       <c r="B1055" t="s">
-        <v>2066</v>
+        <v>1995</v>
       </c>
       <c r="C1055" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1055" t="s">
-        <v>2067</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="1056" spans="1:4">
       <c r="A1056" t="s">
-        <v>2068</v>
+        <v>1997</v>
       </c>
       <c r="B1056" t="s">
-        <v>2069</v>
+        <v>1998</v>
       </c>
       <c r="C1056" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1056" t="s">
-        <v>2070</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="1057" spans="1:4">
       <c r="A1057" t="s">
-        <v>2071</v>
+        <v>2000</v>
       </c>
       <c r="B1057" t="s">
-        <v>2072</v>
+        <v>2001</v>
       </c>
       <c r="C1057" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1057" t="s">
-        <v>2073</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="1058" spans="1:4">
       <c r="A1058" t="s">
-        <v>2074</v>
+        <v>2003</v>
       </c>
       <c r="B1058" t="s">
-        <v>2075</v>
+        <v>2004</v>
       </c>
       <c r="C1058" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1058"/>
+        <v>24</v>
+      </c>
+      <c r="D1058" t="s">
+        <v>2005</v>
+      </c>
     </row>
     <row r="1059" spans="1:4">
       <c r="A1059" t="s">
-        <v>2076</v>
+        <v>2006</v>
       </c>
       <c r="B1059" t="s">
-        <v>2077</v>
+        <v>2007</v>
       </c>
       <c r="C1059" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1059" t="s">
-        <v>2078</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="1060" spans="1:4">
       <c r="A1060" t="s">
-        <v>2079</v>
+        <v>2009</v>
       </c>
       <c r="B1060" t="s">
-        <v>2080</v>
+        <v>2010</v>
       </c>
       <c r="C1060" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1060" t="s">
-        <v>2081</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="1061" spans="1:4">
       <c r="A1061" t="s">
-        <v>2082</v>
+        <v>2012</v>
       </c>
       <c r="B1061" t="s">
-        <v>2083</v>
+        <v>2013</v>
       </c>
       <c r="C1061" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1061" t="s">
-        <v>1895</v>
+        <v>518</v>
       </c>
     </row>
     <row r="1062" spans="1:4">
       <c r="A1062" t="s">
-        <v>2084</v>
+        <v>2014</v>
       </c>
       <c r="B1062" t="s">
-        <v>2085</v>
+        <v>2015</v>
       </c>
       <c r="C1062" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1062" t="s">
-        <v>1895</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="1063" spans="1:4">
       <c r="A1063" t="s">
-        <v>2086</v>
+        <v>2017</v>
       </c>
       <c r="B1063" t="s">
-        <v>2087</v>
+        <v>2018</v>
       </c>
       <c r="C1063" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1063" t="s">
-        <v>2088</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="1064" spans="1:4">
       <c r="A1064" t="s">
-        <v>2089</v>
+        <v>2020</v>
       </c>
       <c r="B1064" t="s">
-        <v>2090</v>
+        <v>2021</v>
       </c>
       <c r="C1064" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1064" t="s">
-        <v>1576</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="1065" spans="1:4">
       <c r="A1065" t="s">
-        <v>2091</v>
+        <v>2022</v>
       </c>
       <c r="B1065" t="s">
-        <v>2092</v>
+        <v>2023</v>
       </c>
       <c r="C1065" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1065" t="s">
-        <v>2093</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="1066" spans="1:4">
       <c r="A1066" t="s">
-        <v>2094</v>
+        <v>2025</v>
       </c>
       <c r="B1066" t="s">
-        <v>2095</v>
+        <v>2026</v>
       </c>
       <c r="C1066" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1066" t="s">
-        <v>2096</v>
+        <v>886</v>
       </c>
     </row>
     <row r="1067" spans="1:4">
       <c r="A1067" t="s">
-        <v>2097</v>
+        <v>2027</v>
       </c>
       <c r="B1067" t="s">
-        <v>2098</v>
+        <v>2028</v>
       </c>
       <c r="C1067" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1067" t="s">
-        <v>2099</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="1068" spans="1:4">
       <c r="A1068" t="s">
-        <v>2100</v>
+        <v>2030</v>
       </c>
       <c r="B1068" t="s">
-        <v>2101</v>
+        <v>2031</v>
       </c>
       <c r="C1068" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1068" t="s">
-        <v>2102</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="1069" spans="1:4">
       <c r="A1069" t="s">
-        <v>2103</v>
+        <v>2033</v>
       </c>
       <c r="B1069" t="s">
-        <v>2104</v>
+        <v>2034</v>
       </c>
       <c r="C1069" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1069" t="s">
-        <v>2105</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="1070" spans="1:4">
       <c r="A1070" t="s">
-        <v>2106</v>
+        <v>2036</v>
       </c>
       <c r="B1070" t="s">
-        <v>2107</v>
+        <v>2037</v>
       </c>
       <c r="C1070" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1070"/>
+        <v>24</v>
+      </c>
+      <c r="D1070" t="s">
+        <v>2038</v>
+      </c>
     </row>
     <row r="1071" spans="1:4">
       <c r="A1071" t="s">
-        <v>2108</v>
+        <v>2039</v>
       </c>
       <c r="B1071" t="s">
-        <v>2109</v>
+        <v>2040</v>
       </c>
       <c r="C1071" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1071" t="s">
-        <v>2110</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="1072" spans="1:4">
       <c r="A1072" t="s">
-        <v>2111</v>
+        <v>2042</v>
       </c>
       <c r="B1072" t="s">
-        <v>2112</v>
+        <v>2043</v>
       </c>
       <c r="C1072" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1072" t="s">
-        <v>2113</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="1073" spans="1:4">
       <c r="A1073" t="s">
-        <v>2114</v>
+        <v>2045</v>
       </c>
       <c r="B1073" t="s">
-        <v>2115</v>
+        <v>2046</v>
       </c>
       <c r="C1073" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1073" t="s">
-        <v>2116</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="1074" spans="1:4">
       <c r="A1074" t="s">
-        <v>2117</v>
+        <v>2048</v>
       </c>
       <c r="B1074" t="s">
-        <v>2118</v>
+        <v>2049</v>
       </c>
       <c r="C1074" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1074"/>
     </row>
     <row r="1075" spans="1:4">
       <c r="A1075" t="s">
-        <v>2120</v>
+        <v>2050</v>
       </c>
       <c r="B1075" t="s">
-        <v>2121</v>
+        <v>2051</v>
       </c>
       <c r="C1075" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1075" t="s">
-        <v>2122</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="1076" spans="1:4">
       <c r="A1076" t="s">
-        <v>2123</v>
+        <v>2053</v>
       </c>
       <c r="B1076" t="s">
-        <v>2124</v>
+        <v>2054</v>
       </c>
       <c r="C1076" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1076" t="s">
-        <v>2125</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="1077" spans="1:4">
       <c r="A1077" t="s">
-        <v>2126</v>
+        <v>2055</v>
       </c>
       <c r="B1077" t="s">
-        <v>2127</v>
+        <v>2056</v>
       </c>
       <c r="C1077" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1077" t="s">
-        <v>2128</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="1078" spans="1:4">
       <c r="A1078" t="s">
-        <v>2129</v>
+        <v>2058</v>
       </c>
       <c r="B1078" t="s">
-        <v>2130</v>
+        <v>2059</v>
       </c>
       <c r="C1078" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1078"/>
+        <v>24</v>
+      </c>
+      <c r="D1078" t="s">
+        <v>2060</v>
+      </c>
     </row>
     <row r="1079" spans="1:4">
       <c r="A1079" t="s">
-        <v>2131</v>
+        <v>2061</v>
       </c>
       <c r="B1079" t="s">
-        <v>2132</v>
+        <v>2062</v>
       </c>
       <c r="C1079" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1079" t="s">
-        <v>2133</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="1080" spans="1:4">
       <c r="A1080" t="s">
-        <v>2134</v>
+        <v>2064</v>
       </c>
       <c r="B1080" t="s">
-        <v>2135</v>
+        <v>2065</v>
       </c>
       <c r="C1080" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1080" t="s">
-        <v>2136</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="1081" spans="1:4">
       <c r="A1081" t="s">
-        <v>2137</v>
+        <v>2067</v>
       </c>
       <c r="B1081" t="s">
-        <v>2138</v>
+        <v>2068</v>
       </c>
       <c r="C1081" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1081" t="s">
-        <v>2136</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="1082" spans="1:4">
       <c r="A1082" t="s">
-        <v>2139</v>
+        <v>2070</v>
       </c>
       <c r="B1082" t="s">
-        <v>2140</v>
+        <v>2071</v>
       </c>
       <c r="C1082" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1082" t="s">
-        <v>2141</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="1083" spans="1:4">
       <c r="A1083" t="s">
-        <v>2142</v>
+        <v>2073</v>
       </c>
       <c r="B1083" t="s">
-        <v>2143</v>
+        <v>2074</v>
       </c>
       <c r="C1083" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1083"/>
     </row>
     <row r="1084" spans="1:4">
       <c r="A1084" t="s">
-        <v>2144</v>
+        <v>2075</v>
       </c>
       <c r="B1084" t="s">
-        <v>2145</v>
+        <v>2076</v>
       </c>
       <c r="C1084" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1084"/>
     </row>
     <row r="1085" spans="1:4">
       <c r="A1085" t="s">
-        <v>2147</v>
+        <v>2077</v>
       </c>
       <c r="B1085" t="s">
-        <v>2148</v>
+        <v>2078</v>
       </c>
       <c r="C1085" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1085" t="s">
-        <v>2136</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="1086" spans="1:4">
       <c r="A1086" t="s">
-        <v>2149</v>
+        <v>2080</v>
       </c>
       <c r="B1086" t="s">
-        <v>2150</v>
+        <v>2081</v>
       </c>
       <c r="C1086" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1086"/>
     </row>
     <row r="1087" spans="1:4">
       <c r="A1087" t="s">
-        <v>2152</v>
+        <v>2082</v>
       </c>
       <c r="B1087" t="s">
-        <v>2153</v>
+        <v>2083</v>
       </c>
       <c r="C1087" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1087"/>
     </row>
     <row r="1088" spans="1:4">
       <c r="A1088" t="s">
-        <v>2155</v>
+        <v>2084</v>
       </c>
       <c r="B1088" t="s">
-        <v>2156</v>
+        <v>2085</v>
       </c>
       <c r="C1088" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1088" t="s">
-        <v>2157</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="1089" spans="1:4">
       <c r="A1089" t="s">
-        <v>2158</v>
+        <v>2087</v>
       </c>
       <c r="B1089" t="s">
-        <v>2159</v>
+        <v>2088</v>
       </c>
       <c r="C1089" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1089" t="s">
-        <v>2160</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="1090" spans="1:4">
       <c r="A1090" t="s">
-        <v>2161</v>
+        <v>2089</v>
       </c>
       <c r="B1090" t="s">
-        <v>2162</v>
+        <v>2090</v>
       </c>
       <c r="C1090" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1090"/>
     </row>
     <row r="1091" spans="1:4">
       <c r="A1091" t="s">
-        <v>2164</v>
+        <v>2091</v>
       </c>
       <c r="B1091" t="s">
-        <v>2165</v>
+        <v>2092</v>
       </c>
       <c r="C1091" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1091"/>
     </row>
     <row r="1092" spans="1:4">
       <c r="A1092" t="s">
-        <v>2167</v>
+        <v>2093</v>
       </c>
       <c r="B1092" t="s">
-        <v>2168</v>
+        <v>2094</v>
       </c>
       <c r="C1092" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1092" t="s">
-        <v>2169</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="1093" spans="1:4">
       <c r="A1093" t="s">
-        <v>2170</v>
+        <v>2096</v>
       </c>
       <c r="B1093" t="s">
-        <v>2171</v>
+        <v>2097</v>
       </c>
       <c r="C1093" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1093"/>
     </row>
     <row r="1094" spans="1:4">
       <c r="A1094" t="s">
-        <v>2173</v>
+        <v>2098</v>
       </c>
       <c r="B1094" t="s">
-        <v>2174</v>
+        <v>2099</v>
       </c>
       <c r="C1094" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1094"/>
     </row>
     <row r="1095" spans="1:4">
       <c r="A1095" t="s">
-        <v>2176</v>
+        <v>2100</v>
       </c>
       <c r="B1095" t="s">
-        <v>2177</v>
+        <v>2101</v>
       </c>
       <c r="C1095" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1095"/>
     </row>
     <row r="1096" spans="1:4">
       <c r="A1096" t="s">
-        <v>2178</v>
+        <v>2102</v>
       </c>
       <c r="B1096" t="s">
-        <v>2179</v>
+        <v>2103</v>
       </c>
       <c r="C1096" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1096" t="s">
-        <v>2180</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="1097" spans="1:4">
       <c r="A1097" t="s">
-        <v>2181</v>
+        <v>2105</v>
       </c>
       <c r="B1097" t="s">
-        <v>2182</v>
+        <v>2106</v>
       </c>
       <c r="C1097" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1097" t="s">
-        <v>732</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="1098" spans="1:4">
       <c r="A1098" t="s">
-        <v>2183</v>
+        <v>2108</v>
       </c>
       <c r="B1098" t="s">
-        <v>2184</v>
+        <v>2109</v>
       </c>
       <c r="C1098" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1098" t="s">
-        <v>2185</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="1099" spans="1:4">
       <c r="A1099" t="s">
-        <v>2186</v>
+        <v>2111</v>
       </c>
       <c r="B1099" t="s">
-        <v>2187</v>
+        <v>2112</v>
       </c>
       <c r="C1099" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1099" t="s">
-        <v>2188</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1100" spans="1:4">
       <c r="A1100" t="s">
-        <v>2189</v>
+        <v>2113</v>
       </c>
       <c r="B1100" t="s">
-        <v>2190</v>
+        <v>2114</v>
       </c>
       <c r="C1100" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1100"/>
+        <v>24</v>
+      </c>
+      <c r="D1100" t="s">
+        <v>2115</v>
+      </c>
     </row>
     <row r="1101" spans="1:4">
       <c r="A1101" t="s">
-        <v>2191</v>
+        <v>2116</v>
       </c>
       <c r="B1101" t="s">
-        <v>2192</v>
+        <v>2117</v>
       </c>
       <c r="C1101" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1101" t="s">
-        <v>2193</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="1102" spans="1:4">
       <c r="A1102" t="s">
-        <v>2194</v>
+        <v>2119</v>
       </c>
       <c r="B1102" t="s">
-        <v>2195</v>
+        <v>2120</v>
       </c>
       <c r="C1102" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1102"/>
+        <v>24</v>
+      </c>
+      <c r="D1102" t="s">
+        <v>2121</v>
+      </c>
     </row>
     <row r="1103" spans="1:4">
       <c r="A1103" t="s">
-        <v>2196</v>
+        <v>2122</v>
       </c>
       <c r="B1103" t="s">
-        <v>2197</v>
+        <v>2123</v>
       </c>
       <c r="C1103" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1103"/>
     </row>
     <row r="1104" spans="1:4">
       <c r="A1104" t="s">
-        <v>2199</v>
+        <v>2124</v>
       </c>
       <c r="B1104" t="s">
-        <v>2200</v>
+        <v>2125</v>
       </c>
       <c r="C1104" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1104"/>
     </row>
     <row r="1105" spans="1:4">
       <c r="A1105" t="s">
-        <v>2202</v>
+        <v>2126</v>
       </c>
       <c r="B1105" t="s">
-        <v>2203</v>
+        <v>2127</v>
       </c>
       <c r="C1105" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1105"/>
     </row>
     <row r="1106" spans="1:4">
       <c r="A1106" t="s">
-        <v>2205</v>
+        <v>2128</v>
       </c>
       <c r="B1106" t="s">
-        <v>2206</v>
+        <v>2129</v>
       </c>
       <c r="C1106" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1106"/>
     </row>
     <row r="1107" spans="1:4">
       <c r="A1107" t="s">
-        <v>2208</v>
+        <v>2130</v>
       </c>
       <c r="B1107" t="s">
-        <v>2209</v>
+        <v>2131</v>
       </c>
       <c r="C1107" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1107"/>
     </row>
     <row r="1108" spans="1:4">
       <c r="A1108" t="s">
-        <v>2211</v>
+        <v>2132</v>
       </c>
       <c r="B1108" t="s">
-        <v>2212</v>
+        <v>2133</v>
       </c>
       <c r="C1108" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1108"/>
     </row>
     <row r="1109" spans="1:4">
       <c r="A1109" t="s">
-        <v>2214</v>
+        <v>2134</v>
       </c>
       <c r="B1109" t="s">
-        <v>2215</v>
+        <v>2135</v>
       </c>
       <c r="C1109" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1109"/>
     </row>
     <row r="1110" spans="1:4">
       <c r="A1110" t="s">
-        <v>2217</v>
+        <v>2136</v>
       </c>
       <c r="B1110" t="s">
-        <v>2218</v>
+        <v>2137</v>
       </c>
       <c r="C1110" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1110"/>
     </row>
     <row r="1111" spans="1:4">
       <c r="A1111" t="s">
-        <v>2220</v>
+        <v>2138</v>
       </c>
       <c r="B1111" t="s">
-        <v>2221</v>
+        <v>2139</v>
       </c>
       <c r="C1111" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1111"/>
     </row>
     <row r="1112" spans="1:4">
       <c r="A1112" t="s">
-        <v>2222</v>
+        <v>2140</v>
       </c>
       <c r="B1112" t="s">
-        <v>2223</v>
+        <v>2141</v>
       </c>
       <c r="C1112" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1112" t="s">
-        <v>2224</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="1113" spans="1:4">
       <c r="A1113" t="s">
-        <v>2225</v>
+        <v>2143</v>
       </c>
       <c r="B1113" t="s">
-        <v>2226</v>
+        <v>2144</v>
       </c>
       <c r="C1113" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1113" t="s">
-        <v>2227</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="1114" spans="1:4">
       <c r="A1114" t="s">
-        <v>2228</v>
+        <v>2146</v>
       </c>
       <c r="B1114" t="s">
-        <v>2229</v>
+        <v>2147</v>
       </c>
       <c r="C1114" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1114" t="s">
-        <v>2230</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="1115" spans="1:4">
       <c r="A1115" t="s">
-        <v>2231</v>
+        <v>2149</v>
       </c>
       <c r="B1115" t="s">
-        <v>2232</v>
+        <v>2150</v>
       </c>
       <c r="C1115" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1115" t="s">
-        <v>2233</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="1116" spans="1:4">
       <c r="A1116" t="s">
-        <v>2234</v>
+        <v>2152</v>
       </c>
       <c r="B1116" t="s">
-        <v>2235</v>
+        <v>2153</v>
       </c>
       <c r="C1116" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1116"/>
     </row>
     <row r="1117" spans="1:4">
       <c r="A1117" t="s">
-        <v>2237</v>
+        <v>2154</v>
       </c>
       <c r="B1117" t="s">
-        <v>2238</v>
+        <v>2155</v>
       </c>
       <c r="C1117" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1117" t="s">
-        <v>2239</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="1118" spans="1:4">
       <c r="A1118" t="s">
-        <v>2240</v>
+        <v>2157</v>
       </c>
       <c r="B1118" t="s">
-        <v>2241</v>
+        <v>2158</v>
       </c>
       <c r="C1118" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1118" t="s">
-        <v>2242</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="1119" spans="1:4">
       <c r="A1119" t="s">
-        <v>2243</v>
+        <v>2160</v>
       </c>
       <c r="B1119" t="s">
-        <v>2244</v>
+        <v>2161</v>
       </c>
       <c r="C1119" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1119" t="s">
-        <v>2245</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="1120" spans="1:4">
       <c r="A1120" t="s">
-        <v>2246</v>
+        <v>2163</v>
       </c>
       <c r="B1120" t="s">
-        <v>2247</v>
+        <v>2164</v>
       </c>
       <c r="C1120" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1120"/>
     </row>
     <row r="1121" spans="1:4">
       <c r="A1121" t="s">
-        <v>2248</v>
+        <v>2165</v>
       </c>
       <c r="B1121" t="s">
-        <v>2249</v>
+        <v>2166</v>
       </c>
       <c r="C1121" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1121" t="s">
-        <v>2250</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="1122" spans="1:4">
       <c r="A1122" t="s">
-        <v>2251</v>
+        <v>2168</v>
       </c>
       <c r="B1122" t="s">
-        <v>2252</v>
+        <v>2169</v>
       </c>
       <c r="C1122" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1122" t="s">
-        <v>181</v>
+        <v>731</v>
       </c>
     </row>
     <row r="1123" spans="1:4">
       <c r="A1123" t="s">
-        <v>2253</v>
+        <v>2170</v>
       </c>
       <c r="B1123" t="s">
-        <v>2254</v>
+        <v>2171</v>
       </c>
       <c r="C1123" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1123" t="s">
-        <v>2255</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="1124" spans="1:4">
       <c r="A1124" t="s">
-        <v>2256</v>
+        <v>2173</v>
       </c>
       <c r="B1124" t="s">
-        <v>2257</v>
+        <v>2174</v>
       </c>
       <c r="C1124" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1124" t="s">
-        <v>2258</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="1125" spans="1:4">
       <c r="A1125" t="s">
-        <v>2259</v>
+        <v>2176</v>
       </c>
       <c r="B1125" t="s">
-        <v>2260</v>
+        <v>2177</v>
       </c>
       <c r="C1125" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1125"/>
     </row>
     <row r="1126" spans="1:4">
       <c r="A1126" t="s">
-        <v>2261</v>
+        <v>2178</v>
       </c>
       <c r="B1126" t="s">
-        <v>2262</v>
+        <v>2179</v>
       </c>
       <c r="C1126" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1126" t="s">
-        <v>2263</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="1127" spans="1:4">
       <c r="A1127" t="s">
-        <v>2264</v>
+        <v>2181</v>
       </c>
       <c r="B1127" t="s">
-        <v>2265</v>
+        <v>2182</v>
       </c>
       <c r="C1127" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1127"/>
     </row>
     <row r="1128" spans="1:4">
       <c r="A1128" t="s">
-        <v>2267</v>
+        <v>2183</v>
       </c>
       <c r="B1128" t="s">
-        <v>2268</v>
+        <v>2184</v>
       </c>
       <c r="C1128" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D1128"/>
     </row>
     <row r="1129" spans="1:4">
       <c r="A1129" t="s">
-        <v>2269</v>
+        <v>2185</v>
       </c>
       <c r="B1129" t="s">
-        <v>2270</v>
+        <v>2186</v>
       </c>
       <c r="C1129" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1129"/>
     </row>
     <row r="1130" spans="1:4">
       <c r="A1130" t="s">
-        <v>2272</v>
+        <v>2187</v>
       </c>
       <c r="B1130" t="s">
-        <v>2273</v>
+        <v>2188</v>
       </c>
       <c r="C1130" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1130" t="s">
-        <v>1579</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="1131" spans="1:4">
       <c r="A1131" t="s">
-        <v>2274</v>
+        <v>2190</v>
       </c>
       <c r="B1131" t="s">
-        <v>2275</v>
+        <v>2191</v>
       </c>
       <c r="C1131" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1131" t="s">
-        <v>2276</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="1132" spans="1:4">
       <c r="A1132" t="s">
-        <v>2277</v>
+        <v>2193</v>
       </c>
       <c r="B1132" t="s">
-        <v>2278</v>
+        <v>2194</v>
       </c>
       <c r="C1132" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1132" t="s">
-        <v>1968</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="1133" spans="1:4">
       <c r="A1133" t="s">
-        <v>2279</v>
+        <v>2196</v>
       </c>
       <c r="B1133" t="s">
-        <v>2280</v>
+        <v>2197</v>
       </c>
       <c r="C1133" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1133" t="s">
-        <v>190</v>
+        <v>2198</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:4">
+      <c r="A1134" t="s">
+        <v>2199</v>
+      </c>
+      <c r="B1134" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C1134" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1134" t="s">
+        <v>2201</v>
       </c>
     </row>
     <row r="1135" spans="1:4">
-      <c r="A1135" s="2" t="s">
-        <v>2281</v>
+      <c r="A1135" t="s">
+        <v>2202</v>
+      </c>
+      <c r="B1135" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C1135" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1135" t="s">
+        <v>2204</v>
       </c>
     </row>
     <row r="1136" spans="1:4">
-      <c r="A1136" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1136" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B1136" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C1136" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1136" t="s">
+        <v>2192</v>
       </c>
     </row>
     <row r="1137" spans="1:4">
       <c r="A1137" t="s">
-        <v>2282</v>
+        <v>2207</v>
       </c>
       <c r="B1137" t="s">
-        <v>2283</v>
+        <v>2208</v>
       </c>
       <c r="C1137" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1137" t="s">
-        <v>1282</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="1138" spans="1:4">
       <c r="A1138" t="s">
-        <v>2284</v>
+        <v>2210</v>
       </c>
       <c r="B1138" t="s">
-        <v>2285</v>
+        <v>2211</v>
       </c>
       <c r="C1138" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1138" t="s">
-        <v>2286</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="1139" spans="1:4">
       <c r="A1139" t="s">
-        <v>2287</v>
+        <v>2213</v>
       </c>
       <c r="B1139" t="s">
-        <v>2288</v>
+        <v>2214</v>
       </c>
       <c r="C1139" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1139" t="s">
-        <v>2289</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="1140" spans="1:4">
       <c r="A1140" t="s">
-        <v>2290</v>
+        <v>2216</v>
       </c>
       <c r="B1140" t="s">
-        <v>2291</v>
+        <v>2217</v>
       </c>
       <c r="C1140" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1140" t="s">
-        <v>2292</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="1141" spans="1:4">
       <c r="A1141" t="s">
-        <v>2293</v>
+        <v>2219</v>
       </c>
       <c r="B1141" t="s">
-        <v>2294</v>
+        <v>2220</v>
       </c>
       <c r="C1141" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1141" t="s">
-        <v>2213</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="1142" spans="1:4">
       <c r="A1142" t="s">
-        <v>2295</v>
+        <v>2222</v>
       </c>
       <c r="B1142" t="s">
-        <v>2296</v>
+        <v>2223</v>
       </c>
       <c r="C1142" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1142" t="s">
-        <v>2297</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="1143" spans="1:4">
       <c r="A1143" t="s">
-        <v>2298</v>
+        <v>2225</v>
       </c>
       <c r="B1143" t="s">
-        <v>2299</v>
+        <v>2226</v>
       </c>
       <c r="C1143" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1143" t="s">
-        <v>2300</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="1144" spans="1:4">
       <c r="A1144" t="s">
-        <v>2301</v>
+        <v>2228</v>
       </c>
       <c r="B1144" t="s">
-        <v>2302</v>
+        <v>2229</v>
       </c>
       <c r="C1144" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1144" t="s">
-        <v>2303</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="1145" spans="1:4">
       <c r="A1145" t="s">
-        <v>2304</v>
+        <v>2231</v>
       </c>
       <c r="B1145" t="s">
-        <v>2305</v>
+        <v>2232</v>
       </c>
       <c r="C1145" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1145" t="s">
-        <v>2292</v>
+        <v>366</v>
       </c>
     </row>
     <row r="1146" spans="1:4">
       <c r="A1146" t="s">
-        <v>2306</v>
+        <v>2233</v>
       </c>
       <c r="B1146" t="s">
-        <v>2307</v>
+        <v>2234</v>
       </c>
       <c r="C1146" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1146" t="s">
-        <v>2308</v>
+        <v>191</v>
       </c>
     </row>
     <row r="1147" spans="1:4">
       <c r="A1147" t="s">
-        <v>2309</v>
+        <v>2235</v>
       </c>
       <c r="B1147" t="s">
-        <v>2310</v>
+        <v>2236</v>
       </c>
       <c r="C1147" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1147" t="s">
-        <v>2311</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="1148" spans="1:4">
       <c r="A1148" t="s">
-        <v>2312</v>
+        <v>2238</v>
       </c>
       <c r="B1148" t="s">
-        <v>2313</v>
+        <v>2239</v>
       </c>
       <c r="C1148" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1148"/>
+        <v>24</v>
+      </c>
+      <c r="D1148" t="s">
+        <v>2240</v>
+      </c>
     </row>
     <row r="1149" spans="1:4">
       <c r="A1149" t="s">
-        <v>2314</v>
+        <v>2241</v>
       </c>
       <c r="B1149" t="s">
-        <v>2315</v>
+        <v>2242</v>
       </c>
       <c r="C1149" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1149"/>
+        <v>11</v>
+      </c>
+      <c r="D1149" t="s">
+        <v>534</v>
+      </c>
     </row>
     <row r="1150" spans="1:4">
       <c r="A1150" t="s">
-        <v>2316</v>
+        <v>2243</v>
       </c>
       <c r="B1150" t="s">
-        <v>2317</v>
+        <v>2244</v>
       </c>
       <c r="C1150" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1150" t="s">
-        <v>2318</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="1151" spans="1:4">
       <c r="A1151" t="s">
-        <v>2319</v>
+        <v>2246</v>
       </c>
       <c r="B1151" t="s">
-        <v>2320</v>
+        <v>2247</v>
       </c>
       <c r="C1151" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1151"/>
+        <v>24</v>
+      </c>
+      <c r="D1151" t="s">
+        <v>2248</v>
+      </c>
     </row>
     <row r="1152" spans="1:4">
       <c r="A1152" t="s">
-        <v>2321</v>
+        <v>2249</v>
       </c>
       <c r="B1152" t="s">
-        <v>2322</v>
+        <v>2250</v>
       </c>
       <c r="C1152" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1152" t="s">
-        <v>2323</v>
+        <v>886</v>
       </c>
     </row>
     <row r="1153" spans="1:4">
       <c r="A1153" t="s">
-        <v>2324</v>
+        <v>2251</v>
       </c>
       <c r="B1153" t="s">
-        <v>2325</v>
+        <v>2252</v>
       </c>
       <c r="C1153" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1153" t="s">
-        <v>2326</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="1154" spans="1:4">
       <c r="A1154" t="s">
-        <v>2327</v>
+        <v>2254</v>
       </c>
       <c r="B1154" t="s">
-        <v>2328</v>
+        <v>2255</v>
       </c>
       <c r="C1154" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1154" t="s">
-        <v>2329</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="1155" spans="1:4">
       <c r="A1155" t="s">
-        <v>2330</v>
+        <v>2256</v>
       </c>
       <c r="B1155" t="s">
-        <v>2331</v>
+        <v>2257</v>
       </c>
       <c r="C1155" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1155" t="s">
-        <v>2332</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="1156" spans="1:4">
       <c r="A1156" t="s">
-        <v>2333</v>
+        <v>2259</v>
       </c>
       <c r="B1156" t="s">
-        <v>2334</v>
+        <v>2260</v>
       </c>
       <c r="C1156" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1156" t="s">
-        <v>1995</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="1157" spans="1:4">
       <c r="A1157" t="s">
-        <v>2335</v>
+        <v>2261</v>
       </c>
       <c r="B1157" t="s">
-        <v>2336</v>
+        <v>2262</v>
       </c>
       <c r="C1157" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1157" t="s">
-        <v>2337</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1159" spans="1:4">
       <c r="A1159" s="2" t="s">
-        <v>2338</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="1160" spans="1:4">
       <c r="A1160" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B1160" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C1160" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D1160" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1161" spans="1:4">
       <c r="A1161" t="s">
-        <v>2339</v>
+        <v>2264</v>
       </c>
       <c r="B1161" t="s">
-        <v>2340</v>
+        <v>2265</v>
       </c>
       <c r="C1161" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1161" t="s">
-        <v>2341</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="1162" spans="1:4">
       <c r="A1162" t="s">
-        <v>2342</v>
+        <v>2266</v>
       </c>
       <c r="B1162" t="s">
-        <v>2343</v>
+        <v>2267</v>
       </c>
       <c r="C1162" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1162" t="s">
-        <v>263</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="1163" spans="1:4">
       <c r="A1163" t="s">
-        <v>2344</v>
+        <v>2269</v>
       </c>
       <c r="B1163" t="s">
-        <v>2345</v>
+        <v>2270</v>
       </c>
       <c r="C1163" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1163" t="s">
-        <v>2207</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="1164" spans="1:4">
       <c r="A1164" t="s">
-        <v>2346</v>
+        <v>2272</v>
       </c>
       <c r="B1164" t="s">
-        <v>2347</v>
+        <v>2273</v>
       </c>
       <c r="C1164" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1164" t="s">
-        <v>2348</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="1165" spans="1:4">
       <c r="A1165" t="s">
-        <v>2349</v>
+        <v>2275</v>
       </c>
       <c r="B1165" t="s">
-        <v>2350</v>
+        <v>2276</v>
       </c>
       <c r="C1165" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1165" t="s">
-        <v>2351</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="1166" spans="1:4">
       <c r="A1166" t="s">
-        <v>2352</v>
+        <v>2277</v>
       </c>
       <c r="B1166" t="s">
-        <v>2353</v>
+        <v>2278</v>
       </c>
       <c r="C1166" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1166" t="s">
-        <v>2354</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="1167" spans="1:4">
       <c r="A1167" t="s">
-        <v>2355</v>
+        <v>2280</v>
       </c>
       <c r="B1167" t="s">
-        <v>2356</v>
+        <v>2281</v>
       </c>
       <c r="C1167" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1167" t="s">
-        <v>2357</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="1168" spans="1:4">
       <c r="A1168" t="s">
-        <v>2358</v>
+        <v>2283</v>
       </c>
       <c r="B1168" t="s">
-        <v>2359</v>
+        <v>2284</v>
       </c>
       <c r="C1168" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1168" t="s">
-        <v>534</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="1169" spans="1:4">
       <c r="A1169" t="s">
-        <v>2360</v>
+        <v>2286</v>
       </c>
       <c r="B1169" t="s">
-        <v>2361</v>
+        <v>2287</v>
       </c>
       <c r="C1169" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1169" t="s">
-        <v>2362</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="1170" spans="1:4">
       <c r="A1170" t="s">
-        <v>2363</v>
+        <v>2288</v>
       </c>
       <c r="B1170" t="s">
-        <v>2364</v>
+        <v>2289</v>
       </c>
       <c r="C1170" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D1170"/>
     </row>
     <row r="1171" spans="1:4">
       <c r="A1171" t="s">
-        <v>2365</v>
+        <v>2290</v>
       </c>
       <c r="B1171" t="s">
-        <v>2366</v>
+        <v>2291</v>
       </c>
       <c r="C1171" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1171" t="s">
-        <v>2367</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="1172" spans="1:4">
       <c r="A1172" t="s">
-        <v>2368</v>
+        <v>2293</v>
       </c>
       <c r="B1172" t="s">
-        <v>2369</v>
+        <v>2294</v>
       </c>
       <c r="C1172" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1172"/>
     </row>
     <row r="1173" spans="1:4">
       <c r="A1173" t="s">
-        <v>2370</v>
+        <v>2295</v>
       </c>
       <c r="B1173" t="s">
-        <v>2371</v>
+        <v>2296</v>
       </c>
       <c r="C1173" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1173"/>
     </row>
     <row r="1174" spans="1:4">
       <c r="A1174" t="s">
-        <v>2372</v>
+        <v>2297</v>
       </c>
       <c r="B1174" t="s">
-        <v>2373</v>
+        <v>2298</v>
       </c>
       <c r="C1174" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1174" t="s">
-        <v>2341</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="1175" spans="1:4">
       <c r="A1175" t="s">
-        <v>2374</v>
+        <v>2300</v>
       </c>
       <c r="B1175" t="s">
-        <v>2375</v>
+        <v>2301</v>
       </c>
       <c r="C1175" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1175"/>
     </row>
     <row r="1176" spans="1:4">
       <c r="A1176" t="s">
-        <v>2376</v>
+        <v>2302</v>
       </c>
       <c r="B1176" t="s">
-        <v>2377</v>
+        <v>2303</v>
       </c>
       <c r="C1176" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1176" t="s">
-        <v>2378</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="1177" spans="1:4">
       <c r="A1177" t="s">
-        <v>2379</v>
+        <v>2305</v>
       </c>
       <c r="B1177" t="s">
-        <v>2380</v>
+        <v>2306</v>
       </c>
       <c r="C1177" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1177" t="s">
-        <v>2381</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="1178" spans="1:4">
       <c r="A1178" t="s">
-        <v>2382</v>
+        <v>2308</v>
       </c>
       <c r="B1178" t="s">
-        <v>2383</v>
+        <v>2309</v>
       </c>
       <c r="C1178" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1178" t="s">
-        <v>2384</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="1179" spans="1:4">
       <c r="A1179" t="s">
-        <v>2385</v>
+        <v>2311</v>
       </c>
       <c r="B1179" t="s">
-        <v>2386</v>
+        <v>2312</v>
       </c>
       <c r="C1179" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1179" t="s">
-        <v>2387</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="1180" spans="1:4">
       <c r="A1180" t="s">
-        <v>2388</v>
+        <v>2314</v>
       </c>
       <c r="B1180" t="s">
-        <v>2389</v>
+        <v>2315</v>
       </c>
       <c r="C1180" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1180" t="s">
-        <v>2250</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="1181" spans="1:4">
       <c r="A1181" t="s">
-        <v>2390</v>
+        <v>2316</v>
       </c>
       <c r="B1181" t="s">
-        <v>2391</v>
+        <v>2317</v>
       </c>
       <c r="C1181" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1181" t="s">
-        <v>1616</v>
-[...13 lines deleted...]
-        <v>2204</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="1183" spans="1:4">
-      <c r="A1183" t="s">
-[...9 lines deleted...]
-        <v>2396</v>
+      <c r="A1183" s="2" t="s">
+        <v>2319</v>
       </c>
     </row>
     <row r="1184" spans="1:4">
-      <c r="A1184" t="s">
-[...8 lines deleted...]
-      <c r="D1184"/>
+      <c r="A1184" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1184" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1184" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1184" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="1185" spans="1:4">
       <c r="A1185" t="s">
-        <v>2399</v>
+        <v>2320</v>
       </c>
       <c r="B1185" t="s">
-        <v>2400</v>
+        <v>2321</v>
       </c>
       <c r="C1185" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1185"/>
+        <v>24</v>
+      </c>
+      <c r="D1185" t="s">
+        <v>2322</v>
+      </c>
     </row>
     <row r="1186" spans="1:4">
       <c r="A1186" t="s">
-        <v>2401</v>
+        <v>2323</v>
       </c>
       <c r="B1186" t="s">
-        <v>2402</v>
+        <v>2324</v>
       </c>
       <c r="C1186" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1186"/>
+        <v>11</v>
+      </c>
+      <c r="D1186" t="s">
+        <v>272</v>
+      </c>
     </row>
     <row r="1187" spans="1:4">
       <c r="A1187" t="s">
-        <v>2403</v>
+        <v>2325</v>
       </c>
       <c r="B1187" t="s">
-        <v>2404</v>
+        <v>2326</v>
       </c>
       <c r="C1187" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1187"/>
+        <v>24</v>
+      </c>
+      <c r="D1187" t="s">
+        <v>2192</v>
+      </c>
     </row>
     <row r="1188" spans="1:4">
       <c r="A1188" t="s">
-        <v>2405</v>
+        <v>2327</v>
       </c>
       <c r="B1188" t="s">
-        <v>2406</v>
+        <v>2328</v>
       </c>
       <c r="C1188" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1188"/>
+        <v>24</v>
+      </c>
+      <c r="D1188" t="s">
+        <v>2329</v>
+      </c>
     </row>
     <row r="1189" spans="1:4">
       <c r="A1189" t="s">
-        <v>2407</v>
+        <v>2330</v>
       </c>
       <c r="B1189" t="s">
-        <v>2408</v>
+        <v>2331</v>
       </c>
       <c r="C1189" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1189" t="s">
-        <v>2409</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="1190" spans="1:4">
       <c r="A1190" t="s">
-        <v>2410</v>
+        <v>2333</v>
       </c>
       <c r="B1190" t="s">
-        <v>2411</v>
+        <v>2334</v>
       </c>
       <c r="C1190" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1190" t="s">
-        <v>2412</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="1191" spans="1:4">
       <c r="A1191" t="s">
-        <v>2413</v>
+        <v>2336</v>
       </c>
       <c r="B1191" t="s">
-        <v>2414</v>
+        <v>2337</v>
       </c>
       <c r="C1191" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1191" t="s">
-        <v>2415</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="1192" spans="1:4">
       <c r="A1192" t="s">
-        <v>2416</v>
+        <v>2339</v>
       </c>
       <c r="B1192" t="s">
-        <v>2417</v>
+        <v>2340</v>
       </c>
       <c r="C1192" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1192"/>
+        <v>24</v>
+      </c>
+      <c r="D1192" t="s">
+        <v>534</v>
+      </c>
     </row>
     <row r="1193" spans="1:4">
       <c r="A1193" t="s">
-        <v>2418</v>
+        <v>2341</v>
       </c>
       <c r="B1193" t="s">
-        <v>2419</v>
+        <v>2342</v>
       </c>
       <c r="C1193" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1193" t="s">
-        <v>2420</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="1194" spans="1:4">
       <c r="A1194" t="s">
-        <v>2421</v>
+        <v>2344</v>
       </c>
       <c r="B1194" t="s">
-        <v>2422</v>
+        <v>2345</v>
       </c>
       <c r="C1194" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1194" t="s">
-        <v>2423</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="1195" spans="1:4">
       <c r="A1195" t="s">
-        <v>2424</v>
+        <v>2346</v>
       </c>
       <c r="B1195" t="s">
-        <v>2425</v>
+        <v>2347</v>
       </c>
       <c r="C1195" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1195" t="s">
-        <v>2426</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="1196" spans="1:4">
       <c r="A1196" t="s">
-        <v>2427</v>
+        <v>2349</v>
       </c>
       <c r="B1196" t="s">
-        <v>2428</v>
+        <v>2350</v>
       </c>
       <c r="C1196" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1196" t="s">
-        <v>657</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="1197" spans="1:4">
       <c r="A1197" t="s">
-        <v>2429</v>
+        <v>2351</v>
       </c>
       <c r="B1197" t="s">
-        <v>2430</v>
+        <v>2352</v>
       </c>
       <c r="C1197" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1197" t="s">
-        <v>2431</v>
+        <v>576</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:4">
+      <c r="A1198" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B1198" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C1198" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1198" t="s">
+        <v>2322</v>
       </c>
     </row>
     <row r="1199" spans="1:4">
-      <c r="A1199" s="2" t="s">
-        <v>2432</v>
+      <c r="A1199" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B1199" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C1199" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1199" t="s">
+        <v>2167</v>
       </c>
     </row>
     <row r="1200" spans="1:4">
-      <c r="A1200" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1200" t="s">
+        <v>2357</v>
+      </c>
+      <c r="B1200" t="s">
+        <v>2358</v>
+      </c>
+      <c r="C1200" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1200" t="s">
+        <v>2359</v>
       </c>
     </row>
     <row r="1201" spans="1:4">
       <c r="A1201" t="s">
-        <v>2433</v>
+        <v>2360</v>
       </c>
       <c r="B1201" t="s">
-        <v>2434</v>
+        <v>2361</v>
       </c>
       <c r="C1201" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1201" t="s">
-        <v>2435</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="1202" spans="1:4">
       <c r="A1202" t="s">
-        <v>2436</v>
+        <v>2363</v>
       </c>
       <c r="B1202" t="s">
-        <v>2437</v>
+        <v>2364</v>
       </c>
       <c r="C1202" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1202" t="s">
-        <v>2438</v>
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:4">
+      <c r="A1203" t="s">
+        <v>2366</v>
+      </c>
+      <c r="B1203" t="s">
+        <v>2367</v>
+      </c>
+      <c r="C1203" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1203" t="s">
+        <v>2368</v>
       </c>
     </row>
     <row r="1204" spans="1:4">
-      <c r="A1204" s="2" t="s">
-        <v>2439</v>
+      <c r="A1204" t="s">
+        <v>2369</v>
+      </c>
+      <c r="B1204" t="s">
+        <v>2370</v>
+      </c>
+      <c r="C1204" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1204" t="s">
+        <v>1949</v>
       </c>
     </row>
     <row r="1205" spans="1:4">
-      <c r="A1205" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1205" t="s">
+        <v>2371</v>
+      </c>
+      <c r="B1205" t="s">
+        <v>2372</v>
+      </c>
+      <c r="C1205" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1205"/>
     </row>
     <row r="1206" spans="1:4">
       <c r="A1206" t="s">
-        <v>2440</v>
+        <v>2373</v>
       </c>
       <c r="B1206" t="s">
-        <v>2441</v>
+        <v>2374</v>
       </c>
       <c r="C1206" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1206" t="s">
-        <v>822</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="1207" spans="1:4">
       <c r="A1207" t="s">
-        <v>2442</v>
+        <v>2375</v>
       </c>
       <c r="B1207" t="s">
-        <v>2443</v>
+        <v>2376</v>
       </c>
       <c r="C1207" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1207" t="s">
-        <v>2444</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="1208" spans="1:4">
       <c r="A1208" t="s">
-        <v>2445</v>
+        <v>2378</v>
       </c>
       <c r="B1208" t="s">
-        <v>2443</v>
+        <v>2379</v>
       </c>
       <c r="C1208" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1208"/>
     </row>
     <row r="1209" spans="1:4">
       <c r="A1209" t="s">
-        <v>2447</v>
+        <v>2380</v>
       </c>
       <c r="B1209" t="s">
-        <v>2448</v>
+        <v>2381</v>
       </c>
       <c r="C1209" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1209"/>
     </row>
     <row r="1210" spans="1:4">
       <c r="A1210" t="s">
-        <v>2447</v>
+        <v>2382</v>
       </c>
       <c r="B1210" t="s">
-        <v>2448</v>
+        <v>2383</v>
       </c>
       <c r="C1210" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1210"/>
     </row>
     <row r="1211" spans="1:4">
       <c r="A1211" t="s">
-        <v>2447</v>
+        <v>2384</v>
       </c>
       <c r="B1211" t="s">
-        <v>2448</v>
+        <v>2385</v>
       </c>
       <c r="C1211" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1211"/>
     </row>
     <row r="1212" spans="1:4">
       <c r="A1212" t="s">
-        <v>2451</v>
+        <v>2386</v>
       </c>
       <c r="B1212" t="s">
-        <v>2452</v>
+        <v>2387</v>
       </c>
       <c r="C1212" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1212"/>
     </row>
     <row r="1213" spans="1:4">
       <c r="A1213" t="s">
-        <v>2454</v>
+        <v>2388</v>
       </c>
       <c r="B1213" t="s">
-        <v>2455</v>
+        <v>2389</v>
       </c>
       <c r="C1213" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1213"/>
     </row>
     <row r="1214" spans="1:4">
       <c r="A1214" t="s">
-        <v>2456</v>
+        <v>2390</v>
       </c>
       <c r="B1214" t="s">
-        <v>2457</v>
+        <v>2391</v>
       </c>
       <c r="C1214" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1214"/>
     </row>
     <row r="1215" spans="1:4">
       <c r="A1215" t="s">
-        <v>2458</v>
+        <v>2392</v>
       </c>
       <c r="B1215" t="s">
-        <v>2459</v>
+        <v>2393</v>
       </c>
       <c r="C1215" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1215"/>
+        <v>24</v>
+      </c>
+      <c r="D1215" t="s">
+        <v>2394</v>
+      </c>
     </row>
     <row r="1216" spans="1:4">
       <c r="A1216" t="s">
-        <v>2460</v>
+        <v>2395</v>
       </c>
       <c r="B1216" t="s">
-        <v>2461</v>
+        <v>2396</v>
       </c>
       <c r="C1216" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1216"/>
     </row>
     <row r="1217" spans="1:4">
       <c r="A1217" t="s">
-        <v>2462</v>
+        <v>2397</v>
       </c>
       <c r="B1217" t="s">
-        <v>2463</v>
+        <v>2398</v>
       </c>
       <c r="C1217" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1217" t="s">
-        <v>2464</v>
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:4">
+      <c r="A1218" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B1218" t="s">
+        <v>2401</v>
+      </c>
+      <c r="C1218" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1218" t="s">
+        <v>2402</v>
       </c>
     </row>
     <row r="1219" spans="1:4">
-      <c r="A1219" s="2" t="s">
-        <v>2465</v>
+      <c r="A1219" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B1219" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C1219" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1219" t="s">
+        <v>2405</v>
       </c>
     </row>
     <row r="1220" spans="1:4">
-      <c r="A1220" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1220" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B1220" t="s">
+        <v>2407</v>
+      </c>
+      <c r="C1220" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1220" t="s">
+        <v>656</v>
       </c>
     </row>
     <row r="1221" spans="1:4">
       <c r="A1221" t="s">
-        <v>2466</v>
+        <v>2408</v>
       </c>
       <c r="B1221" t="s">
-        <v>2467</v>
+        <v>2409</v>
       </c>
       <c r="C1221" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1221" t="s">
-        <v>2468</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="1222" spans="1:4">
       <c r="A1222" t="s">
-        <v>2469</v>
+        <v>2411</v>
       </c>
       <c r="B1222" t="s">
-        <v>2470</v>
+        <v>2412</v>
       </c>
       <c r="C1222" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1222" t="s">
-        <v>2471</v>
-[...13 lines deleted...]
-        <v>2474</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="1224" spans="1:4">
-      <c r="A1224" t="s">
-[...9 lines deleted...]
-        <v>2477</v>
+      <c r="A1224" s="2" t="s">
+        <v>2414</v>
       </c>
     </row>
     <row r="1225" spans="1:4">
-      <c r="A1225" t="s">
-[...9 lines deleted...]
-        <v>2477</v>
+      <c r="A1225" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1225" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1225" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1225" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1226" spans="1:4">
       <c r="A1226" t="s">
-        <v>2480</v>
+        <v>2415</v>
       </c>
       <c r="B1226" t="s">
-        <v>2481</v>
+        <v>2416</v>
       </c>
       <c r="C1226" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1226" t="s">
-        <v>2482</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="1227" spans="1:4">
       <c r="A1227" t="s">
-        <v>2483</v>
+        <v>2418</v>
       </c>
       <c r="B1227" t="s">
-        <v>2484</v>
+        <v>2419</v>
       </c>
       <c r="C1227" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1227" t="s">
-        <v>2485</v>
-[...13 lines deleted...]
-        <v>2488</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="1229" spans="1:4">
-      <c r="A1229" t="s">
-[...9 lines deleted...]
-        <v>2491</v>
+      <c r="A1229" s="2" t="s">
+        <v>2421</v>
       </c>
     </row>
     <row r="1230" spans="1:4">
-      <c r="A1230" t="s">
-[...9 lines deleted...]
-        <v>2494</v>
+      <c r="A1230" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1230" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1230" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1230" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1231" spans="1:4">
       <c r="A1231" t="s">
-        <v>2495</v>
+        <v>2422</v>
       </c>
       <c r="B1231" t="s">
-        <v>2496</v>
+        <v>2423</v>
       </c>
       <c r="C1231" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1231" t="s">
-        <v>2497</v>
+        <v>821</v>
       </c>
     </row>
     <row r="1232" spans="1:4">
       <c r="A1232" t="s">
-        <v>2498</v>
+        <v>2424</v>
       </c>
       <c r="B1232" t="s">
-        <v>2499</v>
+        <v>2425</v>
       </c>
       <c r="C1232" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1232" t="s">
-        <v>263</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="1233" spans="1:4">
       <c r="A1233" t="s">
-        <v>2500</v>
+        <v>2427</v>
       </c>
       <c r="B1233" t="s">
-        <v>2501</v>
+        <v>2425</v>
       </c>
       <c r="C1233" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1233" t="s">
-        <v>2502</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="1234" spans="1:4">
       <c r="A1234" t="s">
-        <v>2503</v>
+        <v>2429</v>
       </c>
       <c r="B1234" t="s">
-        <v>2504</v>
+        <v>2430</v>
       </c>
       <c r="C1234" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1234" t="s">
-        <v>2505</v>
+        <v>821</v>
       </c>
     </row>
     <row r="1235" spans="1:4">
       <c r="A1235" t="s">
-        <v>2506</v>
+        <v>2429</v>
       </c>
       <c r="B1235" t="s">
-        <v>2507</v>
+        <v>2430</v>
       </c>
       <c r="C1235" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1235" t="s">
-        <v>2508</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="1236" spans="1:4">
       <c r="A1236" t="s">
-        <v>2509</v>
+        <v>2429</v>
       </c>
       <c r="B1236" t="s">
-        <v>2510</v>
+        <v>2430</v>
       </c>
       <c r="C1236" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1236" t="s">
-        <v>2511</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="1237" spans="1:4">
       <c r="A1237" t="s">
-        <v>2512</v>
+        <v>2433</v>
       </c>
       <c r="B1237" t="s">
-        <v>2513</v>
+        <v>2434</v>
       </c>
       <c r="C1237" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1237" t="s">
-        <v>2514</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="1238" spans="1:4">
       <c r="A1238" t="s">
-        <v>2515</v>
+        <v>2436</v>
       </c>
       <c r="B1238" t="s">
-        <v>2516</v>
+        <v>2437</v>
       </c>
       <c r="C1238" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1238"/>
     </row>
     <row r="1239" spans="1:4">
       <c r="A1239" t="s">
-        <v>2518</v>
+        <v>2438</v>
       </c>
       <c r="B1239" t="s">
-        <v>2519</v>
+        <v>2439</v>
       </c>
       <c r="C1239" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1239"/>
     </row>
     <row r="1240" spans="1:4">
       <c r="A1240" t="s">
-        <v>2521</v>
+        <v>2440</v>
       </c>
       <c r="B1240" t="s">
-        <v>2522</v>
+        <v>2441</v>
       </c>
       <c r="C1240" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1240"/>
     </row>
     <row r="1241" spans="1:4">
       <c r="A1241" t="s">
-        <v>2524</v>
+        <v>2442</v>
       </c>
       <c r="B1241" t="s">
-        <v>2525</v>
+        <v>2443</v>
       </c>
       <c r="C1241" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1241"/>
     </row>
     <row r="1242" spans="1:4">
       <c r="A1242" t="s">
-        <v>2527</v>
+        <v>2444</v>
       </c>
       <c r="B1242" t="s">
-        <v>2528</v>
+        <v>2445</v>
       </c>
       <c r="C1242" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1242" t="s">
-        <v>2529</v>
-[...13 lines deleted...]
-        <v>2532</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="1244" spans="1:4">
-      <c r="A1244" t="s">
-[...9 lines deleted...]
-        <v>2535</v>
+      <c r="A1244" s="2" t="s">
+        <v>2447</v>
       </c>
     </row>
     <row r="1245" spans="1:4">
-      <c r="A1245" t="s">
-[...9 lines deleted...]
-        <v>89</v>
+      <c r="A1245" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1245" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1245" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1245" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1246" spans="1:4">
       <c r="A1246" t="s">
-        <v>2538</v>
+        <v>2448</v>
       </c>
       <c r="B1246" t="s">
-        <v>2539</v>
+        <v>2449</v>
       </c>
       <c r="C1246" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1246" t="s">
-        <v>378</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="1247" spans="1:4">
       <c r="A1247" t="s">
-        <v>2540</v>
+        <v>2451</v>
       </c>
       <c r="B1247" t="s">
-        <v>2541</v>
+        <v>2452</v>
       </c>
       <c r="C1247" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1247" t="s">
-        <v>2505</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="1248" spans="1:4">
       <c r="A1248" t="s">
-        <v>2542</v>
+        <v>2454</v>
       </c>
       <c r="B1248" t="s">
-        <v>2543</v>
+        <v>2455</v>
       </c>
       <c r="C1248" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1248" t="s">
-        <v>2544</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="1249" spans="1:4">
       <c r="A1249" t="s">
-        <v>2545</v>
+        <v>2457</v>
       </c>
       <c r="B1249" t="s">
-        <v>2546</v>
+        <v>2458</v>
       </c>
       <c r="C1249" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1249" t="s">
-        <v>2547</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="1250" spans="1:4">
       <c r="A1250" t="s">
-        <v>2548</v>
+        <v>2460</v>
       </c>
       <c r="B1250" t="s">
-        <v>2549</v>
+        <v>2461</v>
       </c>
       <c r="C1250" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1250" t="s">
-        <v>2550</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="1251" spans="1:4">
       <c r="A1251" t="s">
-        <v>2551</v>
+        <v>2462</v>
       </c>
       <c r="B1251" t="s">
-        <v>2552</v>
+        <v>2463</v>
       </c>
       <c r="C1251" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1251" t="s">
-        <v>2553</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="1252" spans="1:4">
       <c r="A1252" t="s">
-        <v>2554</v>
+        <v>2465</v>
       </c>
       <c r="B1252" t="s">
-        <v>2555</v>
+        <v>2466</v>
       </c>
       <c r="C1252" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1252" t="s">
-        <v>2556</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="1253" spans="1:4">
       <c r="A1253" t="s">
-        <v>2557</v>
+        <v>2468</v>
       </c>
       <c r="B1253" t="s">
-        <v>2558</v>
+        <v>2469</v>
       </c>
       <c r="C1253" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1253" t="s">
-        <v>2559</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="1254" spans="1:4">
       <c r="A1254" t="s">
-        <v>2560</v>
+        <v>2471</v>
       </c>
       <c r="B1254" t="s">
-        <v>2561</v>
+        <v>2472</v>
       </c>
       <c r="C1254" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1254" t="s">
-        <v>2562</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="1255" spans="1:4">
       <c r="A1255" t="s">
-        <v>2563</v>
+        <v>2474</v>
       </c>
       <c r="B1255" t="s">
-        <v>2564</v>
+        <v>2475</v>
       </c>
       <c r="C1255" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1255" t="s">
-        <v>2070</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="1256" spans="1:4">
       <c r="A1256" t="s">
-        <v>2565</v>
+        <v>2477</v>
       </c>
       <c r="B1256" t="s">
-        <v>2566</v>
+        <v>2478</v>
       </c>
       <c r="C1256" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1256" t="s">
-        <v>2567</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="1257" spans="1:4">
       <c r="A1257" t="s">
-        <v>2568</v>
+        <v>2480</v>
       </c>
       <c r="B1257" t="s">
-        <v>2569</v>
+        <v>2481</v>
       </c>
       <c r="C1257" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1257" t="s">
-        <v>2570</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1258" spans="1:4">
       <c r="A1258" t="s">
-        <v>2571</v>
+        <v>2482</v>
       </c>
       <c r="B1258" t="s">
-        <v>2572</v>
+        <v>2483</v>
       </c>
       <c r="C1258" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1258" t="s">
-        <v>2573</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="1259" spans="1:4">
       <c r="A1259" t="s">
-        <v>2574</v>
+        <v>2485</v>
       </c>
       <c r="B1259" t="s">
-        <v>2575</v>
+        <v>2486</v>
       </c>
       <c r="C1259" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1259" t="s">
-        <v>2576</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="1260" spans="1:4">
       <c r="A1260" t="s">
-        <v>2577</v>
+        <v>2488</v>
       </c>
       <c r="B1260" t="s">
-        <v>2578</v>
+        <v>2489</v>
       </c>
       <c r="C1260" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1260" t="s">
-        <v>2579</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="1261" spans="1:4">
       <c r="A1261" t="s">
-        <v>2580</v>
+        <v>2491</v>
       </c>
       <c r="B1261" t="s">
-        <v>2581</v>
+        <v>2492</v>
       </c>
       <c r="C1261" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1261" t="s">
-        <v>2582</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="1262" spans="1:4">
       <c r="A1262" t="s">
-        <v>2583</v>
+        <v>2494</v>
       </c>
       <c r="B1262" t="s">
-        <v>2584</v>
+        <v>2495</v>
       </c>
       <c r="C1262" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1262" t="s">
-        <v>2585</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="1263" spans="1:4">
       <c r="A1263" t="s">
-        <v>2586</v>
+        <v>2497</v>
       </c>
       <c r="B1263" t="s">
-        <v>2587</v>
+        <v>2498</v>
       </c>
       <c r="C1263" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1263" t="s">
-        <v>2588</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="1264" spans="1:4">
       <c r="A1264" t="s">
-        <v>2589</v>
+        <v>2500</v>
       </c>
       <c r="B1264" t="s">
-        <v>2590</v>
+        <v>2501</v>
       </c>
       <c r="C1264" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1264" t="s">
-        <v>2591</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="1265" spans="1:4">
       <c r="A1265" t="s">
-        <v>2592</v>
+        <v>2503</v>
       </c>
       <c r="B1265" t="s">
-        <v>2593</v>
+        <v>2504</v>
       </c>
       <c r="C1265" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1265" t="s">
-        <v>2594</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="1266" spans="1:4">
       <c r="A1266" t="s">
-        <v>2595</v>
+        <v>2506</v>
       </c>
       <c r="B1266" t="s">
-        <v>2596</v>
+        <v>2507</v>
       </c>
       <c r="C1266" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1266" t="s">
-        <v>2597</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="1267" spans="1:4">
       <c r="A1267" t="s">
-        <v>2598</v>
+        <v>2509</v>
       </c>
       <c r="B1267" t="s">
-        <v>2599</v>
+        <v>2510</v>
       </c>
       <c r="C1267" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1267" t="s">
-        <v>113</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="1268" spans="1:4">
       <c r="A1268" t="s">
-        <v>2600</v>
+        <v>2512</v>
       </c>
       <c r="B1268" t="s">
-        <v>2601</v>
+        <v>2513</v>
       </c>
       <c r="C1268" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1268" t="s">
-        <v>2602</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="1269" spans="1:4">
       <c r="A1269" t="s">
-        <v>2603</v>
+        <v>2515</v>
       </c>
       <c r="B1269" t="s">
-        <v>2604</v>
+        <v>2516</v>
       </c>
       <c r="C1269" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1269" t="s">
-        <v>2605</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="1270" spans="1:4">
       <c r="A1270" t="s">
-        <v>2606</v>
+        <v>2518</v>
       </c>
       <c r="B1270" t="s">
-        <v>2607</v>
+        <v>2519</v>
       </c>
       <c r="C1270" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1270" t="s">
-        <v>2608</v>
+        <v>94</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:4">
+      <c r="A1271" t="s">
+        <v>2520</v>
+      </c>
+      <c r="B1271" t="s">
+        <v>2521</v>
+      </c>
+      <c r="C1271" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1271" t="s">
+        <v>387</v>
       </c>
     </row>
     <row r="1272" spans="1:4">
-      <c r="A1272" s="2" t="s">
-        <v>2609</v>
+      <c r="A1272" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B1272" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C1272" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1272" t="s">
+        <v>2487</v>
       </c>
     </row>
     <row r="1273" spans="1:4">
-      <c r="A1273" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1273" t="s">
+        <v>2524</v>
+      </c>
+      <c r="B1273" t="s">
+        <v>2525</v>
+      </c>
+      <c r="C1273" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1273" t="s">
+        <v>462</v>
       </c>
     </row>
     <row r="1274" spans="1:4">
       <c r="A1274" t="s">
-        <v>2610</v>
+        <v>2526</v>
       </c>
       <c r="B1274" t="s">
-        <v>2611</v>
+        <v>2527</v>
       </c>
       <c r="C1274" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1274"/>
+        <v>11</v>
+      </c>
+      <c r="D1274" t="s">
+        <v>2528</v>
+      </c>
     </row>
     <row r="1275" spans="1:4">
       <c r="A1275" t="s">
-        <v>2612</v>
+        <v>2529</v>
       </c>
       <c r="B1275" t="s">
-        <v>2613</v>
+        <v>2530</v>
       </c>
       <c r="C1275" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1275"/>
+        <v>11</v>
+      </c>
+      <c r="D1275" t="s">
+        <v>2531</v>
+      </c>
     </row>
     <row r="1276" spans="1:4">
       <c r="A1276" t="s">
-        <v>2614</v>
+        <v>2532</v>
       </c>
       <c r="B1276" t="s">
-        <v>2615</v>
+        <v>2533</v>
       </c>
       <c r="C1276" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1276" t="s">
-        <v>860</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="1277" spans="1:4">
       <c r="A1277" t="s">
-        <v>2616</v>
+        <v>2535</v>
       </c>
       <c r="B1277" t="s">
-        <v>2617</v>
+        <v>2536</v>
       </c>
       <c r="C1277" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1277" t="s">
-        <v>215</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="1278" spans="1:4">
       <c r="A1278" t="s">
-        <v>2618</v>
+        <v>2538</v>
       </c>
       <c r="B1278" t="s">
-        <v>2619</v>
+        <v>2539</v>
       </c>
       <c r="C1278" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1278"/>
+        <v>11</v>
+      </c>
+      <c r="D1278" t="s">
+        <v>2540</v>
+      </c>
     </row>
     <row r="1279" spans="1:4">
       <c r="A1279" t="s">
-        <v>2620</v>
+        <v>2541</v>
       </c>
       <c r="B1279" t="s">
-        <v>2621</v>
+        <v>2542</v>
       </c>
       <c r="C1279" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1279" t="s">
-        <v>2622</v>
+        <v>2543</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:4">
+      <c r="A1280" t="s">
+        <v>2544</v>
+      </c>
+      <c r="B1280" t="s">
+        <v>2545</v>
+      </c>
+      <c r="C1280" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1280" t="s">
+        <v>2069</v>
       </c>
     </row>
     <row r="1281" spans="1:4">
-      <c r="A1281" s="2" t="s">
-        <v>2623</v>
+      <c r="A1281" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B1281" t="s">
+        <v>2547</v>
+      </c>
+      <c r="C1281" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1281" t="s">
+        <v>2548</v>
       </c>
     </row>
     <row r="1282" spans="1:4">
-      <c r="A1282" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1282" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B1282" t="s">
+        <v>2550</v>
+      </c>
+      <c r="C1282" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1282" t="s">
+        <v>2551</v>
       </c>
     </row>
     <row r="1283" spans="1:4">
       <c r="A1283" t="s">
-        <v>2624</v>
+        <v>2552</v>
       </c>
       <c r="B1283" t="s">
-        <v>2625</v>
+        <v>2553</v>
       </c>
       <c r="C1283" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1283" t="s">
-        <v>1370</v>
+        <v>2554</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:4">
+      <c r="A1284" t="s">
+        <v>2555</v>
+      </c>
+      <c r="B1284" t="s">
+        <v>2556</v>
+      </c>
+      <c r="C1284" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1284" t="s">
+        <v>2557</v>
       </c>
     </row>
     <row r="1285" spans="1:4">
-      <c r="A1285" s="2" t="s">
-        <v>2626</v>
+      <c r="A1285" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B1285" t="s">
+        <v>2559</v>
+      </c>
+      <c r="C1285" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1285" t="s">
+        <v>2560</v>
       </c>
     </row>
     <row r="1286" spans="1:4">
-      <c r="A1286" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1286" t="s">
+        <v>2561</v>
+      </c>
+      <c r="B1286" t="s">
+        <v>2562</v>
+      </c>
+      <c r="C1286" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1286" t="s">
+        <v>2563</v>
       </c>
     </row>
     <row r="1287" spans="1:4">
       <c r="A1287" t="s">
-        <v>2627</v>
+        <v>2564</v>
       </c>
       <c r="B1287" t="s">
-        <v>2628</v>
+        <v>2565</v>
       </c>
       <c r="C1287" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1287" t="s">
-        <v>2629</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="1288" spans="1:4">
       <c r="A1288" t="s">
-        <v>2630</v>
+        <v>2567</v>
       </c>
       <c r="B1288" t="s">
-        <v>2631</v>
+        <v>2568</v>
       </c>
       <c r="C1288" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1288" t="s">
-        <v>2632</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="1289" spans="1:4">
       <c r="A1289" t="s">
-        <v>2633</v>
+        <v>2570</v>
       </c>
       <c r="B1289" t="s">
-        <v>2634</v>
+        <v>2571</v>
       </c>
       <c r="C1289" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1289" t="s">
-        <v>2635</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="1290" spans="1:4">
       <c r="A1290" t="s">
-        <v>2636</v>
+        <v>2573</v>
       </c>
       <c r="B1290" t="s">
-        <v>2637</v>
+        <v>2574</v>
       </c>
       <c r="C1290" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1290" t="s">
-        <v>2638</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="1291" spans="1:4">
       <c r="A1291" t="s">
-        <v>2639</v>
+        <v>2576</v>
       </c>
       <c r="B1291" t="s">
-        <v>2640</v>
+        <v>2577</v>
       </c>
       <c r="C1291" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1291"/>
+        <v>24</v>
+      </c>
+      <c r="D1291" t="s">
+        <v>2578</v>
+      </c>
     </row>
     <row r="1292" spans="1:4">
       <c r="A1292" t="s">
-        <v>2641</v>
+        <v>2579</v>
       </c>
       <c r="B1292" t="s">
-        <v>2642</v>
+        <v>2580</v>
       </c>
       <c r="C1292" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1292" t="s">
-        <v>2643</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="1293" spans="1:4">
       <c r="A1293" t="s">
-        <v>2644</v>
+        <v>2582</v>
       </c>
       <c r="B1293" t="s">
-        <v>2645</v>
+        <v>2583</v>
       </c>
       <c r="C1293" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1293" t="s">
-        <v>2643</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="1294" spans="1:4">
       <c r="A1294" t="s">
-        <v>2646</v>
+        <v>2584</v>
       </c>
       <c r="B1294" t="s">
-        <v>2647</v>
+        <v>2585</v>
       </c>
       <c r="C1294" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1294" t="s">
-        <v>381</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="1295" spans="1:4">
       <c r="A1295" t="s">
-        <v>2648</v>
+        <v>2587</v>
       </c>
       <c r="B1295" t="s">
-        <v>2649</v>
+        <v>2588</v>
       </c>
       <c r="C1295" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1295" t="s">
-        <v>381</v>
-[...13 lines deleted...]
-        <v>2643</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="1297" spans="1:4">
-      <c r="A1297" t="s">
-[...9 lines deleted...]
-        <v>381</v>
+      <c r="A1297" s="2" t="s">
+        <v>2590</v>
       </c>
     </row>
     <row r="1298" spans="1:4">
-      <c r="A1298" t="s">
-[...9 lines deleted...]
-        <v>2431</v>
+      <c r="A1298" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1298" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1298" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1298" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1299" spans="1:4">
       <c r="A1299" t="s">
-        <v>2656</v>
+        <v>2591</v>
       </c>
       <c r="B1299" t="s">
-        <v>2657</v>
+        <v>2592</v>
       </c>
       <c r="C1299" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1299"/>
     </row>
     <row r="1300" spans="1:4">
       <c r="A1300" t="s">
-        <v>2659</v>
+        <v>2593</v>
       </c>
       <c r="B1300" t="s">
-        <v>2660</v>
+        <v>2594</v>
       </c>
       <c r="C1300" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1300"/>
     </row>
     <row r="1301" spans="1:4">
       <c r="A1301" t="s">
-        <v>2661</v>
+        <v>2595</v>
       </c>
       <c r="B1301" t="s">
-        <v>2662</v>
+        <v>2596</v>
       </c>
       <c r="C1301" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1301"/>
     </row>
     <row r="1302" spans="1:4">
       <c r="A1302" t="s">
-        <v>2664</v>
+        <v>2597</v>
       </c>
       <c r="B1302" t="s">
-        <v>2665</v>
+        <v>2598</v>
       </c>
       <c r="C1302" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1302"/>
     </row>
     <row r="1303" spans="1:4">
       <c r="A1303" t="s">
-        <v>2667</v>
+        <v>2599</v>
       </c>
       <c r="B1303" t="s">
-        <v>2668</v>
+        <v>2600</v>
       </c>
       <c r="C1303" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1303"/>
     </row>
     <row r="1304" spans="1:4">
       <c r="A1304" t="s">
-        <v>2669</v>
+        <v>2601</v>
       </c>
       <c r="B1304" t="s">
-        <v>2670</v>
+        <v>2602</v>
       </c>
       <c r="C1304" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1304" t="s">
-        <v>1811</v>
-[...13 lines deleted...]
-        <v>496</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="1306" spans="1:4">
-      <c r="A1306" t="s">
-[...9 lines deleted...]
-        <v>2675</v>
+      <c r="A1306" s="2" t="s">
+        <v>2604</v>
       </c>
     </row>
     <row r="1307" spans="1:4">
-      <c r="A1307" t="s">
-[...8 lines deleted...]
-      <c r="D1307"/>
+      <c r="A1307" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1307" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1307" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1307" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="1308" spans="1:4">
       <c r="A1308" t="s">
-        <v>2678</v>
+        <v>2605</v>
       </c>
       <c r="B1308" t="s">
-        <v>2679</v>
+        <v>2606</v>
       </c>
       <c r="C1308" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1308" t="s">
-        <v>2658</v>
-[...13 lines deleted...]
-        <v>65</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="1310" spans="1:4">
-      <c r="A1310" t="s">
-[...9 lines deleted...]
-        <v>2684</v>
+      <c r="A1310" s="2" t="s">
+        <v>2607</v>
       </c>
     </row>
     <row r="1311" spans="1:4">
-      <c r="A1311" t="s">
-[...9 lines deleted...]
-        <v>287</v>
+      <c r="A1311" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1311" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1311" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1311" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1312" spans="1:4">
       <c r="A1312" t="s">
-        <v>2687</v>
+        <v>2608</v>
       </c>
       <c r="B1312" t="s">
-        <v>2688</v>
+        <v>2609</v>
       </c>
       <c r="C1312" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1312" t="s">
-        <v>527</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="1313" spans="1:4">
       <c r="A1313" t="s">
-        <v>2689</v>
+        <v>2611</v>
       </c>
       <c r="B1313" t="s">
-        <v>2690</v>
+        <v>2612</v>
       </c>
       <c r="C1313" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1313"/>
+        <v>24</v>
+      </c>
+      <c r="D1313" t="s">
+        <v>2613</v>
+      </c>
     </row>
     <row r="1314" spans="1:4">
       <c r="A1314" t="s">
-        <v>2691</v>
+        <v>2614</v>
       </c>
       <c r="B1314" t="s">
-        <v>2692</v>
+        <v>2615</v>
       </c>
       <c r="C1314" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1314" t="s">
-        <v>2693</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="1315" spans="1:4">
       <c r="A1315" t="s">
-        <v>2694</v>
+        <v>2617</v>
       </c>
       <c r="B1315" t="s">
-        <v>2695</v>
+        <v>2618</v>
       </c>
       <c r="C1315" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1315" t="s">
-        <v>2696</v>
-      </c>
+        <v>2619</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:4">
+      <c r="A1316" t="s">
+        <v>2620</v>
+      </c>
+      <c r="B1316" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C1316" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1316"/>
     </row>
     <row r="1317" spans="1:4">
-      <c r="A1317" s="2" t="s">
-        <v>2697</v>
+      <c r="A1317" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B1317" t="s">
+        <v>2623</v>
+      </c>
+      <c r="C1317" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1317" t="s">
+        <v>2624</v>
       </c>
     </row>
     <row r="1318" spans="1:4">
-      <c r="A1318" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1318" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B1318" t="s">
+        <v>2626</v>
+      </c>
+      <c r="C1318" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1318" t="s">
+        <v>2624</v>
       </c>
     </row>
     <row r="1319" spans="1:4">
       <c r="A1319" t="s">
-        <v>2698</v>
+        <v>2627</v>
       </c>
       <c r="B1319" t="s">
-        <v>2699</v>
+        <v>2628</v>
       </c>
       <c r="C1319" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1319" t="s">
-        <v>723</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1320" spans="1:4">
       <c r="A1320" t="s">
-        <v>2700</v>
+        <v>2629</v>
       </c>
       <c r="B1320" t="s">
-        <v>2701</v>
+        <v>2630</v>
       </c>
       <c r="C1320" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1320" t="s">
-        <v>2702</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1321" spans="1:4">
       <c r="A1321" t="s">
-        <v>2703</v>
+        <v>2631</v>
       </c>
       <c r="B1321" t="s">
-        <v>2704</v>
+        <v>2632</v>
       </c>
       <c r="C1321" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1321" t="s">
-        <v>521</v>
+        <v>2624</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:4">
+      <c r="A1322" t="s">
+        <v>2633</v>
+      </c>
+      <c r="B1322" t="s">
+        <v>2634</v>
+      </c>
+      <c r="C1322" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1322" t="s">
+        <v>390</v>
       </c>
     </row>
     <row r="1323" spans="1:4">
-      <c r="A1323" s="2" t="s">
-        <v>2705</v>
+      <c r="A1323" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B1323" t="s">
+        <v>2636</v>
+      </c>
+      <c r="C1323" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1323" t="s">
+        <v>2410</v>
       </c>
     </row>
     <row r="1324" spans="1:4">
-      <c r="A1324" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1324" t="s">
+        <v>2637</v>
+      </c>
+      <c r="B1324" t="s">
+        <v>2638</v>
+      </c>
+      <c r="C1324" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1324"/>
     </row>
     <row r="1325" spans="1:4">
       <c r="A1325" t="s">
-        <v>2706</v>
+        <v>2639</v>
       </c>
       <c r="B1325" t="s">
-        <v>2707</v>
+        <v>2640</v>
       </c>
       <c r="C1325" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1325" t="s">
-        <v>2708</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="1326" spans="1:4">
       <c r="A1326" t="s">
-        <v>2709</v>
+        <v>2641</v>
       </c>
       <c r="B1326" t="s">
-        <v>2710</v>
+        <v>2642</v>
       </c>
       <c r="C1326" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1326" t="s">
-        <v>2711</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="1327" spans="1:4">
       <c r="A1327" t="s">
-        <v>2712</v>
+        <v>2644</v>
       </c>
       <c r="B1327" t="s">
-        <v>2713</v>
+        <v>2645</v>
       </c>
       <c r="C1327" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1327" t="s">
-        <v>2714</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="1328" spans="1:4">
       <c r="A1328" t="s">
-        <v>2715</v>
+        <v>2647</v>
       </c>
       <c r="B1328" t="s">
-        <v>2716</v>
+        <v>2648</v>
       </c>
       <c r="C1328" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1328" t="s">
-        <v>2717</v>
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:4">
+      <c r="A1329" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B1329" t="s">
+        <v>2650</v>
+      </c>
+      <c r="C1329" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1329" t="s">
+        <v>1820</v>
       </c>
     </row>
     <row r="1330" spans="1:4">
-      <c r="A1330" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1330" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B1330" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C1330" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1330"/>
     </row>
     <row r="1331" spans="1:4">
-      <c r="A1331" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1331" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B1331" t="s">
+        <v>2654</v>
+      </c>
+      <c r="C1331" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1331" t="s">
+        <v>2655</v>
       </c>
     </row>
     <row r="1332" spans="1:4">
       <c r="A1332" t="s">
-        <v>2719</v>
+        <v>2656</v>
       </c>
       <c r="B1332" t="s">
-        <v>2720</v>
+        <v>2657</v>
       </c>
       <c r="C1332" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1332"/>
     </row>
     <row r="1333" spans="1:4">
       <c r="A1333" t="s">
-        <v>2722</v>
+        <v>2658</v>
       </c>
       <c r="B1333" t="s">
-        <v>2723</v>
+        <v>2659</v>
       </c>
       <c r="C1333" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1333"/>
     </row>
     <row r="1334" spans="1:4">
       <c r="A1334" t="s">
-        <v>2724</v>
+        <v>2660</v>
       </c>
       <c r="B1334" t="s">
-        <v>2725</v>
+        <v>2661</v>
       </c>
       <c r="C1334" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1334" t="s">
-        <v>1056</v>
+        <v>67</v>
       </c>
     </row>
     <row r="1335" spans="1:4">
       <c r="A1335" t="s">
-        <v>2726</v>
+        <v>2662</v>
       </c>
       <c r="B1335" t="s">
-        <v>2727</v>
+        <v>2663</v>
       </c>
       <c r="C1335" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1335"/>
     </row>
     <row r="1336" spans="1:4">
       <c r="A1336" t="s">
-        <v>2729</v>
+        <v>2664</v>
       </c>
       <c r="B1336" t="s">
-        <v>2730</v>
+        <v>2665</v>
       </c>
       <c r="C1336" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1336" t="s">
-        <v>2731</v>
+        <v>296</v>
       </c>
     </row>
     <row r="1337" spans="1:4">
       <c r="A1337" t="s">
-        <v>2732</v>
+        <v>2666</v>
       </c>
       <c r="B1337" t="s">
-        <v>2733</v>
+        <v>2667</v>
       </c>
       <c r="C1337" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1337" t="s">
-        <v>2734</v>
-      </c>
+        <v>527</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:4">
+      <c r="A1338" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B1338" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C1338" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1338"/>
     </row>
     <row r="1339" spans="1:4">
-      <c r="A1339" s="2" t="s">
-        <v>2735</v>
+      <c r="A1339" t="s">
+        <v>2670</v>
+      </c>
+      <c r="B1339" t="s">
+        <v>2671</v>
+      </c>
+      <c r="C1339" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1339" t="s">
+        <v>2672</v>
       </c>
     </row>
     <row r="1340" spans="1:4">
-      <c r="A1340" s="3" t="s">
+      <c r="A1340" t="s">
+        <v>2673</v>
+      </c>
+      <c r="B1340" t="s">
+        <v>2674</v>
+      </c>
+      <c r="C1340" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1340" t="s">
+        <v>2675</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:4">
+      <c r="A1342" s="2" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:4">
+      <c r="A1343" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1340" s="3" t="s">
+      <c r="B1343" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1340" s="3" t="s">
+      <c r="C1343" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1340" s="3" t="s">
+      <c r="D1343" s="3" t="s">
         <v>9</v>
-      </c>
-[...40 lines deleted...]
-        <v>2743</v>
       </c>
     </row>
     <row r="1344" spans="1:4">
       <c r="A1344" t="s">
-        <v>2744</v>
+        <v>2677</v>
       </c>
       <c r="B1344" t="s">
-        <v>2745</v>
+        <v>2678</v>
       </c>
       <c r="C1344" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1344" t="s">
-        <v>779</v>
+        <v>722</v>
       </c>
     </row>
     <row r="1345" spans="1:4">
       <c r="A1345" t="s">
-        <v>2746</v>
+        <v>2679</v>
       </c>
       <c r="B1345" t="s">
-        <v>2747</v>
+        <v>2680</v>
       </c>
       <c r="C1345" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1345" t="s">
-        <v>2743</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="1346" spans="1:4">
       <c r="A1346" t="s">
-        <v>2748</v>
+        <v>2682</v>
       </c>
       <c r="B1346" t="s">
-        <v>2749</v>
+        <v>2683</v>
       </c>
       <c r="C1346" t="s">
-        <v>12</v>
-[...14 lines deleted...]
-        <v>2752</v>
+        <v>11</v>
+      </c>
+      <c r="D1346" t="s">
+        <v>521</v>
       </c>
     </row>
     <row r="1348" spans="1:4">
-      <c r="A1348" t="s">
-[...9 lines deleted...]
-        <v>158</v>
+      <c r="A1348" s="2" t="s">
+        <v>2684</v>
       </c>
     </row>
     <row r="1349" spans="1:4">
-      <c r="A1349" t="s">
-[...9 lines deleted...]
-        <v>2757</v>
+      <c r="A1349" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1349" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1349" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1349" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1350" spans="1:4">
       <c r="A1350" t="s">
-        <v>2758</v>
+        <v>2685</v>
       </c>
       <c r="B1350" t="s">
-        <v>2759</v>
+        <v>2686</v>
       </c>
       <c r="C1350" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1350" t="s">
-        <v>2760</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="1351" spans="1:4">
       <c r="A1351" t="s">
-        <v>2761</v>
+        <v>2688</v>
       </c>
       <c r="B1351" t="s">
-        <v>2762</v>
+        <v>2689</v>
       </c>
       <c r="C1351" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1351" t="s">
-        <v>2763</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="1352" spans="1:4">
       <c r="A1352" t="s">
-        <v>2764</v>
+        <v>2691</v>
       </c>
       <c r="B1352" t="s">
-        <v>2765</v>
+        <v>2692</v>
       </c>
       <c r="C1352" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1352" t="s">
-        <v>2766</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="1353" spans="1:4">
       <c r="A1353" t="s">
-        <v>2767</v>
+        <v>2694</v>
       </c>
       <c r="B1353" t="s">
-        <v>2768</v>
+        <v>2695</v>
       </c>
       <c r="C1353" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1353" t="s">
-        <v>2769</v>
-[...13 lines deleted...]
-        <v>2772</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="1355" spans="1:4">
-      <c r="A1355" t="s">
-[...9 lines deleted...]
-        <v>2775</v>
+      <c r="A1355" s="2" t="s">
+        <v>2697</v>
       </c>
     </row>
     <row r="1356" spans="1:4">
-      <c r="A1356" t="s">
-[...9 lines deleted...]
-        <v>2778</v>
+      <c r="A1356" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1356" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1356" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1356" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1357" spans="1:4">
       <c r="A1357" t="s">
-        <v>2779</v>
+        <v>2698</v>
       </c>
       <c r="B1357" t="s">
-        <v>2780</v>
+        <v>2699</v>
       </c>
       <c r="C1357" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1357" t="s">
-        <v>1062</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="1358" spans="1:4">
       <c r="A1358" t="s">
-        <v>2781</v>
+        <v>2701</v>
       </c>
       <c r="B1358" t="s">
-        <v>2782</v>
+        <v>2702</v>
       </c>
       <c r="C1358" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1358"/>
+        <v>11</v>
+      </c>
+      <c r="D1358" t="s">
+        <v>1693</v>
+      </c>
     </row>
     <row r="1359" spans="1:4">
       <c r="A1359" t="s">
-        <v>2783</v>
+        <v>2703</v>
       </c>
       <c r="B1359" t="s">
-        <v>2784</v>
+        <v>2704</v>
       </c>
       <c r="C1359" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1359" t="s">
-        <v>675</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="1360" spans="1:4">
       <c r="A1360" t="s">
-        <v>2785</v>
+        <v>2705</v>
       </c>
       <c r="B1360" t="s">
-        <v>2786</v>
+        <v>2706</v>
       </c>
       <c r="C1360" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1360" t="s">
-        <v>604</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="1361" spans="1:4">
       <c r="A1361" t="s">
-        <v>2787</v>
+        <v>2708</v>
       </c>
       <c r="B1361" t="s">
-        <v>2788</v>
+        <v>2709</v>
       </c>
       <c r="C1361" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1361" t="s">
-        <v>2789</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="1362" spans="1:4">
       <c r="A1362" t="s">
-        <v>2790</v>
+        <v>2711</v>
       </c>
       <c r="B1362" t="s">
-        <v>2791</v>
+        <v>2712</v>
       </c>
       <c r="C1362" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1362" t="s">
-        <v>2450</v>
-[...13 lines deleted...]
-        <v>1315</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="1364" spans="1:4">
-      <c r="A1364" t="s">
-[...9 lines deleted...]
-        <v>2796</v>
+      <c r="A1364" s="2" t="s">
+        <v>2714</v>
       </c>
     </row>
     <row r="1365" spans="1:4">
-      <c r="A1365" t="s">
-[...9 lines deleted...]
-        <v>2757</v>
+      <c r="A1365" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1365" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1365" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1365" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1366" spans="1:4">
       <c r="A1366" t="s">
-        <v>2799</v>
+        <v>2715</v>
       </c>
       <c r="B1366" t="s">
-        <v>2800</v>
+        <v>2716</v>
       </c>
       <c r="C1366" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1366" t="s">
-        <v>2099</v>
+        <v>2717</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:4">
+      <c r="A1367" t="s">
+        <v>2718</v>
+      </c>
+      <c r="B1367" t="s">
+        <v>2719</v>
+      </c>
+      <c r="C1367" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1367" t="s">
+        <v>2464</v>
       </c>
     </row>
     <row r="1368" spans="1:4">
-      <c r="A1368" s="2" t="s">
-        <v>2801</v>
+      <c r="A1368" t="s">
+        <v>2720</v>
+      </c>
+      <c r="B1368" t="s">
+        <v>2721</v>
+      </c>
+      <c r="C1368" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1368" t="s">
+        <v>2722</v>
       </c>
     </row>
     <row r="1369" spans="1:4">
-      <c r="A1369" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1369" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B1369" t="s">
+        <v>2724</v>
+      </c>
+      <c r="C1369" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1369" t="s">
+        <v>778</v>
       </c>
     </row>
     <row r="1370" spans="1:4">
       <c r="A1370" t="s">
-        <v>2802</v>
+        <v>2725</v>
       </c>
       <c r="B1370" t="s">
-        <v>2803</v>
+        <v>2726</v>
       </c>
       <c r="C1370" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1370"/>
+        <v>11</v>
+      </c>
+      <c r="D1370" t="s">
+        <v>2722</v>
+      </c>
     </row>
     <row r="1371" spans="1:4">
       <c r="A1371" t="s">
-        <v>2804</v>
+        <v>2727</v>
       </c>
       <c r="B1371" t="s">
-        <v>2805</v>
+        <v>2728</v>
       </c>
       <c r="C1371" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1371"/>
     </row>
     <row r="1372" spans="1:4">
       <c r="A1372" t="s">
-        <v>2806</v>
+        <v>2729</v>
       </c>
       <c r="B1372" t="s">
-        <v>2807</v>
+        <v>2730</v>
       </c>
       <c r="C1372" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1372"/>
+        <v>11</v>
+      </c>
+      <c r="D1372" t="s">
+        <v>2731</v>
+      </c>
     </row>
     <row r="1373" spans="1:4">
       <c r="A1373" t="s">
-        <v>2808</v>
+        <v>2732</v>
       </c>
       <c r="B1373" t="s">
-        <v>2809</v>
+        <v>2733</v>
       </c>
       <c r="C1373" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1373"/>
+        <v>24</v>
+      </c>
+      <c r="D1373" t="s">
+        <v>168</v>
+      </c>
     </row>
     <row r="1374" spans="1:4">
       <c r="A1374" t="s">
-        <v>2810</v>
+        <v>2734</v>
       </c>
       <c r="B1374" t="s">
-        <v>2811</v>
+        <v>2735</v>
       </c>
       <c r="C1374" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1374"/>
     </row>
     <row r="1375" spans="1:4">
       <c r="A1375" t="s">
-        <v>2812</v>
+        <v>2736</v>
       </c>
       <c r="B1375" t="s">
-        <v>2813</v>
+        <v>2737</v>
       </c>
       <c r="C1375" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1375"/>
+        <v>24</v>
+      </c>
+      <c r="D1375" t="s">
+        <v>2738</v>
+      </c>
     </row>
     <row r="1376" spans="1:4">
       <c r="A1376" t="s">
-        <v>2814</v>
+        <v>2739</v>
       </c>
       <c r="B1376" t="s">
-        <v>2815</v>
+        <v>2740</v>
       </c>
       <c r="C1376" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1376"/>
+        <v>11</v>
+      </c>
+      <c r="D1376" t="s">
+        <v>2741</v>
+      </c>
     </row>
     <row r="1377" spans="1:4">
       <c r="A1377" t="s">
-        <v>2816</v>
+        <v>2742</v>
       </c>
       <c r="B1377" t="s">
-        <v>2817</v>
+        <v>2743</v>
       </c>
       <c r="C1377" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1377"/>
+        <v>24</v>
+      </c>
+      <c r="D1377" t="s">
+        <v>2744</v>
+      </c>
     </row>
     <row r="1378" spans="1:4">
       <c r="A1378" t="s">
-        <v>2818</v>
+        <v>2745</v>
       </c>
       <c r="B1378" t="s">
-        <v>2819</v>
+        <v>2746</v>
       </c>
       <c r="C1378" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1378"/>
     </row>
     <row r="1379" spans="1:4">
       <c r="A1379" t="s">
-        <v>2820</v>
+        <v>2747</v>
       </c>
       <c r="B1379" t="s">
-        <v>2821</v>
+        <v>2748</v>
       </c>
       <c r="C1379" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1379"/>
     </row>
     <row r="1380" spans="1:4">
       <c r="A1380" t="s">
-        <v>2823</v>
+        <v>2749</v>
       </c>
       <c r="B1380" t="s">
-        <v>2824</v>
+        <v>2750</v>
       </c>
       <c r="C1380" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1380" t="s">
-        <v>2825</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="1381" spans="1:4">
       <c r="A1381" t="s">
-        <v>2826</v>
+        <v>2752</v>
       </c>
       <c r="B1381" t="s">
-        <v>2827</v>
+        <v>2753</v>
       </c>
       <c r="C1381" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1381"/>
+        <v>24</v>
+      </c>
+      <c r="D1381" t="s">
+        <v>2754</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:4">
+      <c r="A1382" t="s">
+        <v>2755</v>
+      </c>
+      <c r="B1382" t="s">
+        <v>2756</v>
+      </c>
+      <c r="C1382" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1382" t="s">
+        <v>1066</v>
+      </c>
     </row>
     <row r="1383" spans="1:4">
-      <c r="A1383" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1383" t="s">
+        <v>2757</v>
+      </c>
+      <c r="B1383" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C1383" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1383"/>
     </row>
     <row r="1384" spans="1:4">
-      <c r="A1384" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1384" t="s">
+        <v>2759</v>
+      </c>
+      <c r="B1384" t="s">
+        <v>2760</v>
+      </c>
+      <c r="C1384" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1384" t="s">
+        <v>674</v>
       </c>
     </row>
     <row r="1385" spans="1:4">
       <c r="A1385" t="s">
-        <v>2829</v>
+        <v>2761</v>
       </c>
       <c r="B1385" t="s">
-        <v>2830</v>
+        <v>2762</v>
       </c>
       <c r="C1385" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1385" t="s">
-        <v>1067</v>
+        <v>603</v>
+      </c>
+    </row>
+    <row r="1386" spans="1:4">
+      <c r="A1386" t="s">
+        <v>2763</v>
+      </c>
+      <c r="B1386" t="s">
+        <v>2764</v>
+      </c>
+      <c r="C1386" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1386" t="s">
+        <v>2765</v>
       </c>
     </row>
     <row r="1387" spans="1:4">
-      <c r="A1387" s="2" t="s">
-        <v>2831</v>
+      <c r="A1387" t="s">
+        <v>2766</v>
+      </c>
+      <c r="B1387" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C1387" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1387" t="s">
+        <v>2432</v>
       </c>
     </row>
     <row r="1388" spans="1:4">
-      <c r="A1388" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1388" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B1388" t="s">
+        <v>2769</v>
+      </c>
+      <c r="C1388" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1388" t="s">
+        <v>1324</v>
       </c>
     </row>
     <row r="1389" spans="1:4">
       <c r="A1389" t="s">
-        <v>2832</v>
+        <v>2770</v>
       </c>
       <c r="B1389" t="s">
-        <v>2833</v>
+        <v>2771</v>
       </c>
       <c r="C1389" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1389" t="s">
-        <v>2834</v>
-      </c>
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:4">
+      <c r="A1390" t="s">
+        <v>2773</v>
+      </c>
+      <c r="B1390" t="s">
+        <v>2774</v>
+      </c>
+      <c r="C1390" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1390"/>
     </row>
     <row r="1391" spans="1:4">
-      <c r="A1391" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1392" s="3" t="s">
+      <c r="A1391" t="s">
+        <v>2775</v>
+      </c>
+      <c r="B1391" t="s">
+        <v>2776</v>
+      </c>
+      <c r="C1391" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1391" t="s">
+        <v>2095</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:4">
+      <c r="A1393" s="2" t="s">
+        <v>2777</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:4">
+      <c r="A1394" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1392" s="3" t="s">
+      <c r="B1394" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1392" s="3" t="s">
+      <c r="C1394" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1392" s="3" t="s">
+      <c r="D1394" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="1393" spans="1:4">
-[...25 lines deleted...]
-      </c>
+    <row r="1395" spans="1:4">
+      <c r="A1395" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B1395" t="s">
+        <v>2779</v>
+      </c>
+      <c r="C1395" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1395"/>
     </row>
     <row r="1396" spans="1:4">
-      <c r="A1396" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1396" t="s">
+        <v>2780</v>
+      </c>
+      <c r="B1396" t="s">
+        <v>2781</v>
+      </c>
+      <c r="C1396" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1396"/>
     </row>
     <row r="1397" spans="1:4">
-      <c r="A1397" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1397" t="s">
+        <v>2782</v>
+      </c>
+      <c r="B1397" t="s">
+        <v>2783</v>
+      </c>
+      <c r="C1397" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1397"/>
     </row>
     <row r="1398" spans="1:4">
       <c r="A1398" t="s">
-        <v>2842</v>
+        <v>2784</v>
       </c>
       <c r="B1398" t="s">
-        <v>2843</v>
+        <v>2785</v>
       </c>
       <c r="C1398" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1398"/>
     </row>
     <row r="1399" spans="1:4">
       <c r="A1399" t="s">
-        <v>2845</v>
+        <v>2786</v>
       </c>
       <c r="B1399" t="s">
-        <v>2846</v>
+        <v>2787</v>
       </c>
       <c r="C1399" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1399"/>
     </row>
     <row r="1400" spans="1:4">
       <c r="A1400" t="s">
-        <v>2847</v>
+        <v>2788</v>
       </c>
       <c r="B1400" t="s">
-        <v>2848</v>
+        <v>2789</v>
       </c>
       <c r="C1400" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1400"/>
     </row>
     <row r="1401" spans="1:4">
       <c r="A1401" t="s">
-        <v>2849</v>
+        <v>2790</v>
       </c>
       <c r="B1401" t="s">
-        <v>2850</v>
+        <v>2791</v>
       </c>
       <c r="C1401" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1401"/>
     </row>
     <row r="1402" spans="1:4">
       <c r="A1402" t="s">
-        <v>2852</v>
+        <v>2792</v>
       </c>
       <c r="B1402" t="s">
-        <v>2853</v>
+        <v>2793</v>
       </c>
       <c r="C1402" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1402"/>
     </row>
     <row r="1403" spans="1:4">
       <c r="A1403" t="s">
-        <v>2854</v>
+        <v>2794</v>
       </c>
       <c r="B1403" t="s">
-        <v>2855</v>
+        <v>2795</v>
       </c>
       <c r="C1403" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1403"/>
     </row>
     <row r="1404" spans="1:4">
       <c r="A1404" t="s">
-        <v>2856</v>
+        <v>2796</v>
       </c>
       <c r="B1404" t="s">
-        <v>2857</v>
+        <v>2797</v>
       </c>
       <c r="C1404" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1404" t="s">
-        <v>2858</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="1405" spans="1:4">
       <c r="A1405" t="s">
-        <v>2859</v>
+        <v>2799</v>
       </c>
       <c r="B1405" t="s">
-        <v>2860</v>
+        <v>2800</v>
       </c>
       <c r="C1405" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1405" t="s">
-        <v>2861</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="1406" spans="1:4">
       <c r="A1406" t="s">
-        <v>2862</v>
+        <v>2802</v>
       </c>
       <c r="B1406" t="s">
-        <v>2863</v>
+        <v>2803</v>
       </c>
       <c r="C1406" t="s">
-        <v>22</v>
-[...17 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1406"/>
     </row>
     <row r="1408" spans="1:4">
-      <c r="A1408" t="s">
-[...9 lines deleted...]
-        <v>717</v>
+      <c r="A1408" s="2" t="s">
+        <v>2804</v>
       </c>
     </row>
     <row r="1409" spans="1:4">
-      <c r="A1409" t="s">
-[...9 lines deleted...]
-        <v>2870</v>
+      <c r="A1409" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1409" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1409" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1409" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1410" spans="1:4">
       <c r="A1410" t="s">
-        <v>2871</v>
+        <v>2805</v>
       </c>
       <c r="B1410" t="s">
-        <v>2872</v>
+        <v>2806</v>
       </c>
       <c r="C1410" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1410" t="s">
-        <v>701</v>
-[...13 lines deleted...]
-        <v>2450</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="1412" spans="1:4">
-      <c r="A1412" t="s">
-[...9 lines deleted...]
-        <v>483</v>
+      <c r="A1412" s="2" t="s">
+        <v>2807</v>
       </c>
     </row>
     <row r="1413" spans="1:4">
-      <c r="A1413" t="s">
-[...9 lines deleted...]
-        <v>68</v>
+      <c r="A1413" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1413" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1413" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1413" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1414" spans="1:4">
       <c r="A1414" t="s">
-        <v>2879</v>
+        <v>2808</v>
       </c>
       <c r="B1414" t="s">
-        <v>2880</v>
+        <v>2809</v>
       </c>
       <c r="C1414" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1414" t="s">
-        <v>2881</v>
-[...13 lines deleted...]
-        <v>71</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="1416" spans="1:4">
-      <c r="A1416" t="s">
-[...9 lines deleted...]
-        <v>2886</v>
+      <c r="A1416" s="2" t="s">
+        <v>2811</v>
       </c>
     </row>
     <row r="1417" spans="1:4">
-      <c r="A1417" t="s">
-[...9 lines deleted...]
-        <v>2889</v>
+      <c r="A1417" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1417" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1417" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1417" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1418" spans="1:4">
       <c r="A1418" t="s">
-        <v>2890</v>
+        <v>2812</v>
       </c>
       <c r="B1418" t="s">
-        <v>2891</v>
+        <v>2813</v>
       </c>
       <c r="C1418" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1418" t="s">
-        <v>2892</v>
+        <v>567</v>
       </c>
     </row>
     <row r="1419" spans="1:4">
       <c r="A1419" t="s">
-        <v>2893</v>
+        <v>2814</v>
       </c>
       <c r="B1419" t="s">
-        <v>2894</v>
+        <v>2815</v>
       </c>
       <c r="C1419" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1419" t="s">
-        <v>2895</v>
-[...13 lines deleted...]
-        <v>2898</v>
+        <v>2816</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:4">
+      <c r="A1421" s="2" t="s">
+        <v>2817</v>
       </c>
     </row>
     <row r="1422" spans="1:4">
-      <c r="A1422" s="2" t="s">
-        <v>2899</v>
+      <c r="A1422" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1422" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1422" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1422" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1423" spans="1:4">
-      <c r="A1423" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1423" t="s">
+        <v>2818</v>
+      </c>
+      <c r="B1423" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C1423" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1423" t="s">
+        <v>2820</v>
       </c>
     </row>
     <row r="1424" spans="1:4">
       <c r="A1424" t="s">
-        <v>2900</v>
+        <v>2821</v>
       </c>
       <c r="B1424" t="s">
-        <v>2901</v>
+        <v>2822</v>
       </c>
       <c r="C1424" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1424" t="s">
-        <v>2902</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="1425" spans="1:4">
       <c r="A1425" t="s">
-        <v>2903</v>
+        <v>2823</v>
       </c>
       <c r="B1425" t="s">
-        <v>2904</v>
+        <v>2824</v>
       </c>
       <c r="C1425" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1425" t="s">
-        <v>2905</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="1426" spans="1:4">
       <c r="A1426" t="s">
-        <v>2906</v>
+        <v>2825</v>
       </c>
       <c r="B1426" t="s">
-        <v>2907</v>
+        <v>2826</v>
       </c>
       <c r="C1426" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1426" t="s">
-        <v>2908</v>
+        <v>2827</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:4">
+      <c r="A1427" t="s">
+        <v>2828</v>
+      </c>
+      <c r="B1427" t="s">
+        <v>2829</v>
+      </c>
+      <c r="C1427" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1427" t="s">
+        <v>2019</v>
       </c>
     </row>
     <row r="1428" spans="1:4">
-      <c r="A1428" s="2" t="s">
-        <v>2909</v>
+      <c r="A1428" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B1428" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C1428" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1428" t="s">
+        <v>614</v>
       </c>
     </row>
     <row r="1429" spans="1:4">
-      <c r="A1429" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1429" t="s">
+        <v>2832</v>
+      </c>
+      <c r="B1429" t="s">
+        <v>2833</v>
+      </c>
+      <c r="C1429" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1429" t="s">
+        <v>2834</v>
       </c>
     </row>
     <row r="1430" spans="1:4">
       <c r="A1430" t="s">
-        <v>2910</v>
+        <v>2835</v>
       </c>
       <c r="B1430" t="s">
-        <v>2911</v>
+        <v>2836</v>
       </c>
       <c r="C1430" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1430" t="s">
-        <v>2544</v>
+        <v>2837</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:4">
+      <c r="A1431" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B1431" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C1431" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1431" t="s">
+        <v>2710</v>
       </c>
     </row>
     <row r="1432" spans="1:4">
-      <c r="A1432" s="2" t="s">
-        <v>2912</v>
+      <c r="A1432" t="s">
+        <v>2840</v>
+      </c>
+      <c r="B1432" t="s">
+        <v>2841</v>
+      </c>
+      <c r="C1432" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1432" t="s">
+        <v>2453</v>
       </c>
     </row>
     <row r="1433" spans="1:4">
-      <c r="A1433" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1433" t="s">
+        <v>2842</v>
+      </c>
+      <c r="B1433" t="s">
+        <v>2843</v>
+      </c>
+      <c r="C1433" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1433" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1434" spans="1:4">
       <c r="A1434" t="s">
-        <v>2913</v>
+        <v>2844</v>
       </c>
       <c r="B1434" t="s">
-        <v>2914</v>
+        <v>2845</v>
       </c>
       <c r="C1434" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1434" t="s">
-        <v>85</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="1435" spans="1:4">
       <c r="A1435" t="s">
-        <v>2915</v>
+        <v>2847</v>
       </c>
       <c r="B1435" t="s">
-        <v>2916</v>
+        <v>2848</v>
       </c>
       <c r="C1435" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1435" t="s">
-        <v>2917</v>
+        <v>700</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:4">
+      <c r="A1436" t="s">
+        <v>2849</v>
+      </c>
+      <c r="B1436" t="s">
+        <v>2850</v>
+      </c>
+      <c r="C1436" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1436" t="s">
+        <v>2432</v>
       </c>
     </row>
     <row r="1437" spans="1:4">
-      <c r="A1437" s="2" t="s">
-        <v>2918</v>
+      <c r="A1437" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B1437" t="s">
+        <v>2852</v>
+      </c>
+      <c r="C1437" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1437" t="s">
+        <v>486</v>
       </c>
     </row>
     <row r="1438" spans="1:4">
-      <c r="A1438" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1438" t="s">
+        <v>2853</v>
+      </c>
+      <c r="B1438" t="s">
+        <v>2854</v>
+      </c>
+      <c r="C1438" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1438" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="1439" spans="1:4">
       <c r="A1439" t="s">
-        <v>2919</v>
+        <v>2855</v>
       </c>
       <c r="B1439" t="s">
-        <v>2920</v>
+        <v>2856</v>
       </c>
       <c r="C1439" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1439" t="s">
-        <v>2921</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="1440" spans="1:4">
       <c r="A1440" t="s">
-        <v>2922</v>
+        <v>2858</v>
       </c>
       <c r="B1440" t="s">
-        <v>2923</v>
+        <v>2859</v>
       </c>
       <c r="C1440" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1440" t="s">
-        <v>2924</v>
+        <v>73</v>
       </c>
     </row>
     <row r="1441" spans="1:4">
       <c r="A1441" t="s">
-        <v>2925</v>
+        <v>2860</v>
       </c>
       <c r="B1441" t="s">
-        <v>2926</v>
+        <v>2861</v>
       </c>
       <c r="C1441" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1441" t="s">
-        <v>116</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="1442" spans="1:4">
       <c r="A1442" t="s">
-        <v>2927</v>
+        <v>2863</v>
       </c>
       <c r="B1442" t="s">
-        <v>2928</v>
+        <v>2864</v>
       </c>
       <c r="C1442" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1442" t="s">
-        <v>2929</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="1443" spans="1:4">
       <c r="A1443" t="s">
-        <v>2930</v>
+        <v>2866</v>
       </c>
       <c r="B1443" t="s">
-        <v>2931</v>
+        <v>2867</v>
       </c>
       <c r="C1443" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1443" t="s">
-        <v>2929</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="1444" spans="1:4">
       <c r="A1444" t="s">
-        <v>2932</v>
+        <v>2869</v>
       </c>
       <c r="B1444" t="s">
-        <v>2933</v>
+        <v>2870</v>
       </c>
       <c r="C1444" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1444" t="s">
-        <v>2934</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="1445" spans="1:4">
       <c r="A1445" t="s">
-        <v>2935</v>
+        <v>2872</v>
       </c>
       <c r="B1445" t="s">
-        <v>2936</v>
+        <v>2873</v>
       </c>
       <c r="C1445" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1445" t="s">
-        <v>2937</v>
-[...13 lines deleted...]
-        <v>2940</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1447" spans="1:4">
-      <c r="A1447" t="s">
-[...9 lines deleted...]
-        <v>2943</v>
+      <c r="A1447" s="2" t="s">
+        <v>2875</v>
       </c>
     </row>
     <row r="1448" spans="1:4">
-      <c r="A1448" t="s">
-[...9 lines deleted...]
-        <v>2946</v>
+      <c r="A1448" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1448" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1448" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1448" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1449" spans="1:4">
       <c r="A1449" t="s">
-        <v>2947</v>
+        <v>2876</v>
       </c>
       <c r="B1449" t="s">
-        <v>2948</v>
+        <v>2877</v>
       </c>
       <c r="C1449" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1449" t="s">
-        <v>2949</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="1450" spans="1:4">
       <c r="A1450" t="s">
-        <v>2950</v>
+        <v>2879</v>
       </c>
       <c r="B1450" t="s">
-        <v>2951</v>
+        <v>2880</v>
       </c>
       <c r="C1450" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1450" t="s">
-        <v>2952</v>
-[...4 lines deleted...]
-        <v>2953</v>
+        <v>2881</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:4">
+      <c r="A1451" t="s">
+        <v>2882</v>
+      </c>
+      <c r="B1451" t="s">
+        <v>2883</v>
+      </c>
+      <c r="C1451" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1451" t="s">
+        <v>2884</v>
       </c>
     </row>
     <row r="1453" spans="1:4">
-      <c r="A1453" s="3" t="s">
+      <c r="A1453" s="2" t="s">
+        <v>2885</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:4">
+      <c r="A1454" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1453" s="3" t="s">
+      <c r="B1454" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1453" s="3" t="s">
+      <c r="C1454" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1453" s="3" t="s">
+      <c r="D1454" s="3" t="s">
         <v>9</v>
-      </c>
-[...12 lines deleted...]
-        <v>2497</v>
       </c>
     </row>
     <row r="1455" spans="1:4">
       <c r="A1455" t="s">
-        <v>2956</v>
+        <v>2886</v>
       </c>
       <c r="B1455" t="s">
-        <v>2957</v>
+        <v>2887</v>
       </c>
       <c r="C1455" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1455" t="s">
-        <v>424</v>
-[...13 lines deleted...]
-        <v>2960</v>
+        <v>2888</v>
+      </c>
+    </row>
+    <row r="1457" spans="1:4">
+      <c r="A1457" s="2" t="s">
+        <v>2889</v>
       </c>
     </row>
     <row r="1458" spans="1:4">
-      <c r="A1458" s="2" t="s">
-        <v>2961</v>
+      <c r="A1458" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1458" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1458" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1458" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1459" spans="1:4">
-      <c r="A1459" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1459" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B1459" t="s">
+        <v>2891</v>
+      </c>
+      <c r="C1459" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1459" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="1460" spans="1:4">
       <c r="A1460" t="s">
-        <v>2962</v>
+        <v>2892</v>
       </c>
       <c r="B1460" t="s">
-        <v>2963</v>
+        <v>2893</v>
       </c>
       <c r="C1460" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1460" t="s">
-        <v>2964</v>
-[...13 lines deleted...]
-        <v>407</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="1462" spans="1:4">
-      <c r="A1462" t="s">
-[...9 lines deleted...]
-        <v>2969</v>
+      <c r="A1462" s="2" t="s">
+        <v>2895</v>
+      </c>
+    </row>
+    <row r="1463" spans="1:4">
+      <c r="A1463" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1463" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1463" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1463" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1464" spans="1:4">
-      <c r="A1464" s="2" t="s">
-        <v>2970</v>
+      <c r="A1464" t="s">
+        <v>2896</v>
+      </c>
+      <c r="B1464" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C1464" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1464" t="s">
+        <v>2898</v>
       </c>
     </row>
     <row r="1465" spans="1:4">
-      <c r="A1465" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1465" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B1465" t="s">
+        <v>2900</v>
+      </c>
+      <c r="C1465" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1465" t="s">
+        <v>2901</v>
       </c>
     </row>
     <row r="1466" spans="1:4">
       <c r="A1466" t="s">
-        <v>2971</v>
+        <v>2902</v>
       </c>
       <c r="B1466" t="s">
-        <v>2972</v>
+        <v>2903</v>
       </c>
       <c r="C1466" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1466" t="s">
-        <v>1282</v>
+        <v>121</v>
       </c>
     </row>
     <row r="1467" spans="1:4">
       <c r="A1467" t="s">
-        <v>2973</v>
+        <v>2904</v>
       </c>
       <c r="B1467" t="s">
-        <v>2974</v>
+        <v>2905</v>
       </c>
       <c r="C1467" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1467"/>
     </row>
     <row r="1468" spans="1:4">
       <c r="A1468" t="s">
-        <v>2976</v>
+        <v>2906</v>
       </c>
       <c r="B1468" t="s">
-        <v>2977</v>
+        <v>2907</v>
       </c>
       <c r="C1468" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1468"/>
     </row>
     <row r="1469" spans="1:4">
       <c r="A1469" t="s">
-        <v>2978</v>
+        <v>2908</v>
       </c>
       <c r="B1469" t="s">
-        <v>2979</v>
+        <v>2909</v>
       </c>
       <c r="C1469" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1469"/>
     </row>
     <row r="1470" spans="1:4">
       <c r="A1470" t="s">
-        <v>2981</v>
+        <v>2910</v>
       </c>
       <c r="B1470" t="s">
-        <v>2982</v>
+        <v>2911</v>
       </c>
       <c r="C1470" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1470" t="s">
-        <v>448</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="1471" spans="1:4">
       <c r="A1471" t="s">
-        <v>2983</v>
+        <v>2913</v>
       </c>
       <c r="B1471" t="s">
-        <v>2984</v>
+        <v>2914</v>
       </c>
       <c r="C1471" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1471" t="s">
-        <v>675</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="1472" spans="1:4">
       <c r="A1472" t="s">
-        <v>2985</v>
+        <v>2916</v>
       </c>
       <c r="B1472" t="s">
-        <v>2986</v>
+        <v>2917</v>
       </c>
       <c r="C1472" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1472"/>
+        <v>24</v>
+      </c>
+      <c r="D1472" t="s">
+        <v>2918</v>
+      </c>
     </row>
     <row r="1473" spans="1:4">
       <c r="A1473" t="s">
-        <v>2987</v>
+        <v>2919</v>
       </c>
       <c r="B1473" t="s">
-        <v>2988</v>
+        <v>2920</v>
       </c>
       <c r="C1473" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1473" t="s">
-        <v>2989</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="1474" spans="1:4">
       <c r="A1474" t="s">
-        <v>2990</v>
+        <v>2922</v>
       </c>
       <c r="B1474" t="s">
-        <v>2991</v>
+        <v>2923</v>
       </c>
       <c r="C1474" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1474" t="s">
-        <v>2992</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="1475" spans="1:4">
       <c r="A1475" t="s">
-        <v>2993</v>
+        <v>2925</v>
       </c>
       <c r="B1475" t="s">
-        <v>2994</v>
+        <v>2926</v>
       </c>
       <c r="C1475" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1475" t="s">
-        <v>2995</v>
-[...13 lines deleted...]
-        <v>732</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="1477" spans="1:4">
-      <c r="A1477" t="s">
-[...9 lines deleted...]
-        <v>2213</v>
+      <c r="A1477" s="2" t="s">
+        <v>2928</v>
       </c>
     </row>
     <row r="1478" spans="1:4">
-      <c r="A1478" t="s">
-[...9 lines deleted...]
-        <v>2323</v>
+      <c r="A1478" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1478" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1478" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1478" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="1479" spans="1:4">
+      <c r="A1479" t="s">
+        <v>2929</v>
+      </c>
+      <c r="B1479" t="s">
+        <v>2930</v>
+      </c>
+      <c r="C1479" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1479" t="s">
+        <v>2479</v>
       </c>
     </row>
     <row r="1480" spans="1:4">
-      <c r="A1480" s="2" t="s">
-        <v>3002</v>
+      <c r="A1480" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B1480" t="s">
+        <v>2932</v>
+      </c>
+      <c r="C1480" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1480" t="s">
+        <v>428</v>
       </c>
     </row>
     <row r="1481" spans="1:4">
-      <c r="A1481" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1481" t="s">
+        <v>2933</v>
+      </c>
+      <c r="B1481" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C1481" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1481" t="s">
+        <v>2935</v>
       </c>
     </row>
     <row r="1482" spans="1:4">
       <c r="A1482" t="s">
-        <v>3003</v>
+        <v>2936</v>
       </c>
       <c r="B1482" t="s">
-        <v>3004</v>
+        <v>2937</v>
       </c>
       <c r="C1482" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1482" t="s">
-        <v>2128</v>
-[...13 lines deleted...]
-        <v>110</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="1484" spans="1:4">
-      <c r="A1484" t="s">
-[...9 lines deleted...]
-        <v>3009</v>
+      <c r="A1484" s="2" t="s">
+        <v>2938</v>
       </c>
     </row>
     <row r="1485" spans="1:4">
-      <c r="A1485" t="s">
-[...9 lines deleted...]
-        <v>3012</v>
+      <c r="A1485" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1485" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1485" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1485" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1486" spans="1:4">
       <c r="A1486" t="s">
-        <v>3013</v>
+        <v>2939</v>
       </c>
       <c r="B1486" t="s">
-        <v>3014</v>
+        <v>2940</v>
       </c>
       <c r="C1486" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1486" t="s">
-        <v>158</v>
+        <v>2941</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:4">
+      <c r="A1487" t="s">
+        <v>2942</v>
+      </c>
+      <c r="B1487" t="s">
+        <v>2943</v>
+      </c>
+      <c r="C1487" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1487" t="s">
+        <v>2944</v>
       </c>
     </row>
     <row r="1488" spans="1:4">
-      <c r="A1488" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1489" s="3" t="s">
+      <c r="A1488" t="s">
+        <v>2945</v>
+      </c>
+      <c r="B1488" t="s">
+        <v>2946</v>
+      </c>
+      <c r="C1488" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1488" t="s">
+        <v>2947</v>
+      </c>
+    </row>
+    <row r="1490" spans="1:4">
+      <c r="A1490" s="2" t="s">
+        <v>2948</v>
+      </c>
+    </row>
+    <row r="1491" spans="1:4">
+      <c r="A1491" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1489" s="3" t="s">
+      <c r="B1491" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1489" s="3" t="s">
+      <c r="C1491" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1489" s="3" t="s">
+      <c r="D1491" s="3" t="s">
         <v>9</v>
-      </c>
-[...26 lines deleted...]
-        <v>2889</v>
       </c>
     </row>
     <row r="1492" spans="1:4">
       <c r="A1492" t="s">
-        <v>3020</v>
+        <v>2949</v>
       </c>
       <c r="B1492" t="s">
-        <v>3021</v>
+        <v>2950</v>
       </c>
       <c r="C1492" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1492" t="s">
-        <v>3022</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="1493" spans="1:4">
       <c r="A1493" t="s">
-        <v>3023</v>
+        <v>2951</v>
       </c>
       <c r="B1493" t="s">
-        <v>3024</v>
+        <v>2952</v>
       </c>
       <c r="C1493" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1493" t="s">
-        <v>3025</v>
+        <v>2953</v>
+      </c>
+    </row>
+    <row r="1494" spans="1:4">
+      <c r="A1494" t="s">
+        <v>2954</v>
+      </c>
+      <c r="B1494" t="s">
+        <v>2955</v>
+      </c>
+      <c r="C1494" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1494" t="s">
+        <v>1638</v>
       </c>
     </row>
     <row r="1495" spans="1:4">
-      <c r="A1495" s="2" t="s">
-        <v>3026</v>
+      <c r="A1495" t="s">
+        <v>2956</v>
+      </c>
+      <c r="B1495" t="s">
+        <v>2957</v>
+      </c>
+      <c r="C1495" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1495" t="s">
+        <v>2958</v>
       </c>
     </row>
     <row r="1496" spans="1:4">
-      <c r="A1496" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1496" t="s">
+        <v>2959</v>
+      </c>
+      <c r="B1496" t="s">
+        <v>2960</v>
+      </c>
+      <c r="C1496" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1496" t="s">
+        <v>451</v>
       </c>
     </row>
     <row r="1497" spans="1:4">
       <c r="A1497" t="s">
-        <v>3027</v>
+        <v>2961</v>
       </c>
       <c r="B1497" t="s">
-        <v>3028</v>
+        <v>2962</v>
       </c>
       <c r="C1497" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1497" t="s">
-        <v>3029</v>
+        <v>674</v>
       </c>
     </row>
     <row r="1498" spans="1:4">
       <c r="A1498" t="s">
-        <v>3030</v>
+        <v>2963</v>
       </c>
       <c r="B1498" t="s">
-        <v>3031</v>
+        <v>2964</v>
       </c>
       <c r="C1498" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1498"/>
     </row>
     <row r="1499" spans="1:4">
       <c r="A1499" t="s">
-        <v>3033</v>
+        <v>2965</v>
       </c>
       <c r="B1499" t="s">
-        <v>3034</v>
+        <v>2966</v>
       </c>
       <c r="C1499" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1499" t="s">
-        <v>3035</v>
-      </c>
+        <v>2967</v>
+      </c>
+    </row>
+    <row r="1500" spans="1:4">
+      <c r="A1500" t="s">
+        <v>2968</v>
+      </c>
+      <c r="B1500" t="s">
+        <v>2969</v>
+      </c>
+      <c r="C1500" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1500"/>
     </row>
     <row r="1501" spans="1:4">
-      <c r="A1501" s="2" t="s">
-        <v>3036</v>
+      <c r="A1501" t="s">
+        <v>2970</v>
+      </c>
+      <c r="B1501" t="s">
+        <v>2971</v>
+      </c>
+      <c r="C1501" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1501" t="s">
+        <v>2972</v>
       </c>
     </row>
     <row r="1502" spans="1:4">
-      <c r="A1502" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1502" t="s">
+        <v>2973</v>
+      </c>
+      <c r="B1502" t="s">
+        <v>2974</v>
+      </c>
+      <c r="C1502" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1502" t="s">
+        <v>731</v>
       </c>
     </row>
     <row r="1503" spans="1:4">
       <c r="A1503" t="s">
-        <v>3037</v>
+        <v>2975</v>
       </c>
       <c r="B1503" t="s">
-        <v>3038</v>
+        <v>2976</v>
       </c>
       <c r="C1503" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1503" t="s">
-        <v>3039</v>
-[...4 lines deleted...]
-        <v>3040</v>
+        <v>2198</v>
+      </c>
+    </row>
+    <row r="1504" spans="1:4">
+      <c r="A1504" t="s">
+        <v>2977</v>
+      </c>
+      <c r="B1504" t="s">
+        <v>2978</v>
+      </c>
+      <c r="C1504" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1504" t="s">
+        <v>2304</v>
       </c>
     </row>
     <row r="1506" spans="1:4">
-      <c r="A1506" s="3" t="s">
+      <c r="A1506" s="2" t="s">
+        <v>2979</v>
+      </c>
+    </row>
+    <row r="1507" spans="1:4">
+      <c r="A1507" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1506" s="3" t="s">
+      <c r="B1507" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1506" s="3" t="s">
+      <c r="C1507" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1506" s="3" t="s">
+      <c r="D1507" s="3" t="s">
         <v>9</v>
-      </c>
-[...12 lines deleted...]
-        <v>3043</v>
       </c>
     </row>
     <row r="1508" spans="1:4">
       <c r="A1508" t="s">
-        <v>3044</v>
+        <v>2980</v>
       </c>
       <c r="B1508" t="s">
-        <v>3045</v>
+        <v>2981</v>
       </c>
       <c r="C1508" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1508" t="s">
-        <v>3046</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="1509" spans="1:4">
       <c r="A1509" t="s">
-        <v>3047</v>
+        <v>2982</v>
       </c>
       <c r="B1509" t="s">
-        <v>3048</v>
+        <v>2983</v>
       </c>
       <c r="C1509" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1509" t="s">
-        <v>3049</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1510" spans="1:4">
       <c r="A1510" t="s">
-        <v>3050</v>
+        <v>2984</v>
       </c>
       <c r="B1510" t="s">
-        <v>3051</v>
+        <v>2985</v>
       </c>
       <c r="C1510" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1510" t="s">
-        <v>3052</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="1511" spans="1:4">
       <c r="A1511" t="s">
-        <v>3053</v>
+        <v>2987</v>
       </c>
       <c r="B1511" t="s">
-        <v>3054</v>
+        <v>2988</v>
       </c>
       <c r="C1511" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1511" t="s">
-        <v>3055</v>
-[...4 lines deleted...]
-        <v>3056</v>
+        <v>2989</v>
+      </c>
+    </row>
+    <row r="1512" spans="1:4">
+      <c r="A1512" t="s">
+        <v>2990</v>
+      </c>
+      <c r="B1512" t="s">
+        <v>2991</v>
+      </c>
+      <c r="C1512" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1512" t="s">
+        <v>168</v>
       </c>
     </row>
     <row r="1514" spans="1:4">
-      <c r="A1514" s="3" t="s">
+      <c r="A1514" s="2" t="s">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="1515" spans="1:4">
+      <c r="A1515" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1514" s="3" t="s">
+      <c r="B1515" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1514" s="3" t="s">
+      <c r="C1515" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1514" s="3" t="s">
+      <c r="D1515" s="3" t="s">
         <v>9</v>
-      </c>
-[...12 lines deleted...]
-        <v>3059</v>
       </c>
     </row>
     <row r="1516" spans="1:4">
       <c r="A1516" t="s">
-        <v>3060</v>
+        <v>2993</v>
       </c>
       <c r="B1516" t="s">
-        <v>3061</v>
+        <v>2994</v>
       </c>
       <c r="C1516" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1516" t="s">
-        <v>3062</v>
+        <v>614</v>
       </c>
     </row>
     <row r="1517" spans="1:4">
       <c r="A1517" t="s">
-        <v>3063</v>
+        <v>2995</v>
       </c>
       <c r="B1517" t="s">
-        <v>3064</v>
+        <v>2996</v>
       </c>
       <c r="C1517" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1517" t="s">
-        <v>3065</v>
+        <v>2865</v>
+      </c>
+    </row>
+    <row r="1518" spans="1:4">
+      <c r="A1518" t="s">
+        <v>2997</v>
+      </c>
+      <c r="B1518" t="s">
+        <v>2998</v>
+      </c>
+      <c r="C1518" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1518" t="s">
+        <v>2999</v>
       </c>
     </row>
     <row r="1519" spans="1:4">
-      <c r="A1519" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1520" s="3" t="s">
+      <c r="A1519" t="s">
+        <v>3000</v>
+      </c>
+      <c r="B1519" t="s">
+        <v>3001</v>
+      </c>
+      <c r="C1519" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1519" t="s">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="1521" spans="1:4">
+      <c r="A1521" s="2" t="s">
+        <v>3003</v>
+      </c>
+    </row>
+    <row r="1522" spans="1:4">
+      <c r="A1522" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1520" s="3" t="s">
+      <c r="B1522" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1520" s="3" t="s">
+      <c r="C1522" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1520" s="3" t="s">
+      <c r="D1522" s="3" t="s">
         <v>9</v>
-      </c>
-[...26 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="1523" spans="1:4">
       <c r="A1523" t="s">
-        <v>3072</v>
+        <v>3004</v>
       </c>
       <c r="B1523" t="s">
-        <v>3073</v>
+        <v>3005</v>
       </c>
       <c r="C1523" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1523" t="s">
-        <v>3074</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="1524" spans="1:4">
       <c r="A1524" t="s">
-        <v>3075</v>
+        <v>3007</v>
       </c>
       <c r="B1524" t="s">
-        <v>3076</v>
+        <v>3008</v>
       </c>
       <c r="C1524" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1524" t="s">
-        <v>2471</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="1525" spans="1:4">
       <c r="A1525" t="s">
-        <v>3077</v>
+        <v>3010</v>
       </c>
       <c r="B1525" t="s">
-        <v>3078</v>
+        <v>3011</v>
       </c>
       <c r="C1525" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1525" t="s">
-        <v>3079</v>
-[...13 lines deleted...]
-        <v>2532</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="1527" spans="1:4">
-      <c r="A1527" t="s">
-[...9 lines deleted...]
-        <v>488</v>
+      <c r="A1527" s="2" t="s">
+        <v>3013</v>
       </c>
     </row>
     <row r="1528" spans="1:4">
-      <c r="A1528" t="s">
-[...9 lines deleted...]
-        <v>756</v>
+      <c r="A1528" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1528" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1528" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1528" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1529" spans="1:4">
       <c r="A1529" t="s">
-        <v>3086</v>
+        <v>3014</v>
       </c>
       <c r="B1529" t="s">
-        <v>3087</v>
+        <v>3015</v>
       </c>
       <c r="C1529" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1529" t="s">
-        <v>914</v>
-[...4 lines deleted...]
-        <v>3088</v>
+        <v>3016</v>
+      </c>
+    </row>
+    <row r="1530" spans="1:4">
+      <c r="A1530" t="s">
+        <v>3017</v>
+      </c>
+      <c r="B1530" t="s">
+        <v>3018</v>
+      </c>
+      <c r="C1530" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1530" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="1532" spans="1:4">
-      <c r="A1532" s="3" t="s">
+      <c r="A1532" s="2" t="s">
+        <v>3019</v>
+      </c>
+    </row>
+    <row r="1533" spans="1:4">
+      <c r="A1533" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1532" s="3" t="s">
+      <c r="B1533" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1532" s="3" t="s">
+      <c r="C1533" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1532" s="3" t="s">
+      <c r="D1533" s="3" t="s">
         <v>9</v>
-      </c>
-[...12 lines deleted...]
-        <v>775</v>
       </c>
     </row>
     <row r="1534" spans="1:4">
       <c r="A1534" t="s">
-        <v>3091</v>
+        <v>3020</v>
       </c>
       <c r="B1534" t="s">
-        <v>3092</v>
+        <v>3021</v>
       </c>
       <c r="C1534" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1534" t="s">
-        <v>306</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="1535" spans="1:4">
       <c r="A1535" t="s">
-        <v>3093</v>
+        <v>3023</v>
       </c>
       <c r="B1535" t="s">
-        <v>3094</v>
+        <v>3024</v>
       </c>
       <c r="C1535" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1535" t="s">
-        <v>3095</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="1536" spans="1:4">
       <c r="A1536" t="s">
-        <v>3096</v>
+        <v>3026</v>
       </c>
       <c r="B1536" t="s">
-        <v>3097</v>
+        <v>3027</v>
       </c>
       <c r="C1536" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1536" t="s">
-        <v>3098</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="1537" spans="1:4">
       <c r="A1537" t="s">
-        <v>3099</v>
+        <v>3029</v>
       </c>
       <c r="B1537" t="s">
-        <v>3100</v>
+        <v>3030</v>
       </c>
       <c r="C1537" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1537" t="s">
-        <v>2213</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="1538" spans="1:4">
       <c r="A1538" t="s">
-        <v>3101</v>
+        <v>3032</v>
       </c>
       <c r="B1538" t="s">
-        <v>3102</v>
+        <v>3033</v>
       </c>
       <c r="C1538" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1538" t="s">
-        <v>2213</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="1540" spans="1:4">
       <c r="A1540" s="2" t="s">
-        <v>3103</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="1541" spans="1:4">
       <c r="A1541" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B1541" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C1541" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D1541" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1542" spans="1:4">
       <c r="A1542" t="s">
-        <v>3104</v>
+        <v>3036</v>
       </c>
       <c r="B1542" t="s">
-        <v>3105</v>
+        <v>3037</v>
       </c>
       <c r="C1542" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1542" t="s">
-        <v>77</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="1543" spans="1:4">
       <c r="A1543" t="s">
-        <v>3106</v>
+        <v>3039</v>
       </c>
       <c r="B1543" t="s">
-        <v>3107</v>
+        <v>3040</v>
       </c>
       <c r="C1543" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1543" t="s">
-        <v>568</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="1544" spans="1:4">
       <c r="A1544" t="s">
-        <v>3108</v>
+        <v>3042</v>
       </c>
       <c r="B1544" t="s">
-        <v>3109</v>
+        <v>3043</v>
       </c>
       <c r="C1544" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1544" t="s">
-        <v>3110</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="1546" spans="1:4">
       <c r="A1546" s="2" t="s">
-        <v>3111</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="1547" spans="1:4">
       <c r="A1547" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B1547" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C1547" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D1547" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1548" spans="1:4">
       <c r="A1548" t="s">
-        <v>3112</v>
+        <v>3046</v>
       </c>
       <c r="B1548" t="s">
-        <v>3113</v>
+        <v>3047</v>
       </c>
       <c r="C1548" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1548" t="s">
-        <v>3114</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="1549" spans="1:4">
       <c r="A1549" t="s">
-        <v>3115</v>
+        <v>3049</v>
       </c>
       <c r="B1549" t="s">
-        <v>3116</v>
+        <v>3050</v>
       </c>
       <c r="C1549" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1549" t="s">
-        <v>2760</v>
+        <v>567</v>
       </c>
     </row>
     <row r="1550" spans="1:4">
       <c r="A1550" t="s">
-        <v>3117</v>
+        <v>3051</v>
       </c>
       <c r="B1550" t="s">
-        <v>3118</v>
+        <v>3052</v>
       </c>
       <c r="C1550" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1550" t="s">
-        <v>3119</v>
+        <v>3053</v>
+      </c>
+    </row>
+    <row r="1551" spans="1:4">
+      <c r="A1551" t="s">
+        <v>3054</v>
+      </c>
+      <c r="B1551" t="s">
+        <v>3055</v>
+      </c>
+      <c r="C1551" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1551" t="s">
+        <v>2453</v>
       </c>
     </row>
     <row r="1552" spans="1:4">
-      <c r="A1552" s="2" t="s">
-        <v>3120</v>
+      <c r="A1552" t="s">
+        <v>3056</v>
+      </c>
+      <c r="B1552" t="s">
+        <v>3057</v>
+      </c>
+      <c r="C1552" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1552" t="s">
+        <v>3058</v>
       </c>
     </row>
     <row r="1553" spans="1:4">
-      <c r="A1553" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1553" t="s">
+        <v>3059</v>
+      </c>
+      <c r="B1553" t="s">
+        <v>3060</v>
+      </c>
+      <c r="C1553" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1553" t="s">
+        <v>2514</v>
       </c>
     </row>
     <row r="1554" spans="1:4">
       <c r="A1554" t="s">
-        <v>3121</v>
+        <v>3061</v>
       </c>
       <c r="B1554" t="s">
-        <v>3122</v>
+        <v>3062</v>
       </c>
       <c r="C1554" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1554" t="s">
-        <v>3123</v>
+        <v>491</v>
       </c>
     </row>
     <row r="1555" spans="1:4">
       <c r="A1555" t="s">
-        <v>3124</v>
+        <v>3063</v>
       </c>
       <c r="B1555" t="s">
-        <v>3125</v>
+        <v>3064</v>
       </c>
       <c r="C1555" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1555" t="s">
-        <v>580</v>
+        <v>755</v>
       </c>
     </row>
     <row r="1556" spans="1:4">
       <c r="A1556" t="s">
-        <v>3126</v>
+        <v>3065</v>
       </c>
       <c r="B1556" t="s">
-        <v>3127</v>
+        <v>3066</v>
       </c>
       <c r="C1556" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1556" t="s">
-        <v>3128</v>
+        <v>910</v>
       </c>
     </row>
     <row r="1558" spans="1:4">
       <c r="A1558" s="2" t="s">
-        <v>3129</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="1559" spans="1:4">
       <c r="A1559" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B1559" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C1559" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D1559" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1560" spans="1:4">
       <c r="A1560" t="s">
-        <v>3130</v>
+        <v>3068</v>
       </c>
       <c r="B1560" t="s">
-        <v>3131</v>
+        <v>3069</v>
       </c>
       <c r="C1560" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1560" t="s">
-        <v>1142</v>
+        <v>774</v>
       </c>
     </row>
     <row r="1561" spans="1:4">
       <c r="A1561" t="s">
-        <v>3132</v>
+        <v>3070</v>
       </c>
       <c r="B1561" t="s">
-        <v>3133</v>
+        <v>3071</v>
       </c>
       <c r="C1561" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1561" t="s">
-        <v>1067</v>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1562" spans="1:4">
+      <c r="A1562" t="s">
+        <v>3072</v>
+      </c>
+      <c r="B1562" t="s">
+        <v>3073</v>
+      </c>
+      <c r="C1562" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1562" t="s">
+        <v>3074</v>
       </c>
     </row>
     <row r="1563" spans="1:4">
-      <c r="A1563" s="2" t="s">
-        <v>3134</v>
+      <c r="A1563" t="s">
+        <v>3075</v>
+      </c>
+      <c r="B1563" t="s">
+        <v>3076</v>
+      </c>
+      <c r="C1563" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1563" t="s">
+        <v>3077</v>
       </c>
     </row>
     <row r="1564" spans="1:4">
-      <c r="A1564" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1564" t="s">
+        <v>3078</v>
+      </c>
+      <c r="B1564" t="s">
+        <v>3079</v>
+      </c>
+      <c r="C1564" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1564" t="s">
+        <v>2198</v>
       </c>
     </row>
     <row r="1565" spans="1:4">
       <c r="A1565" t="s">
-        <v>3135</v>
+        <v>3080</v>
       </c>
       <c r="B1565" t="s">
-        <v>3136</v>
+        <v>3081</v>
       </c>
       <c r="C1565" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1565" t="s">
-        <v>3137</v>
-[...13 lines deleted...]
-        <v>3140</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="1567" spans="1:4">
-      <c r="A1567" t="s">
-[...9 lines deleted...]
-        <v>2491</v>
+      <c r="A1567" s="2" t="s">
+        <v>3082</v>
+      </c>
+    </row>
+    <row r="1568" spans="1:4">
+      <c r="A1568" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1568" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1568" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1568" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1569" spans="1:4">
-      <c r="A1569" s="2" t="s">
-        <v>3143</v>
+      <c r="A1569" t="s">
+        <v>3083</v>
+      </c>
+      <c r="B1569" t="s">
+        <v>3084</v>
+      </c>
+      <c r="C1569" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1569" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="1570" spans="1:4">
-      <c r="A1570" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1570" t="s">
+        <v>3085</v>
+      </c>
+      <c r="B1570" t="s">
+        <v>3086</v>
+      </c>
+      <c r="C1570" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1570" t="s">
+        <v>567</v>
       </c>
     </row>
     <row r="1571" spans="1:4">
       <c r="A1571" t="s">
-        <v>3144</v>
+        <v>3087</v>
       </c>
       <c r="B1571" t="s">
-        <v>3145</v>
+        <v>3088</v>
       </c>
       <c r="C1571" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1571" t="s">
-        <v>568</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="1573" spans="1:4">
       <c r="A1573" s="2" t="s">
-        <v>3146</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="1574" spans="1:4">
       <c r="A1574" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B1574" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C1574" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D1574" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1575" spans="1:4">
       <c r="A1575" t="s">
-        <v>3147</v>
+        <v>3091</v>
       </c>
       <c r="B1575" t="s">
-        <v>3148</v>
+        <v>3092</v>
       </c>
       <c r="C1575" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1575" t="s">
-        <v>3149</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="1576" spans="1:4">
       <c r="A1576" t="s">
-        <v>3150</v>
+        <v>3094</v>
       </c>
       <c r="B1576" t="s">
-        <v>3151</v>
+        <v>3095</v>
       </c>
       <c r="C1576" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1576" t="s">
-        <v>2861</v>
-[...4 lines deleted...]
-        <v>3152</v>
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="1577" spans="1:4">
+      <c r="A1577" t="s">
+        <v>3096</v>
+      </c>
+      <c r="B1577" t="s">
+        <v>3097</v>
+      </c>
+      <c r="C1577" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1577" t="s">
+        <v>3098</v>
       </c>
     </row>
     <row r="1579" spans="1:4">
-      <c r="A1579" s="3" t="s">
+      <c r="A1579" s="2" t="s">
+        <v>3099</v>
+      </c>
+    </row>
+    <row r="1580" spans="1:4">
+      <c r="A1580" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1579" s="3" t="s">
+      <c r="B1580" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1579" s="3" t="s">
+      <c r="C1580" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1579" s="3" t="s">
+      <c r="D1580" s="3" t="s">
         <v>9</v>
-      </c>
-[...12 lines deleted...]
-        <v>3062</v>
       </c>
     </row>
     <row r="1581" spans="1:4">
       <c r="A1581" t="s">
-        <v>3155</v>
+        <v>3100</v>
       </c>
       <c r="B1581" t="s">
-        <v>3156</v>
+        <v>3101</v>
       </c>
       <c r="C1581" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1581" t="s">
-        <v>1388</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="1582" spans="1:4">
       <c r="A1582" t="s">
-        <v>3157</v>
+        <v>3103</v>
       </c>
       <c r="B1582" t="s">
-        <v>3158</v>
+        <v>3104</v>
       </c>
       <c r="C1582" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1582" t="s">
-        <v>3159</v>
-[...4 lines deleted...]
-        <v>3160</v>
+        <v>579</v>
+      </c>
+    </row>
+    <row r="1583" spans="1:4">
+      <c r="A1583" t="s">
+        <v>3105</v>
+      </c>
+      <c r="B1583" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C1583" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1583" t="s">
+        <v>3107</v>
       </c>
     </row>
     <row r="1585" spans="1:4">
-      <c r="A1585" s="3" t="s">
+      <c r="A1585" s="2" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="1586" spans="1:4">
+      <c r="A1586" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1585" s="3" t="s">
+      <c r="B1586" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1585" s="3" t="s">
+      <c r="C1586" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1585" s="3" t="s">
+      <c r="D1586" s="3" t="s">
         <v>9</v>
-      </c>
-[...12 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="1587" spans="1:4">
       <c r="A1587" t="s">
-        <v>3163</v>
+        <v>3109</v>
       </c>
       <c r="B1587" t="s">
-        <v>3164</v>
+        <v>3110</v>
       </c>
       <c r="C1587" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1587" t="s">
-        <v>717</v>
-[...4 lines deleted...]
-        <v>3165</v>
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="1588" spans="1:4">
+      <c r="A1588" t="s">
+        <v>3111</v>
+      </c>
+      <c r="B1588" t="s">
+        <v>3112</v>
+      </c>
+      <c r="C1588" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1588" t="s">
+        <v>1071</v>
       </c>
     </row>
     <row r="1590" spans="1:4">
-      <c r="A1590" s="3" t="s">
+      <c r="A1590" s="2" t="s">
+        <v>3113</v>
+      </c>
+    </row>
+    <row r="1591" spans="1:4">
+      <c r="A1591" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1590" s="3" t="s">
+      <c r="B1591" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1590" s="3" t="s">
+      <c r="C1591" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1590" s="3" t="s">
+      <c r="D1591" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="1591" spans="1:4">
-[...10 lines deleted...]
-        <v>3168</v>
+    <row r="1592" spans="1:4">
+      <c r="A1592" t="s">
+        <v>3114</v>
+      </c>
+      <c r="B1592" t="s">
+        <v>3115</v>
+      </c>
+      <c r="C1592" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1592" t="s">
+        <v>3116</v>
       </c>
     </row>
     <row r="1593" spans="1:4">
-      <c r="A1593" s="2" t="s">
-        <v>3169</v>
+      <c r="A1593" t="s">
+        <v>3117</v>
+      </c>
+      <c r="B1593" t="s">
+        <v>3118</v>
+      </c>
+      <c r="C1593" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1593" t="s">
+        <v>3116</v>
       </c>
     </row>
     <row r="1594" spans="1:4">
-      <c r="A1594" s="3" t="s">
+      <c r="A1594" t="s">
+        <v>3119</v>
+      </c>
+      <c r="B1594" t="s">
+        <v>3120</v>
+      </c>
+      <c r="C1594" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1594" t="s">
+        <v>2473</v>
+      </c>
+    </row>
+    <row r="1596" spans="1:4">
+      <c r="A1596" s="2" t="s">
+        <v>3121</v>
+      </c>
+    </row>
+    <row r="1597" spans="1:4">
+      <c r="A1597" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1594" s="3" t="s">
+      <c r="B1597" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1594" s="3" t="s">
+      <c r="C1597" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1594" s="3" t="s">
+      <c r="D1597" s="3" t="s">
         <v>9</v>
-      </c>
-[...40 lines deleted...]
-        <v>3178</v>
       </c>
     </row>
     <row r="1598" spans="1:4">
       <c r="A1598" t="s">
-        <v>3179</v>
+        <v>3122</v>
       </c>
       <c r="B1598" t="s">
-        <v>3180</v>
+        <v>3123</v>
       </c>
       <c r="C1598" t="s">
-        <v>12</v>
-[...14 lines deleted...]
-        <v>3183</v>
+        <v>24</v>
+      </c>
+      <c r="D1598" t="s">
+        <v>567</v>
       </c>
     </row>
     <row r="1600" spans="1:4">
-      <c r="A1600" t="s">
-[...9 lines deleted...]
-        <v>3186</v>
+      <c r="A1600" s="2" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="1601" spans="1:4">
+      <c r="A1601" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1601" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1601" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1601" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1602" spans="1:4">
-      <c r="A1602" s="2" t="s">
-        <v>3187</v>
+      <c r="A1602" t="s">
+        <v>3125</v>
+      </c>
+      <c r="B1602" t="s">
+        <v>3126</v>
+      </c>
+      <c r="C1602" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1602" t="s">
+        <v>3127</v>
       </c>
     </row>
     <row r="1603" spans="1:4">
-      <c r="A1603" s="3" t="s">
+      <c r="A1603" t="s">
+        <v>3128</v>
+      </c>
+      <c r="B1603" t="s">
+        <v>3129</v>
+      </c>
+      <c r="C1603" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1603" t="s">
+        <v>2837</v>
+      </c>
+    </row>
+    <row r="1605" spans="1:4">
+      <c r="A1605" s="2" t="s">
+        <v>3130</v>
+      </c>
+    </row>
+    <row r="1606" spans="1:4">
+      <c r="A1606" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1603" s="3" t="s">
+      <c r="B1606" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1603" s="3" t="s">
+      <c r="C1606" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1603" s="3" t="s">
+      <c r="D1606" s="3" t="s">
         <v>9</v>
-      </c>
-[...40 lines deleted...]
-        <v>3194</v>
       </c>
     </row>
     <row r="1607" spans="1:4">
       <c r="A1607" t="s">
-        <v>3195</v>
+        <v>3131</v>
       </c>
       <c r="B1607" t="s">
-        <v>3196</v>
+        <v>3132</v>
       </c>
       <c r="C1607" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1607" t="s">
-        <v>574</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="1608" spans="1:4">
       <c r="A1608" t="s">
-        <v>3197</v>
+        <v>3133</v>
       </c>
       <c r="B1608" t="s">
-        <v>3198</v>
+        <v>3134</v>
       </c>
       <c r="C1608" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1608" t="s">
-        <v>3199</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="1609" spans="1:4">
       <c r="A1609" t="s">
-        <v>3200</v>
+        <v>3135</v>
       </c>
       <c r="B1609" t="s">
-        <v>3201</v>
+        <v>3136</v>
       </c>
       <c r="C1609" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1609" t="s">
-        <v>2210</v>
-[...13 lines deleted...]
-        <v>3204</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="1611" spans="1:4">
-      <c r="A1611" t="s">
-[...9 lines deleted...]
-        <v>85</v>
+      <c r="A1611" s="2" t="s">
+        <v>3138</v>
       </c>
     </row>
     <row r="1612" spans="1:4">
-      <c r="A1612" t="s">
-[...9 lines deleted...]
-        <v>85</v>
+      <c r="A1612" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1612" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1612" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1612" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1613" spans="1:4">
       <c r="A1613" t="s">
-        <v>3209</v>
+        <v>3139</v>
       </c>
       <c r="B1613" t="s">
-        <v>3210</v>
+        <v>3140</v>
       </c>
       <c r="C1613" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1613" t="s">
-        <v>3211</v>
+        <v>665</v>
       </c>
     </row>
     <row r="1614" spans="1:4">
       <c r="A1614" t="s">
-        <v>3212</v>
+        <v>3141</v>
       </c>
       <c r="B1614" t="s">
-        <v>3213</v>
+        <v>3142</v>
       </c>
       <c r="C1614" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1614" t="s">
-        <v>3214</v>
-[...13 lines deleted...]
-        <v>3217</v>
+        <v>716</v>
+      </c>
+    </row>
+    <row r="1616" spans="1:4">
+      <c r="A1616" s="2" t="s">
+        <v>3143</v>
       </c>
     </row>
     <row r="1617" spans="1:4">
-      <c r="A1617" s="2" t="s">
-        <v>3218</v>
+      <c r="A1617" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1617" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1617" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1617" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1618" spans="1:4">
-      <c r="A1618" s="3" t="s">
+      <c r="A1618" t="s">
+        <v>3144</v>
+      </c>
+      <c r="B1618" t="s">
+        <v>3145</v>
+      </c>
+      <c r="C1618" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1618" t="s">
+        <v>3146</v>
+      </c>
+    </row>
+    <row r="1620" spans="1:4">
+      <c r="A1620" s="2" t="s">
+        <v>3147</v>
+      </c>
+    </row>
+    <row r="1621" spans="1:4">
+      <c r="A1621" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1618" s="3" t="s">
+      <c r="B1621" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1618" s="3" t="s">
+      <c r="C1621" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1618" s="3" t="s">
+      <c r="D1621" s="3" t="s">
         <v>9</v>
-      </c>
-[...40 lines deleted...]
-        <v>3225</v>
       </c>
     </row>
     <row r="1622" spans="1:4">
       <c r="A1622" t="s">
-        <v>3226</v>
+        <v>3148</v>
       </c>
       <c r="B1622" t="s">
-        <v>3227</v>
+        <v>3149</v>
       </c>
       <c r="C1622" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1622" t="s">
-        <v>3228</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="1623" spans="1:4">
       <c r="A1623" t="s">
-        <v>3229</v>
+        <v>3151</v>
       </c>
       <c r="B1623" t="s">
-        <v>3230</v>
+        <v>3152</v>
       </c>
       <c r="C1623" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1623" t="s">
-        <v>3231</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="1624" spans="1:4">
       <c r="A1624" t="s">
-        <v>3232</v>
+        <v>3154</v>
       </c>
       <c r="B1624" t="s">
-        <v>3233</v>
+        <v>3155</v>
       </c>
       <c r="C1624" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1624" t="s">
-        <v>3234</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="1625" spans="1:4">
       <c r="A1625" t="s">
-        <v>3235</v>
+        <v>3157</v>
       </c>
       <c r="B1625" t="s">
-        <v>3236</v>
+        <v>3158</v>
       </c>
       <c r="C1625" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1625"/>
     </row>
     <row r="1626" spans="1:4">
       <c r="A1626" t="s">
-        <v>3237</v>
+        <v>3159</v>
       </c>
       <c r="B1626" t="s">
-        <v>3238</v>
+        <v>3160</v>
       </c>
       <c r="C1626" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1626" t="s">
-        <v>1885</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="1627" spans="1:4">
       <c r="A1627" t="s">
-        <v>3239</v>
+        <v>3162</v>
       </c>
       <c r="B1627" t="s">
-        <v>3240</v>
+        <v>3163</v>
       </c>
       <c r="C1627" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1627" t="s">
-        <v>3241</v>
-[...13 lines deleted...]
-        <v>462</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="1629" spans="1:4">
-      <c r="A1629" t="s">
-[...9 lines deleted...]
-        <v>3246</v>
+      <c r="A1629" s="2" t="s">
+        <v>3165</v>
       </c>
     </row>
     <row r="1630" spans="1:4">
-      <c r="A1630" t="s">
-[...9 lines deleted...]
-        <v>3249</v>
+      <c r="A1630" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1630" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1630" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1630" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1631" spans="1:4">
       <c r="A1631" t="s">
-        <v>3250</v>
+        <v>3166</v>
       </c>
       <c r="B1631" t="s">
-        <v>3251</v>
+        <v>3167</v>
       </c>
       <c r="C1631" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1631" t="s">
-        <v>3252</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="1632" spans="1:4">
       <c r="A1632" t="s">
-        <v>3253</v>
+        <v>3168</v>
       </c>
       <c r="B1632" t="s">
-        <v>3254</v>
+        <v>3169</v>
       </c>
       <c r="C1632" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1632" t="s">
-        <v>2471</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="1633" spans="1:4">
       <c r="A1633" t="s">
-        <v>3255</v>
+        <v>3170</v>
       </c>
       <c r="B1633" t="s">
-        <v>3256</v>
+        <v>3171</v>
       </c>
       <c r="C1633" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1633" t="s">
-        <v>1448</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="1634" spans="1:4">
       <c r="A1634" t="s">
-        <v>3257</v>
+        <v>3173</v>
       </c>
       <c r="B1634" t="s">
-        <v>3258</v>
+        <v>3174</v>
       </c>
       <c r="C1634" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1634"/>
+        <v>24</v>
+      </c>
+      <c r="D1634" t="s">
+        <v>573</v>
+      </c>
     </row>
     <row r="1635" spans="1:4">
       <c r="A1635" t="s">
-        <v>3259</v>
+        <v>3175</v>
       </c>
       <c r="B1635" t="s">
-        <v>3260</v>
+        <v>3176</v>
       </c>
       <c r="C1635" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1635"/>
+        <v>11</v>
+      </c>
+      <c r="D1635" t="s">
+        <v>3177</v>
+      </c>
     </row>
     <row r="1636" spans="1:4">
       <c r="A1636" t="s">
-        <v>3261</v>
+        <v>3178</v>
       </c>
       <c r="B1636" t="s">
-        <v>3262</v>
+        <v>3179</v>
       </c>
       <c r="C1636" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1636" t="s">
-        <v>3263</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="1637" spans="1:4">
       <c r="A1637" t="s">
-        <v>3264</v>
+        <v>3180</v>
       </c>
       <c r="B1637" t="s">
-        <v>3265</v>
+        <v>3181</v>
       </c>
       <c r="C1637" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1637" t="s">
-        <v>3266</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="1638" spans="1:4">
       <c r="A1638" t="s">
-        <v>3267</v>
+        <v>3183</v>
       </c>
       <c r="B1638" t="s">
-        <v>3268</v>
+        <v>3184</v>
       </c>
       <c r="C1638" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1638"/>
+        <v>24</v>
+      </c>
+      <c r="D1638" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="1639" spans="1:4">
       <c r="A1639" t="s">
-        <v>3269</v>
+        <v>3185</v>
       </c>
       <c r="B1639" t="s">
-        <v>3270</v>
+        <v>3186</v>
       </c>
       <c r="C1639" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1639" t="s">
-        <v>291</v>
+        <v>87</v>
+      </c>
+    </row>
+    <row r="1640" spans="1:4">
+      <c r="A1640" t="s">
+        <v>3187</v>
+      </c>
+      <c r="B1640" t="s">
+        <v>3188</v>
+      </c>
+      <c r="C1640" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1640" t="s">
+        <v>3189</v>
       </c>
     </row>
     <row r="1641" spans="1:4">
-      <c r="A1641" s="2" t="s">
-        <v>3271</v>
+      <c r="A1641" t="s">
+        <v>3190</v>
+      </c>
+      <c r="B1641" t="s">
+        <v>3191</v>
+      </c>
+      <c r="C1641" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1641" t="s">
+        <v>3192</v>
       </c>
     </row>
     <row r="1642" spans="1:4">
-      <c r="A1642" s="3" t="s">
+      <c r="A1642" t="s">
+        <v>3193</v>
+      </c>
+      <c r="B1642" t="s">
+        <v>3194</v>
+      </c>
+      <c r="C1642" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1642" t="s">
+        <v>3195</v>
+      </c>
+    </row>
+    <row r="1644" spans="1:4">
+      <c r="A1644" s="2" t="s">
+        <v>3196</v>
+      </c>
+    </row>
+    <row r="1645" spans="1:4">
+      <c r="A1645" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B1642" s="3" t="s">
+      <c r="B1645" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C1642" s="3" t="s">
+      <c r="C1645" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D1642" s="3" t="s">
+      <c r="D1645" s="3" t="s">
         <v>9</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="D1645"/>
     </row>
     <row r="1646" spans="1:4">
       <c r="A1646" t="s">
-        <v>3278</v>
+        <v>3197</v>
       </c>
       <c r="B1646" t="s">
-        <v>3279</v>
+        <v>3198</v>
       </c>
       <c r="C1646" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1646" t="s">
-        <v>3280</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="1647" spans="1:4">
       <c r="A1647" t="s">
-        <v>3281</v>
+        <v>3200</v>
       </c>
       <c r="B1647" t="s">
-        <v>3282</v>
+        <v>3201</v>
       </c>
       <c r="C1647" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1647" t="s">
-        <v>2834</v>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="1648" spans="1:4">
+      <c r="A1648" t="s">
+        <v>3202</v>
+      </c>
+      <c r="B1648" t="s">
+        <v>3203</v>
+      </c>
+      <c r="C1648" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1648" t="s">
+        <v>3204</v>
       </c>
     </row>
     <row r="1649" spans="1:4">
-      <c r="A1649" s="2" t="s">
-        <v>3283</v>
+      <c r="A1649" t="s">
+        <v>3205</v>
+      </c>
+      <c r="B1649" t="s">
+        <v>3206</v>
+      </c>
+      <c r="C1649" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1649" t="s">
+        <v>3207</v>
       </c>
     </row>
     <row r="1650" spans="1:4">
-      <c r="A1650" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1650" t="s">
+        <v>3208</v>
+      </c>
+      <c r="B1650" t="s">
+        <v>3209</v>
+      </c>
+      <c r="C1650" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1650" t="s">
+        <v>3210</v>
       </c>
     </row>
     <row r="1651" spans="1:4">
       <c r="A1651" t="s">
-        <v>3284</v>
+        <v>3211</v>
       </c>
       <c r="B1651" t="s">
-        <v>3285</v>
+        <v>3212</v>
       </c>
       <c r="C1651" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1651" t="s">
-        <v>3286</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="1652" spans="1:4">
       <c r="A1652" t="s">
-        <v>3287</v>
+        <v>3214</v>
       </c>
       <c r="B1652" t="s">
-        <v>3288</v>
+        <v>3215</v>
       </c>
       <c r="C1652" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1652" t="s">
-        <v>3289</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="1653" spans="1:4">
       <c r="A1653" t="s">
-        <v>3290</v>
+        <v>3216</v>
       </c>
       <c r="B1653" t="s">
-        <v>3291</v>
+        <v>3217</v>
       </c>
       <c r="C1653" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1653"/>
+        <v>24</v>
+      </c>
+      <c r="D1653" t="s">
+        <v>3199</v>
+      </c>
     </row>
     <row r="1654" spans="1:4">
       <c r="A1654" t="s">
-        <v>3292</v>
+        <v>3218</v>
       </c>
       <c r="B1654" t="s">
-        <v>3293</v>
+        <v>3219</v>
       </c>
       <c r="C1654" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1654"/>
+        <v>24</v>
+      </c>
+      <c r="D1654" t="s">
+        <v>3220</v>
+      </c>
     </row>
     <row r="1655" spans="1:4">
       <c r="A1655" t="s">
-        <v>3294</v>
+        <v>3221</v>
       </c>
       <c r="B1655" t="s">
-        <v>3295</v>
+        <v>3222</v>
       </c>
       <c r="C1655" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1655"/>
+        <v>24</v>
+      </c>
+      <c r="D1655" t="s">
+        <v>465</v>
+      </c>
     </row>
     <row r="1656" spans="1:4">
       <c r="A1656" t="s">
-        <v>3296</v>
+        <v>3223</v>
       </c>
       <c r="B1656" t="s">
-        <v>3297</v>
+        <v>3224</v>
       </c>
       <c r="C1656" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1656" t="s">
-        <v>3298</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="1657" spans="1:4">
       <c r="A1657" t="s">
-        <v>3299</v>
+        <v>3226</v>
       </c>
       <c r="B1657" t="s">
-        <v>3300</v>
+        <v>3227</v>
       </c>
       <c r="C1657" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1657" t="s">
-        <v>2943</v>
+        <v>3228</v>
+      </c>
+    </row>
+    <row r="1658" spans="1:4">
+      <c r="A1658" t="s">
+        <v>3229</v>
+      </c>
+      <c r="B1658" t="s">
+        <v>3230</v>
+      </c>
+      <c r="C1658" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1658" t="s">
+        <v>3231</v>
       </c>
     </row>
     <row r="1659" spans="1:4">
-      <c r="A1659" s="2" t="s">
-        <v>3301</v>
+      <c r="A1659" t="s">
+        <v>3232</v>
+      </c>
+      <c r="B1659" t="s">
+        <v>3233</v>
+      </c>
+      <c r="C1659" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1659" t="s">
+        <v>2453</v>
       </c>
     </row>
     <row r="1660" spans="1:4">
-      <c r="A1660" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1660" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B1660" t="s">
+        <v>3235</v>
+      </c>
+      <c r="C1660" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1660" t="s">
+        <v>1461</v>
       </c>
     </row>
     <row r="1661" spans="1:4">
       <c r="A1661" t="s">
-        <v>3302</v>
+        <v>3236</v>
       </c>
       <c r="B1661" t="s">
-        <v>3303</v>
+        <v>3237</v>
       </c>
       <c r="C1661" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1661"/>
     </row>
     <row r="1662" spans="1:4">
       <c r="A1662" t="s">
-        <v>3305</v>
+        <v>3238</v>
       </c>
       <c r="B1662" t="s">
-        <v>3306</v>
+        <v>3239</v>
       </c>
       <c r="C1662" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1662"/>
     </row>
     <row r="1663" spans="1:4">
       <c r="A1663" t="s">
-        <v>3308</v>
+        <v>3240</v>
       </c>
       <c r="B1663" t="s">
-        <v>3309</v>
+        <v>3241</v>
       </c>
       <c r="C1663" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1663" t="s">
-        <v>3310</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1664" spans="1:4">
       <c r="A1664" t="s">
-        <v>3311</v>
+        <v>3243</v>
       </c>
       <c r="B1664" t="s">
-        <v>3312</v>
+        <v>3244</v>
       </c>
       <c r="C1664" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1664" t="s">
-        <v>92</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="1665" spans="1:4">
       <c r="A1665" t="s">
-        <v>3313</v>
+        <v>3246</v>
       </c>
       <c r="B1665" t="s">
-        <v>3314</v>
+        <v>3247</v>
       </c>
       <c r="C1665" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1665"/>
     </row>
     <row r="1666" spans="1:4">
       <c r="A1666" t="s">
-        <v>3316</v>
+        <v>3248</v>
       </c>
       <c r="B1666" t="s">
-        <v>3317</v>
+        <v>3249</v>
       </c>
       <c r="C1666" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1666" t="s">
-        <v>278</v>
-[...13 lines deleted...]
-        <v>2175</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="1668" spans="1:4">
-      <c r="A1668" t="s">
-[...9 lines deleted...]
-        <v>3322</v>
+      <c r="A1668" s="2" t="s">
+        <v>3250</v>
       </c>
     </row>
     <row r="1669" spans="1:4">
-      <c r="A1669" t="s">
-[...9 lines deleted...]
-        <v>3325</v>
+      <c r="A1669" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1669" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1669" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1669" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1670" spans="1:4">
       <c r="A1670" t="s">
-        <v>3326</v>
+        <v>3251</v>
       </c>
       <c r="B1670" t="s">
-        <v>3327</v>
+        <v>3252</v>
       </c>
       <c r="C1670" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1670"/>
     </row>
     <row r="1671" spans="1:4">
       <c r="A1671" t="s">
-        <v>3329</v>
+        <v>3253</v>
       </c>
       <c r="B1671" t="s">
-        <v>3330</v>
+        <v>3254</v>
       </c>
       <c r="C1671" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1671"/>
     </row>
     <row r="1672" spans="1:4">
       <c r="A1672" t="s">
-        <v>3332</v>
+        <v>3255</v>
       </c>
       <c r="B1672" t="s">
-        <v>3333</v>
+        <v>3256</v>
       </c>
       <c r="C1672" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1672"/>
     </row>
     <row r="1673" spans="1:4">
       <c r="A1673" t="s">
-        <v>3335</v>
+        <v>3257</v>
       </c>
       <c r="B1673" t="s">
-        <v>3336</v>
+        <v>3258</v>
       </c>
       <c r="C1673" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1673" t="s">
-        <v>3337</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="1674" spans="1:4">
       <c r="A1674" t="s">
-        <v>3338</v>
+        <v>3260</v>
       </c>
       <c r="B1674" t="s">
-        <v>3339</v>
+        <v>3261</v>
       </c>
       <c r="C1674" t="s">
-        <v>12</v>
-[...13 lines deleted...]
-      <c r="D1675"/>
+        <v>24</v>
+      </c>
+      <c r="D1674" t="s">
+        <v>2810</v>
+      </c>
     </row>
     <row r="1676" spans="1:4">
-      <c r="A1676" t="s">
-[...8 lines deleted...]
-      <c r="D1676"/>
+      <c r="A1676" s="2" t="s">
+        <v>3262</v>
+      </c>
     </row>
     <row r="1677" spans="1:4">
-      <c r="A1677" t="s">
-[...8 lines deleted...]
-      <c r="D1677"/>
+      <c r="A1677" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1677" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1677" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1677" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="1678" spans="1:4">
       <c r="A1678" t="s">
-        <v>3346</v>
+        <v>3263</v>
       </c>
       <c r="B1678" t="s">
-        <v>3347</v>
+        <v>3264</v>
       </c>
       <c r="C1678" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1678"/>
+        <v>11</v>
+      </c>
+      <c r="D1678" t="s">
+        <v>3265</v>
+      </c>
     </row>
     <row r="1679" spans="1:4">
       <c r="A1679" t="s">
-        <v>3348</v>
+        <v>3266</v>
       </c>
       <c r="B1679" t="s">
-        <v>3349</v>
+        <v>3267</v>
       </c>
       <c r="C1679" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1679"/>
+        <v>11</v>
+      </c>
+      <c r="D1679" t="s">
+        <v>3268</v>
+      </c>
     </row>
     <row r="1680" spans="1:4">
       <c r="A1680" t="s">
-        <v>3350</v>
+        <v>3269</v>
       </c>
       <c r="B1680" t="s">
-        <v>3351</v>
+        <v>3270</v>
       </c>
       <c r="C1680" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1680"/>
     </row>
     <row r="1681" spans="1:4">
       <c r="A1681" t="s">
-        <v>3352</v>
+        <v>3271</v>
       </c>
       <c r="B1681" t="s">
-        <v>3353</v>
+        <v>3272</v>
       </c>
       <c r="C1681" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1681"/>
     </row>
     <row r="1682" spans="1:4">
       <c r="A1682" t="s">
-        <v>3354</v>
+        <v>3273</v>
       </c>
       <c r="B1682" t="s">
-        <v>3355</v>
+        <v>3274</v>
       </c>
       <c r="C1682" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1682"/>
     </row>
     <row r="1683" spans="1:4">
       <c r="A1683" t="s">
-        <v>3356</v>
+        <v>3275</v>
       </c>
       <c r="B1683" t="s">
-        <v>3357</v>
+        <v>3276</v>
       </c>
       <c r="C1683" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1683"/>
+        <v>24</v>
+      </c>
+      <c r="D1683" t="s">
+        <v>3277</v>
+      </c>
     </row>
     <row r="1684" spans="1:4">
       <c r="A1684" t="s">
-        <v>3358</v>
+        <v>3278</v>
       </c>
       <c r="B1684" t="s">
-        <v>3359</v>
+        <v>3279</v>
       </c>
       <c r="C1684" t="s">
-        <v>12</v>
-[...14 lines deleted...]
-        <v>3362</v>
+        <v>11</v>
+      </c>
+      <c r="D1684" t="s">
+        <v>2918</v>
       </c>
     </row>
     <row r="1686" spans="1:4">
-      <c r="A1686" t="s">
-[...8 lines deleted...]
-      <c r="D1686"/>
+      <c r="A1686" s="2" t="s">
+        <v>3280</v>
+      </c>
     </row>
     <row r="1687" spans="1:4">
-      <c r="A1687" t="s">
-[...9 lines deleted...]
-        <v>65</v>
+      <c r="A1687" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1687" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1687" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1687" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1688" spans="1:4">
       <c r="A1688" t="s">
-        <v>3367</v>
+        <v>3281</v>
       </c>
       <c r="B1688" t="s">
-        <v>3368</v>
+        <v>3282</v>
       </c>
       <c r="C1688" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1688" t="s">
-        <v>524</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="1689" spans="1:4">
       <c r="A1689" t="s">
-        <v>3369</v>
+        <v>3284</v>
       </c>
       <c r="B1689" t="s">
-        <v>3370</v>
+        <v>3285</v>
       </c>
       <c r="C1689" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1689" t="s">
-        <v>65</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="1690" spans="1:4">
       <c r="A1690" t="s">
-        <v>3371</v>
+        <v>3287</v>
       </c>
       <c r="B1690" t="s">
-        <v>3372</v>
+        <v>3288</v>
       </c>
       <c r="C1690" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1690" t="s">
-        <v>3373</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="1691" spans="1:4">
       <c r="A1691" t="s">
-        <v>3374</v>
+        <v>3290</v>
       </c>
       <c r="B1691" t="s">
-        <v>3375</v>
+        <v>3291</v>
       </c>
       <c r="C1691" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1691" t="s">
-        <v>158</v>
+        <v>97</v>
       </c>
     </row>
     <row r="1692" spans="1:4">
       <c r="A1692" t="s">
-        <v>3376</v>
+        <v>3292</v>
       </c>
       <c r="B1692" t="s">
-        <v>3377</v>
+        <v>3293</v>
       </c>
       <c r="C1692" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1692" t="s">
-        <v>3378</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="1693" spans="1:4">
       <c r="A1693" t="s">
-        <v>3379</v>
+        <v>3295</v>
       </c>
       <c r="B1693" t="s">
-        <v>3380</v>
+        <v>3296</v>
       </c>
       <c r="C1693" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1693" t="s">
-        <v>1422</v>
+        <v>287</v>
+      </c>
+    </row>
+    <row r="1694" spans="1:4">
+      <c r="A1694" t="s">
+        <v>3297</v>
+      </c>
+      <c r="B1694" t="s">
+        <v>3298</v>
+      </c>
+      <c r="C1694" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1694" t="s">
+        <v>2162</v>
       </c>
     </row>
     <row r="1695" spans="1:4">
-      <c r="A1695" s="2" t="s">
-        <v>3381</v>
+      <c r="A1695" t="s">
+        <v>3299</v>
+      </c>
+      <c r="B1695" t="s">
+        <v>3300</v>
+      </c>
+      <c r="C1695" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1695" t="s">
+        <v>3301</v>
       </c>
     </row>
     <row r="1696" spans="1:4">
-      <c r="A1696" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1696" t="s">
+        <v>3302</v>
+      </c>
+      <c r="B1696" t="s">
+        <v>3303</v>
+      </c>
+      <c r="C1696" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1696" t="s">
+        <v>3304</v>
       </c>
     </row>
     <row r="1697" spans="1:4">
       <c r="A1697" t="s">
-        <v>3382</v>
+        <v>3305</v>
       </c>
       <c r="B1697" t="s">
-        <v>3383</v>
+        <v>3306</v>
       </c>
       <c r="C1697" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1697" t="s">
-        <v>3384</v>
+        <v>3307</v>
+      </c>
+    </row>
+    <row r="1698" spans="1:4">
+      <c r="A1698" t="s">
+        <v>3308</v>
+      </c>
+      <c r="B1698" t="s">
+        <v>3309</v>
+      </c>
+      <c r="C1698" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1698" t="s">
+        <v>3310</v>
       </c>
     </row>
     <row r="1699" spans="1:4">
-      <c r="A1699" s="2" t="s">
-        <v>3385</v>
+      <c r="A1699" t="s">
+        <v>3311</v>
+      </c>
+      <c r="B1699" t="s">
+        <v>3312</v>
+      </c>
+      <c r="C1699" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1699" t="s">
+        <v>3313</v>
       </c>
     </row>
     <row r="1700" spans="1:4">
-      <c r="A1700" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1700" t="s">
+        <v>3314</v>
+      </c>
+      <c r="B1700" t="s">
+        <v>3315</v>
+      </c>
+      <c r="C1700" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1700" t="s">
+        <v>3316</v>
       </c>
     </row>
     <row r="1701" spans="1:4">
       <c r="A1701" t="s">
-        <v>3386</v>
+        <v>3317</v>
       </c>
       <c r="B1701" t="s">
-        <v>3387</v>
+        <v>3318</v>
       </c>
       <c r="C1701" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1701"/>
     </row>
     <row r="1702" spans="1:4">
       <c r="A1702" t="s">
-        <v>3388</v>
+        <v>3319</v>
       </c>
       <c r="B1702" t="s">
-        <v>3389</v>
+        <v>3320</v>
       </c>
       <c r="C1702" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1702"/>
     </row>
     <row r="1703" spans="1:4">
       <c r="A1703" t="s">
-        <v>3391</v>
+        <v>3321</v>
       </c>
       <c r="B1703" t="s">
-        <v>3392</v>
+        <v>3322</v>
       </c>
       <c r="C1703" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1703"/>
     </row>
     <row r="1704" spans="1:4">
       <c r="A1704" t="s">
-        <v>3393</v>
+        <v>3323</v>
       </c>
       <c r="B1704" t="s">
-        <v>3394</v>
+        <v>3324</v>
       </c>
       <c r="C1704" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1704"/>
     </row>
     <row r="1705" spans="1:4">
       <c r="A1705" t="s">
-        <v>3396</v>
+        <v>3325</v>
       </c>
       <c r="B1705" t="s">
-        <v>3397</v>
+        <v>3326</v>
       </c>
       <c r="C1705" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1705"/>
     </row>
     <row r="1706" spans="1:4">
       <c r="A1706" t="s">
-        <v>3399</v>
+        <v>3327</v>
       </c>
       <c r="B1706" t="s">
-        <v>3400</v>
+        <v>3328</v>
       </c>
       <c r="C1706" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1706"/>
     </row>
     <row r="1707" spans="1:4">
       <c r="A1707" t="s">
-        <v>3401</v>
+        <v>3329</v>
       </c>
       <c r="B1707" t="s">
-        <v>3402</v>
+        <v>3330</v>
       </c>
       <c r="C1707" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1707"/>
     </row>
     <row r="1708" spans="1:4">
       <c r="A1708" t="s">
-        <v>3403</v>
+        <v>3331</v>
       </c>
       <c r="B1708" t="s">
-        <v>3404</v>
+        <v>3332</v>
       </c>
       <c r="C1708" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1708"/>
     </row>
     <row r="1709" spans="1:4">
       <c r="A1709" t="s">
-        <v>3405</v>
+        <v>3333</v>
       </c>
       <c r="B1709" t="s">
-        <v>3406</v>
+        <v>3334</v>
       </c>
       <c r="C1709" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1709"/>
     </row>
     <row r="1710" spans="1:4">
       <c r="A1710" t="s">
-        <v>3407</v>
+        <v>3335</v>
       </c>
       <c r="B1710" t="s">
-        <v>3408</v>
+        <v>3336</v>
       </c>
       <c r="C1710" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1710"/>
     </row>
     <row r="1711" spans="1:4">
       <c r="A1711" t="s">
-        <v>3409</v>
+        <v>3337</v>
       </c>
       <c r="B1711" t="s">
-        <v>3410</v>
+        <v>3338</v>
       </c>
       <c r="C1711" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1711"/>
     </row>
     <row r="1712" spans="1:4">
       <c r="A1712" t="s">
-        <v>3411</v>
+        <v>3339</v>
       </c>
       <c r="B1712" t="s">
-        <v>3412</v>
+        <v>3340</v>
       </c>
       <c r="C1712" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1712" t="s">
-        <v>765</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="1713" spans="1:4">
       <c r="A1713" t="s">
-        <v>3413</v>
+        <v>3342</v>
       </c>
       <c r="B1713" t="s">
-        <v>3414</v>
+        <v>3343</v>
       </c>
       <c r="C1713" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1713"/>
     </row>
     <row r="1714" spans="1:4">
       <c r="A1714" t="s">
-        <v>3416</v>
+        <v>3344</v>
       </c>
       <c r="B1714" t="s">
-        <v>3417</v>
+        <v>3345</v>
       </c>
       <c r="C1714" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1714" t="s">
-        <v>3418</v>
+        <v>67</v>
       </c>
     </row>
     <row r="1715" spans="1:4">
       <c r="A1715" t="s">
-        <v>3419</v>
+        <v>3346</v>
       </c>
       <c r="B1715" t="s">
-        <v>3420</v>
+        <v>3347</v>
       </c>
       <c r="C1715" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1715" t="s">
-        <v>3421</v>
+        <v>524</v>
       </c>
     </row>
     <row r="1716" spans="1:4">
       <c r="A1716" t="s">
-        <v>3422</v>
+        <v>3348</v>
       </c>
       <c r="B1716" t="s">
-        <v>3423</v>
+        <v>3349</v>
       </c>
       <c r="C1716" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1716" t="s">
-        <v>3424</v>
+        <v>67</v>
       </c>
     </row>
     <row r="1717" spans="1:4">
       <c r="A1717" t="s">
-        <v>3425</v>
+        <v>3350</v>
       </c>
       <c r="B1717" t="s">
-        <v>3426</v>
+        <v>3351</v>
       </c>
       <c r="C1717" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1717" t="s">
-        <v>3427</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="1718" spans="1:4">
       <c r="A1718" t="s">
-        <v>3428</v>
+        <v>3353</v>
       </c>
       <c r="B1718" t="s">
-        <v>3429</v>
+        <v>3354</v>
       </c>
       <c r="C1718" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1718"/>
+        <v>24</v>
+      </c>
+      <c r="D1718" t="s">
+        <v>168</v>
+      </c>
     </row>
     <row r="1719" spans="1:4">
       <c r="A1719" t="s">
-        <v>3430</v>
+        <v>3355</v>
       </c>
       <c r="B1719" t="s">
-        <v>3431</v>
+        <v>3356</v>
       </c>
       <c r="C1719" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1719"/>
+        <v>24</v>
+      </c>
+      <c r="D1719" t="s">
+        <v>3357</v>
+      </c>
     </row>
     <row r="1720" spans="1:4">
       <c r="A1720" t="s">
-        <v>3432</v>
+        <v>3358</v>
       </c>
       <c r="B1720" t="s">
-        <v>3431</v>
+        <v>3359</v>
       </c>
       <c r="C1720" t="s">
-        <v>12</v>
-[...13 lines deleted...]
-      <c r="D1721"/>
+        <v>24</v>
+      </c>
+      <c r="D1720" t="s">
+        <v>1430</v>
+      </c>
     </row>
     <row r="1722" spans="1:4">
-      <c r="A1722" t="s">
-[...8 lines deleted...]
-      <c r="D1722"/>
+      <c r="A1722" s="2" t="s">
+        <v>3360</v>
+      </c>
     </row>
     <row r="1723" spans="1:4">
-      <c r="A1723" t="s">
-[...8 lines deleted...]
-      <c r="D1723"/>
+      <c r="A1723" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1723" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1723" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1723" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="1724" spans="1:4">
       <c r="A1724" t="s">
-        <v>3439</v>
+        <v>3361</v>
       </c>
       <c r="B1724" t="s">
-        <v>3440</v>
+        <v>3362</v>
       </c>
       <c r="C1724" t="s">
-        <v>12</v>
-[...13 lines deleted...]
-      <c r="D1725"/>
+        <v>11</v>
+      </c>
+      <c r="D1724" t="s">
+        <v>3363</v>
+      </c>
     </row>
     <row r="1726" spans="1:4">
-      <c r="A1726" t="s">
-[...8 lines deleted...]
-      <c r="D1726"/>
+      <c r="A1726" s="2" t="s">
+        <v>3364</v>
+      </c>
     </row>
     <row r="1727" spans="1:4">
-      <c r="A1727" t="s">
-[...8 lines deleted...]
-      <c r="D1727"/>
+      <c r="A1727" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1727" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1727" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1727" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="1728" spans="1:4">
       <c r="A1728" t="s">
-        <v>3447</v>
+        <v>3365</v>
       </c>
       <c r="B1728" t="s">
-        <v>3448</v>
+        <v>3366</v>
       </c>
       <c r="C1728" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1728"/>
+        <v>11</v>
+      </c>
+      <c r="D1728" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="1729" spans="1:4">
       <c r="A1729" t="s">
-        <v>3449</v>
+        <v>3367</v>
       </c>
       <c r="B1729" t="s">
-        <v>3450</v>
+        <v>3368</v>
       </c>
       <c r="C1729" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1729"/>
+        <v>11</v>
+      </c>
+      <c r="D1729" t="s">
+        <v>3369</v>
+      </c>
     </row>
     <row r="1730" spans="1:4">
       <c r="A1730" t="s">
-        <v>3451</v>
+        <v>3370</v>
       </c>
       <c r="B1730" t="s">
-        <v>3452</v>
+        <v>3371</v>
       </c>
       <c r="C1730" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1730"/>
+        <v>24</v>
+      </c>
+      <c r="D1730" t="s">
+        <v>2616</v>
+      </c>
     </row>
     <row r="1731" spans="1:4">
       <c r="A1731" t="s">
-        <v>3453</v>
+        <v>3372</v>
       </c>
       <c r="B1731" t="s">
-        <v>3454</v>
+        <v>3373</v>
       </c>
       <c r="C1731" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1731"/>
+        <v>24</v>
+      </c>
+      <c r="D1731" t="s">
+        <v>3374</v>
+      </c>
     </row>
     <row r="1732" spans="1:4">
       <c r="A1732" t="s">
-        <v>3455</v>
+        <v>3375</v>
       </c>
       <c r="B1732" t="s">
-        <v>3456</v>
+        <v>3376</v>
       </c>
       <c r="C1732" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1732"/>
+        <v>24</v>
+      </c>
+      <c r="D1732" t="s">
+        <v>3377</v>
+      </c>
     </row>
     <row r="1733" spans="1:4">
       <c r="A1733" t="s">
-        <v>3457</v>
+        <v>3378</v>
       </c>
       <c r="B1733" t="s">
-        <v>3458</v>
+        <v>3379</v>
       </c>
       <c r="C1733" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1733"/>
+        <v>24</v>
+      </c>
+      <c r="D1733" t="s">
+        <v>573</v>
+      </c>
     </row>
     <row r="1734" spans="1:4">
       <c r="A1734" t="s">
-        <v>3459</v>
+        <v>3380</v>
       </c>
       <c r="B1734" t="s">
-        <v>3460</v>
+        <v>3381</v>
       </c>
       <c r="C1734" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1734"/>
+        <v>24</v>
+      </c>
+      <c r="D1734" t="s">
+        <v>303</v>
+      </c>
     </row>
     <row r="1735" spans="1:4">
       <c r="A1735" t="s">
-        <v>3461</v>
+        <v>3382</v>
       </c>
       <c r="B1735" t="s">
-        <v>3462</v>
+        <v>3383</v>
       </c>
       <c r="C1735" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1735"/>
+        <v>11</v>
+      </c>
+      <c r="D1735" t="s">
+        <v>2837</v>
+      </c>
     </row>
     <row r="1736" spans="1:4">
       <c r="A1736" t="s">
-        <v>3463</v>
+        <v>3384</v>
       </c>
       <c r="B1736" t="s">
-        <v>3464</v>
+        <v>3385</v>
       </c>
       <c r="C1736" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1736"/>
+        <v>24</v>
+      </c>
+      <c r="D1736" t="s">
+        <v>306</v>
+      </c>
     </row>
     <row r="1737" spans="1:4">
       <c r="A1737" t="s">
-        <v>3465</v>
+        <v>3386</v>
       </c>
       <c r="B1737" t="s">
-        <v>3466</v>
+        <v>3387</v>
       </c>
       <c r="C1737" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1737"/>
+        <v>24</v>
+      </c>
+      <c r="D1737" t="s">
+        <v>1461</v>
+      </c>
     </row>
     <row r="1738" spans="1:4">
       <c r="A1738" t="s">
-        <v>3467</v>
+        <v>3388</v>
       </c>
       <c r="B1738" t="s">
-        <v>3468</v>
+        <v>3389</v>
       </c>
       <c r="C1738" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1738"/>
+        <v>11</v>
+      </c>
+      <c r="D1738" t="s">
+        <v>716</v>
+      </c>
     </row>
     <row r="1739" spans="1:4">
       <c r="A1739" t="s">
-        <v>3469</v>
+        <v>3390</v>
       </c>
       <c r="B1739" t="s">
-        <v>3470</v>
+        <v>3391</v>
       </c>
       <c r="C1739" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1739"/>
+        <v>24</v>
+      </c>
+      <c r="D1739" t="s">
+        <v>764</v>
+      </c>
     </row>
     <row r="1740" spans="1:4">
       <c r="A1740" t="s">
-        <v>3471</v>
+        <v>3392</v>
       </c>
       <c r="B1740" t="s">
-        <v>3472</v>
+        <v>3393</v>
       </c>
       <c r="C1740" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1740"/>
     </row>
     <row r="1741" spans="1:4">
       <c r="A1741" t="s">
-        <v>3473</v>
+        <v>3394</v>
       </c>
       <c r="B1741" t="s">
-        <v>3474</v>
+        <v>3395</v>
       </c>
       <c r="C1741" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1741"/>
+        <v>24</v>
+      </c>
+      <c r="D1741" t="s">
+        <v>3396</v>
+      </c>
     </row>
     <row r="1742" spans="1:4">
       <c r="A1742" t="s">
-        <v>3475</v>
+        <v>3397</v>
       </c>
       <c r="B1742" t="s">
-        <v>3476</v>
+        <v>3398</v>
       </c>
       <c r="C1742" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1742"/>
     </row>
     <row r="1743" spans="1:4">
       <c r="A1743" t="s">
-        <v>3477</v>
+        <v>3399</v>
       </c>
       <c r="B1743" t="s">
-        <v>3478</v>
+        <v>3400</v>
       </c>
       <c r="C1743" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1743"/>
+        <v>24</v>
+      </c>
+      <c r="D1743" t="s">
+        <v>3401</v>
+      </c>
     </row>
     <row r="1744" spans="1:4">
       <c r="A1744" t="s">
-        <v>3479</v>
+        <v>3402</v>
       </c>
       <c r="B1744" t="s">
-        <v>3480</v>
+        <v>3403</v>
       </c>
       <c r="C1744" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1744"/>
+        <v>11</v>
+      </c>
+      <c r="D1744" t="s">
+        <v>3404</v>
+      </c>
     </row>
     <row r="1745" spans="1:4">
       <c r="A1745" t="s">
-        <v>3481</v>
+        <v>3405</v>
       </c>
       <c r="B1745" t="s">
-        <v>3482</v>
+        <v>3406</v>
       </c>
       <c r="C1745" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1745"/>
     </row>
     <row r="1746" spans="1:4">
       <c r="A1746" t="s">
-        <v>3483</v>
+        <v>3407</v>
       </c>
       <c r="B1746" t="s">
-        <v>3484</v>
+        <v>3408</v>
       </c>
       <c r="C1746" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1746"/>
     </row>
     <row r="1747" spans="1:4">
       <c r="A1747" t="s">
-        <v>3485</v>
+        <v>3409</v>
       </c>
       <c r="B1747" t="s">
-        <v>3486</v>
+        <v>3408</v>
       </c>
       <c r="C1747" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1747"/>
     </row>
     <row r="1748" spans="1:4">
       <c r="A1748" t="s">
-        <v>3487</v>
+        <v>3410</v>
       </c>
       <c r="B1748" t="s">
-        <v>3488</v>
+        <v>3411</v>
       </c>
       <c r="C1748" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1748"/>
     </row>
     <row r="1749" spans="1:4">
       <c r="A1749" t="s">
-        <v>3490</v>
+        <v>3412</v>
       </c>
       <c r="B1749" t="s">
-        <v>3491</v>
+        <v>3413</v>
       </c>
       <c r="C1749" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1749"/>
     </row>
     <row r="1750" spans="1:4">
       <c r="A1750" t="s">
-        <v>3492</v>
+        <v>3414</v>
       </c>
       <c r="B1750" t="s">
-        <v>3493</v>
+        <v>3415</v>
       </c>
       <c r="C1750" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1750"/>
     </row>
     <row r="1751" spans="1:4">
       <c r="A1751" t="s">
-        <v>3494</v>
+        <v>3416</v>
       </c>
       <c r="B1751" t="s">
-        <v>3495</v>
+        <v>3417</v>
       </c>
       <c r="C1751" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1751"/>
     </row>
     <row r="1752" spans="1:4">
       <c r="A1752" t="s">
-        <v>3496</v>
+        <v>3418</v>
       </c>
       <c r="B1752" t="s">
-        <v>3497</v>
+        <v>3419</v>
       </c>
       <c r="C1752" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1752"/>
     </row>
     <row r="1753" spans="1:4">
       <c r="A1753" t="s">
-        <v>3499</v>
+        <v>3420</v>
       </c>
       <c r="B1753" t="s">
-        <v>3500</v>
+        <v>3421</v>
       </c>
       <c r="C1753" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1753"/>
     </row>
     <row r="1754" spans="1:4">
       <c r="A1754" t="s">
-        <v>3501</v>
+        <v>3422</v>
       </c>
       <c r="B1754" t="s">
-        <v>3502</v>
+        <v>3423</v>
       </c>
       <c r="C1754" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1754"/>
     </row>
     <row r="1755" spans="1:4">
       <c r="A1755" t="s">
-        <v>3503</v>
+        <v>3424</v>
       </c>
       <c r="B1755" t="s">
-        <v>3504</v>
+        <v>3425</v>
       </c>
       <c r="C1755" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1755"/>
     </row>
     <row r="1756" spans="1:4">
       <c r="A1756" t="s">
-        <v>3505</v>
+        <v>3426</v>
       </c>
       <c r="B1756" t="s">
-        <v>3506</v>
+        <v>3427</v>
       </c>
       <c r="C1756" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1756"/>
     </row>
     <row r="1757" spans="1:4">
       <c r="A1757" t="s">
-        <v>3507</v>
+        <v>3428</v>
       </c>
       <c r="B1757" t="s">
-        <v>3508</v>
+        <v>3429</v>
       </c>
       <c r="C1757" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1757"/>
     </row>
     <row r="1758" spans="1:4">
       <c r="A1758" t="s">
-        <v>3509</v>
+        <v>3430</v>
       </c>
       <c r="B1758" t="s">
-        <v>3510</v>
+        <v>3431</v>
       </c>
       <c r="C1758" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1758"/>
     </row>
     <row r="1759" spans="1:4">
       <c r="A1759" t="s">
-        <v>3511</v>
+        <v>3432</v>
       </c>
       <c r="B1759" t="s">
-        <v>3512</v>
+        <v>3433</v>
       </c>
       <c r="C1759" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1759"/>
     </row>
     <row r="1760" spans="1:4">
       <c r="A1760" t="s">
-        <v>3514</v>
+        <v>3434</v>
       </c>
       <c r="B1760" t="s">
-        <v>3515</v>
+        <v>3435</v>
       </c>
       <c r="C1760" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1760"/>
+    </row>
+    <row r="1761" spans="1:4">
+      <c r="A1761" t="s">
+        <v>3436</v>
+      </c>
+      <c r="B1761" t="s">
+        <v>3437</v>
+      </c>
+      <c r="C1761" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1761"/>
     </row>
     <row r="1762" spans="1:4">
-      <c r="A1762" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1762" t="s">
+        <v>3438</v>
+      </c>
+      <c r="B1762" t="s">
+        <v>3439</v>
+      </c>
+      <c r="C1762" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1762"/>
     </row>
     <row r="1763" spans="1:4">
-      <c r="A1763" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1763" t="s">
+        <v>3440</v>
+      </c>
+      <c r="B1763" t="s">
+        <v>3441</v>
+      </c>
+      <c r="C1763" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1763"/>
     </row>
     <row r="1764" spans="1:4">
       <c r="A1764" t="s">
-        <v>3517</v>
+        <v>3442</v>
       </c>
       <c r="B1764" t="s">
-        <v>3518</v>
+        <v>3443</v>
       </c>
       <c r="C1764" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1764"/>
     </row>
     <row r="1765" spans="1:4">
       <c r="A1765" t="s">
-        <v>3520</v>
+        <v>3444</v>
       </c>
       <c r="B1765" t="s">
-        <v>3521</v>
+        <v>3445</v>
       </c>
       <c r="C1765" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1765"/>
     </row>
     <row r="1766" spans="1:4">
       <c r="A1766" t="s">
-        <v>3522</v>
+        <v>3446</v>
       </c>
       <c r="B1766" t="s">
-        <v>3523</v>
+        <v>3447</v>
       </c>
       <c r="C1766" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1766"/>
     </row>
     <row r="1767" spans="1:4">
       <c r="A1767" t="s">
-        <v>3524</v>
+        <v>3448</v>
       </c>
       <c r="B1767" t="s">
-        <v>3525</v>
+        <v>3449</v>
       </c>
       <c r="C1767" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1767"/>
     </row>
     <row r="1768" spans="1:4">
       <c r="A1768" t="s">
-        <v>3526</v>
+        <v>3450</v>
       </c>
       <c r="B1768" t="s">
-        <v>3527</v>
+        <v>3451</v>
       </c>
       <c r="C1768" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1768"/>
     </row>
     <row r="1769" spans="1:4">
       <c r="A1769" t="s">
-        <v>3528</v>
+        <v>3452</v>
       </c>
       <c r="B1769" t="s">
-        <v>3529</v>
+        <v>3453</v>
       </c>
       <c r="C1769" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1769"/>
     </row>
     <row r="1770" spans="1:4">
       <c r="A1770" t="s">
-        <v>3531</v>
+        <v>3454</v>
       </c>
       <c r="B1770" t="s">
-        <v>3532</v>
+        <v>3455</v>
       </c>
       <c r="C1770" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1770"/>
     </row>
     <row r="1771" spans="1:4">
       <c r="A1771" t="s">
-        <v>3534</v>
+        <v>3456</v>
       </c>
       <c r="B1771" t="s">
-        <v>3535</v>
+        <v>3457</v>
       </c>
       <c r="C1771" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1771"/>
     </row>
     <row r="1772" spans="1:4">
       <c r="A1772" t="s">
-        <v>3536</v>
+        <v>3458</v>
       </c>
       <c r="B1772" t="s">
-        <v>3537</v>
+        <v>3459</v>
       </c>
       <c r="C1772" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1772"/>
     </row>
     <row r="1773" spans="1:4">
       <c r="A1773" t="s">
-        <v>3539</v>
+        <v>3460</v>
       </c>
       <c r="B1773" t="s">
-        <v>3540</v>
+        <v>3461</v>
       </c>
       <c r="C1773" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1773"/>
     </row>
     <row r="1774" spans="1:4">
       <c r="A1774" t="s">
-        <v>3541</v>
+        <v>3462</v>
       </c>
       <c r="B1774" t="s">
-        <v>3542</v>
+        <v>3463</v>
       </c>
       <c r="C1774" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1774"/>
     </row>
     <row r="1775" spans="1:4">
       <c r="A1775" t="s">
-        <v>3543</v>
+        <v>3464</v>
       </c>
       <c r="B1775" t="s">
-        <v>3544</v>
+        <v>3465</v>
       </c>
       <c r="C1775" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1775" t="s">
-        <v>2213</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="1776" spans="1:4">
       <c r="A1776" t="s">
-        <v>3545</v>
+        <v>3467</v>
       </c>
       <c r="B1776" t="s">
-        <v>3546</v>
+        <v>3468</v>
       </c>
       <c r="C1776" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1776"/>
     </row>
     <row r="1777" spans="1:4">
       <c r="A1777" t="s">
-        <v>3548</v>
+        <v>3469</v>
       </c>
       <c r="B1777" t="s">
-        <v>3549</v>
+        <v>3470</v>
       </c>
       <c r="C1777" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1777" t="s">
-        <v>3550</v>
-      </c>
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="1778" spans="1:4">
+      <c r="A1778" t="s">
+        <v>3471</v>
+      </c>
+      <c r="B1778" t="s">
+        <v>3472</v>
+      </c>
+      <c r="C1778" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1778"/>
     </row>
     <row r="1779" spans="1:4">
-      <c r="A1779" s="2" t="s">
-        <v>3551</v>
+      <c r="A1779" t="s">
+        <v>3473</v>
+      </c>
+      <c r="B1779" t="s">
+        <v>3474</v>
+      </c>
+      <c r="C1779" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1779" t="s">
+        <v>3475</v>
       </c>
     </row>
     <row r="1780" spans="1:4">
-      <c r="A1780" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1780" t="s">
+        <v>3476</v>
+      </c>
+      <c r="B1780" t="s">
+        <v>3477</v>
+      </c>
+      <c r="C1780" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1780"/>
     </row>
     <row r="1781" spans="1:4">
       <c r="A1781" t="s">
-        <v>3552</v>
+        <v>3478</v>
       </c>
       <c r="B1781" t="s">
-        <v>3553</v>
+        <v>3479</v>
       </c>
       <c r="C1781" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1781"/>
     </row>
     <row r="1782" spans="1:4">
       <c r="A1782" t="s">
-        <v>3555</v>
+        <v>3480</v>
       </c>
       <c r="B1782" t="s">
-        <v>3556</v>
+        <v>3481</v>
       </c>
       <c r="C1782" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1782" t="s">
-        <v>3012</v>
+        <v>931</v>
       </c>
     </row>
     <row r="1783" spans="1:4">
       <c r="A1783" t="s">
-        <v>3557</v>
+        <v>3482</v>
       </c>
       <c r="B1783" t="s">
-        <v>3558</v>
+        <v>3483</v>
       </c>
       <c r="C1783" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1783" t="s">
-        <v>3012</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="1784" spans="1:4">
       <c r="A1784" t="s">
-        <v>3559</v>
+        <v>3484</v>
       </c>
       <c r="B1784" t="s">
-        <v>3560</v>
+        <v>3485</v>
       </c>
       <c r="C1784" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1784"/>
     </row>
     <row r="1785" spans="1:4">
       <c r="A1785" t="s">
-        <v>3562</v>
+        <v>3486</v>
       </c>
       <c r="B1785" t="s">
-        <v>3563</v>
+        <v>3487</v>
       </c>
       <c r="C1785" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1785"/>
     </row>
     <row r="1786" spans="1:4">
       <c r="A1786" t="s">
-        <v>3565</v>
+        <v>3488</v>
       </c>
       <c r="B1786" t="s">
-        <v>3566</v>
+        <v>3489</v>
       </c>
       <c r="C1786" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1786" t="s">
-        <v>349</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="1787" spans="1:4">
       <c r="A1787" t="s">
-        <v>3567</v>
+        <v>3491</v>
       </c>
       <c r="B1787" t="s">
-        <v>3568</v>
+        <v>3492</v>
       </c>
       <c r="C1787" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1787" t="s">
-        <v>3569</v>
-[...13 lines deleted...]
-        <v>3564</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="1789" spans="1:4">
-      <c r="A1789" t="s">
-[...9 lines deleted...]
-        <v>349</v>
+      <c r="A1789" s="2" t="s">
+        <v>3493</v>
       </c>
     </row>
     <row r="1790" spans="1:4">
-      <c r="A1790" t="s">
-[...9 lines deleted...]
-        <v>3576</v>
+      <c r="A1790" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1790" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1790" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1790" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1791" spans="1:4">
       <c r="A1791" t="s">
-        <v>3577</v>
+        <v>3494</v>
       </c>
       <c r="B1791" t="s">
-        <v>3578</v>
+        <v>3495</v>
       </c>
       <c r="C1791" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1791" t="s">
-        <v>3579</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="1792" spans="1:4">
       <c r="A1792" t="s">
-        <v>3580</v>
+        <v>3497</v>
       </c>
       <c r="B1792" t="s">
-        <v>3581</v>
+        <v>3498</v>
       </c>
       <c r="C1792" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1792"/>
+        <v>24</v>
+      </c>
+      <c r="D1792" t="s">
+        <v>1657</v>
+      </c>
     </row>
     <row r="1793" spans="1:4">
       <c r="A1793" t="s">
-        <v>3582</v>
+        <v>3499</v>
       </c>
       <c r="B1793" t="s">
-        <v>3583</v>
+        <v>3500</v>
       </c>
       <c r="C1793" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1793"/>
+        <v>24</v>
+      </c>
+      <c r="D1793" t="s">
+        <v>1436</v>
+      </c>
     </row>
     <row r="1794" spans="1:4">
       <c r="A1794" t="s">
-        <v>3584</v>
+        <v>3501</v>
       </c>
       <c r="B1794" t="s">
-        <v>3585</v>
+        <v>3502</v>
       </c>
       <c r="C1794" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1794"/>
+        <v>24</v>
+      </c>
+      <c r="D1794" t="s">
+        <v>3404</v>
+      </c>
     </row>
     <row r="1795" spans="1:4">
       <c r="A1795" t="s">
-        <v>3586</v>
+        <v>3503</v>
       </c>
       <c r="B1795" t="s">
-        <v>3587</v>
+        <v>3504</v>
       </c>
       <c r="C1795" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1795"/>
+        <v>11</v>
+      </c>
+      <c r="D1795" t="s">
+        <v>1060</v>
+      </c>
     </row>
     <row r="1796" spans="1:4">
       <c r="A1796" t="s">
-        <v>3588</v>
+        <v>3505</v>
       </c>
       <c r="B1796" t="s">
-        <v>3589</v>
+        <v>3506</v>
       </c>
       <c r="C1796" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1796" t="s">
-        <v>2329</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="1797" spans="1:4">
       <c r="A1797" t="s">
-        <v>3590</v>
+        <v>3508</v>
       </c>
       <c r="B1797" t="s">
-        <v>3591</v>
+        <v>3509</v>
       </c>
       <c r="C1797" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1797"/>
+        <v>24</v>
+      </c>
+      <c r="D1797" t="s">
+        <v>3510</v>
+      </c>
     </row>
     <row r="1798" spans="1:4">
       <c r="A1798" t="s">
-        <v>3592</v>
+        <v>3511</v>
       </c>
       <c r="B1798" t="s">
-        <v>3593</v>
+        <v>3512</v>
       </c>
       <c r="C1798" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1798"/>
+        <v>11</v>
+      </c>
+      <c r="D1798" t="s">
+        <v>665</v>
+      </c>
     </row>
     <row r="1799" spans="1:4">
       <c r="A1799" t="s">
-        <v>3594</v>
+        <v>3513</v>
       </c>
       <c r="B1799" t="s">
-        <v>3595</v>
+        <v>3514</v>
       </c>
       <c r="C1799" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1799"/>
+        <v>11</v>
+      </c>
+      <c r="D1799" t="s">
+        <v>3515</v>
+      </c>
     </row>
     <row r="1800" spans="1:4">
       <c r="A1800" t="s">
-        <v>3596</v>
+        <v>3516</v>
       </c>
       <c r="B1800" t="s">
-        <v>3597</v>
+        <v>3517</v>
       </c>
       <c r="C1800" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1800"/>
+        <v>11</v>
+      </c>
+      <c r="D1800" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="1801" spans="1:4">
       <c r="A1801" t="s">
-        <v>3598</v>
+        <v>3518</v>
       </c>
       <c r="B1801" t="s">
-        <v>3599</v>
+        <v>3519</v>
       </c>
       <c r="C1801" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1801" t="s">
-        <v>3600</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="1802" spans="1:4">
       <c r="A1802" t="s">
-        <v>3601</v>
+        <v>3520</v>
       </c>
       <c r="B1802" t="s">
-        <v>3602</v>
+        <v>3521</v>
       </c>
       <c r="C1802" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1802"/>
+        <v>24</v>
+      </c>
+      <c r="D1802" t="s">
+        <v>2198</v>
+      </c>
     </row>
     <row r="1803" spans="1:4">
       <c r="A1803" t="s">
-        <v>3603</v>
+        <v>3522</v>
       </c>
       <c r="B1803" t="s">
-        <v>3604</v>
+        <v>3523</v>
       </c>
       <c r="C1803" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1803"/>
+        <v>24</v>
+      </c>
+      <c r="D1803" t="s">
+        <v>3524</v>
+      </c>
     </row>
     <row r="1804" spans="1:4">
       <c r="A1804" t="s">
-        <v>3605</v>
+        <v>3525</v>
       </c>
       <c r="B1804" t="s">
-        <v>3606</v>
+        <v>3526</v>
       </c>
       <c r="C1804" t="s">
-        <v>12</v>
-[...13 lines deleted...]
-      <c r="D1805"/>
+        <v>24</v>
+      </c>
+      <c r="D1804" t="s">
+        <v>3527</v>
+      </c>
     </row>
     <row r="1806" spans="1:4">
-      <c r="A1806" t="s">
-[...8 lines deleted...]
-      <c r="D1806"/>
+      <c r="A1806" s="2" t="s">
+        <v>3528</v>
+      </c>
     </row>
     <row r="1807" spans="1:4">
-      <c r="A1807" t="s">
-[...9 lines deleted...]
-        <v>3613</v>
+      <c r="A1807" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1807" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1807" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1807" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1808" spans="1:4">
       <c r="A1808" t="s">
-        <v>3614</v>
+        <v>3529</v>
       </c>
       <c r="B1808" t="s">
-        <v>3615</v>
+        <v>3530</v>
       </c>
       <c r="C1808" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1808"/>
+        <v>11</v>
+      </c>
+      <c r="D1808" t="s">
+        <v>3531</v>
+      </c>
     </row>
     <row r="1809" spans="1:4">
       <c r="A1809" t="s">
-        <v>3616</v>
+        <v>3532</v>
       </c>
       <c r="B1809" t="s">
-        <v>3617</v>
+        <v>3533</v>
       </c>
       <c r="C1809" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1809"/>
+        <v>11</v>
+      </c>
+      <c r="D1809" t="s">
+        <v>2989</v>
+      </c>
     </row>
     <row r="1810" spans="1:4">
       <c r="A1810" t="s">
-        <v>3618</v>
+        <v>3534</v>
       </c>
       <c r="B1810" t="s">
-        <v>3619</v>
+        <v>3535</v>
       </c>
       <c r="C1810" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1810"/>
+        <v>11</v>
+      </c>
+      <c r="D1810" t="s">
+        <v>2989</v>
+      </c>
     </row>
     <row r="1811" spans="1:4">
       <c r="A1811" t="s">
-        <v>3620</v>
+        <v>3536</v>
       </c>
       <c r="B1811" t="s">
-        <v>3621</v>
+        <v>3537</v>
       </c>
       <c r="C1811" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1811"/>
+        <v>11</v>
+      </c>
+      <c r="D1811" t="s">
+        <v>3538</v>
+      </c>
     </row>
     <row r="1812" spans="1:4">
       <c r="A1812" t="s">
-        <v>3622</v>
+        <v>3539</v>
       </c>
       <c r="B1812" t="s">
-        <v>3623</v>
+        <v>3540</v>
       </c>
       <c r="C1812" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1812"/>
+        <v>11</v>
+      </c>
+      <c r="D1812" t="s">
+        <v>3541</v>
+      </c>
     </row>
     <row r="1813" spans="1:4">
       <c r="A1813" t="s">
-        <v>3624</v>
+        <v>3542</v>
       </c>
       <c r="B1813" t="s">
-        <v>3625</v>
+        <v>3543</v>
       </c>
       <c r="C1813" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1813"/>
+        <v>24</v>
+      </c>
+      <c r="D1813" t="s">
+        <v>358</v>
+      </c>
     </row>
     <row r="1814" spans="1:4">
       <c r="A1814" t="s">
-        <v>3626</v>
+        <v>3544</v>
       </c>
       <c r="B1814" t="s">
-        <v>3627</v>
+        <v>3545</v>
       </c>
       <c r="C1814" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1814"/>
+        <v>11</v>
+      </c>
+      <c r="D1814" t="s">
+        <v>3546</v>
+      </c>
     </row>
     <row r="1815" spans="1:4">
       <c r="A1815" t="s">
-        <v>3628</v>
+        <v>3547</v>
       </c>
       <c r="B1815" t="s">
-        <v>3629</v>
+        <v>3548</v>
       </c>
       <c r="C1815" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1815" t="s">
-        <v>3630</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="1816" spans="1:4">
       <c r="A1816" t="s">
-        <v>3631</v>
+        <v>3549</v>
       </c>
       <c r="B1816" t="s">
-        <v>3632</v>
+        <v>3550</v>
       </c>
       <c r="C1816" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1816" t="s">
-        <v>657</v>
+        <v>358</v>
       </c>
     </row>
     <row r="1817" spans="1:4">
       <c r="A1817" t="s">
-        <v>3633</v>
+        <v>3551</v>
       </c>
       <c r="B1817" t="s">
-        <v>3634</v>
+        <v>3552</v>
       </c>
       <c r="C1817" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1817" t="s">
-        <v>2975</v>
+        <v>3553</v>
+      </c>
+    </row>
+    <row r="1818" spans="1:4">
+      <c r="A1818" t="s">
+        <v>3554</v>
+      </c>
+      <c r="B1818" t="s">
+        <v>3555</v>
+      </c>
+      <c r="C1818" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1818" t="s">
+        <v>3556</v>
       </c>
     </row>
     <row r="1819" spans="1:4">
-      <c r="A1819" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1819" t="s">
+        <v>3557</v>
+      </c>
+      <c r="B1819" t="s">
+        <v>3558</v>
+      </c>
+      <c r="C1819" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1819"/>
     </row>
     <row r="1820" spans="1:4">
-      <c r="A1820" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1820" t="s">
+        <v>3559</v>
+      </c>
+      <c r="B1820" t="s">
+        <v>3560</v>
+      </c>
+      <c r="C1820" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1820"/>
     </row>
     <row r="1821" spans="1:4">
       <c r="A1821" t="s">
-        <v>3636</v>
+        <v>3561</v>
       </c>
       <c r="B1821" t="s">
-        <v>3637</v>
+        <v>3562</v>
       </c>
       <c r="C1821" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1821"/>
     </row>
     <row r="1822" spans="1:4">
       <c r="A1822" t="s">
-        <v>3638</v>
+        <v>3563</v>
       </c>
       <c r="B1822" t="s">
-        <v>3639</v>
+        <v>3564</v>
       </c>
       <c r="C1822" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1822"/>
     </row>
     <row r="1823" spans="1:4">
       <c r="A1823" t="s">
-        <v>3640</v>
+        <v>3565</v>
       </c>
       <c r="B1823" t="s">
-        <v>3641</v>
+        <v>3566</v>
       </c>
       <c r="C1823" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1823"/>
+        <v>24</v>
+      </c>
+      <c r="D1823" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="1824" spans="1:4">
+      <c r="A1824" t="s">
+        <v>3567</v>
+      </c>
+      <c r="B1824" t="s">
+        <v>3568</v>
+      </c>
+      <c r="C1824" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1824"/>
     </row>
     <row r="1825" spans="1:4">
-      <c r="A1825" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1825" t="s">
+        <v>3569</v>
+      </c>
+      <c r="B1825" t="s">
+        <v>3570</v>
+      </c>
+      <c r="C1825" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1825"/>
     </row>
     <row r="1826" spans="1:4">
-      <c r="A1826" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1826" t="s">
+        <v>3571</v>
+      </c>
+      <c r="B1826" t="s">
+        <v>3572</v>
+      </c>
+      <c r="C1826" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1826"/>
     </row>
     <row r="1827" spans="1:4">
       <c r="A1827" t="s">
-        <v>3643</v>
+        <v>3573</v>
       </c>
       <c r="B1827" t="s">
-        <v>3644</v>
+        <v>3574</v>
       </c>
       <c r="C1827" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1827"/>
     </row>
     <row r="1828" spans="1:4">
       <c r="A1828" t="s">
-        <v>3646</v>
+        <v>3575</v>
       </c>
       <c r="B1828" t="s">
-        <v>3647</v>
+        <v>3576</v>
       </c>
       <c r="C1828" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1828" t="s">
-        <v>3648</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="1829" spans="1:4">
       <c r="A1829" t="s">
-        <v>3649</v>
+        <v>3578</v>
       </c>
       <c r="B1829" t="s">
-        <v>3650</v>
+        <v>3579</v>
       </c>
       <c r="C1829" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1829"/>
     </row>
     <row r="1830" spans="1:4">
       <c r="A1830" t="s">
-        <v>3651</v>
+        <v>3580</v>
       </c>
       <c r="B1830" t="s">
-        <v>3652</v>
+        <v>3581</v>
       </c>
       <c r="C1830" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1830"/>
+    </row>
+    <row r="1831" spans="1:4">
+      <c r="A1831" t="s">
+        <v>3582</v>
+      </c>
+      <c r="B1831" t="s">
+        <v>3583</v>
+      </c>
+      <c r="C1831" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1831"/>
     </row>
     <row r="1832" spans="1:4">
-      <c r="A1832" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1832" t="s">
+        <v>3584</v>
+      </c>
+      <c r="B1832" t="s">
+        <v>3585</v>
+      </c>
+      <c r="C1832" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1832"/>
     </row>
     <row r="1833" spans="1:4">
-      <c r="A1833" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1833" t="s">
+        <v>3586</v>
+      </c>
+      <c r="B1833" t="s">
+        <v>3587</v>
+      </c>
+      <c r="C1833" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1833"/>
     </row>
     <row r="1834" spans="1:4">
       <c r="A1834" t="s">
-        <v>3655</v>
+        <v>3588</v>
       </c>
       <c r="B1834" t="s">
-        <v>3656</v>
+        <v>3589</v>
       </c>
       <c r="C1834" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1834" t="s">
-        <v>3657</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="1835" spans="1:4">
       <c r="A1835" t="s">
-        <v>3658</v>
+        <v>3591</v>
       </c>
       <c r="B1835" t="s">
-        <v>3659</v>
+        <v>3592</v>
       </c>
       <c r="C1835" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1835"/>
+    </row>
+    <row r="1836" spans="1:4">
+      <c r="A1836" t="s">
+        <v>3593</v>
+      </c>
+      <c r="B1836" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1836" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1836"/>
     </row>
     <row r="1837" spans="1:4">
-      <c r="A1837" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1837" t="s">
+        <v>3595</v>
+      </c>
+      <c r="B1837" t="s">
+        <v>3596</v>
+      </c>
+      <c r="C1837" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1837"/>
     </row>
     <row r="1838" spans="1:4">
-      <c r="A1838" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1838" t="s">
+        <v>3597</v>
+      </c>
+      <c r="B1838" t="s">
+        <v>3598</v>
+      </c>
+      <c r="C1838" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1838"/>
     </row>
     <row r="1839" spans="1:4">
       <c r="A1839" t="s">
-        <v>3661</v>
+        <v>3599</v>
       </c>
       <c r="B1839" t="s">
-        <v>3662</v>
+        <v>3600</v>
       </c>
       <c r="C1839" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1839"/>
     </row>
     <row r="1840" spans="1:4">
       <c r="A1840" t="s">
-        <v>3663</v>
+        <v>3601</v>
       </c>
       <c r="B1840" t="s">
-        <v>3664</v>
+        <v>3602</v>
       </c>
       <c r="C1840" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1840"/>
     </row>
     <row r="1841" spans="1:4">
       <c r="A1841" t="s">
-        <v>3665</v>
+        <v>3603</v>
       </c>
       <c r="B1841" t="s">
-        <v>3666</v>
+        <v>3604</v>
       </c>
       <c r="C1841" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1841"/>
     </row>
     <row r="1842" spans="1:4">
       <c r="A1842" t="s">
-        <v>3668</v>
+        <v>3605</v>
       </c>
       <c r="B1842" t="s">
-        <v>3669</v>
+        <v>3606</v>
       </c>
       <c r="C1842" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1842" t="s">
-        <v>29</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="1843" spans="1:4">
       <c r="A1843" t="s">
-        <v>3670</v>
+        <v>3608</v>
       </c>
       <c r="B1843" t="s">
-        <v>3671</v>
+        <v>3609</v>
       </c>
       <c r="C1843" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1843" t="s">
-        <v>3672</v>
+        <v>656</v>
       </c>
     </row>
     <row r="1844" spans="1:4">
       <c r="A1844" t="s">
-        <v>3673</v>
+        <v>3610</v>
       </c>
       <c r="B1844" t="s">
-        <v>3674</v>
+        <v>3611</v>
       </c>
       <c r="C1844" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1844" t="s">
-        <v>717</v>
-[...13 lines deleted...]
-        <v>2213</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="1846" spans="1:4">
-      <c r="A1846" t="s">
-[...9 lines deleted...]
-        <v>3679</v>
+      <c r="A1846" s="2" t="s">
+        <v>3612</v>
+      </c>
+    </row>
+    <row r="1847" spans="1:4">
+      <c r="A1847" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1847" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1847" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1847" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1848" spans="1:4">
-      <c r="A1848" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1848" t="s">
+        <v>3613</v>
+      </c>
+      <c r="B1848" t="s">
+        <v>3614</v>
+      </c>
+      <c r="C1848" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1848"/>
     </row>
     <row r="1849" spans="1:4">
-      <c r="A1849" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1849" t="s">
+        <v>3615</v>
+      </c>
+      <c r="B1849" t="s">
+        <v>3616</v>
+      </c>
+      <c r="C1849" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1849"/>
     </row>
     <row r="1850" spans="1:4">
       <c r="A1850" t="s">
-        <v>3681</v>
+        <v>3617</v>
       </c>
       <c r="B1850" t="s">
-        <v>3682</v>
+        <v>3618</v>
       </c>
       <c r="C1850" t="s">
-        <v>22</v>
-[...17 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1850"/>
     </row>
     <row r="1852" spans="1:4">
-      <c r="A1852" t="s">
-[...9 lines deleted...]
-        <v>3689</v>
+      <c r="A1852" s="2" t="s">
+        <v>3619</v>
       </c>
     </row>
     <row r="1853" spans="1:4">
-      <c r="A1853" t="s">
-[...9 lines deleted...]
-        <v>3692</v>
+      <c r="A1853" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1853" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1853" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1853" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1854" spans="1:4">
       <c r="A1854" t="s">
-        <v>3693</v>
+        <v>3620</v>
       </c>
       <c r="B1854" t="s">
-        <v>3694</v>
+        <v>3621</v>
       </c>
       <c r="C1854" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1854" t="s">
-        <v>3695</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="1855" spans="1:4">
       <c r="A1855" t="s">
-        <v>3696</v>
+        <v>3623</v>
       </c>
       <c r="B1855" t="s">
-        <v>3697</v>
+        <v>3624</v>
       </c>
       <c r="C1855" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1855" t="s">
-        <v>3698</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="1856" spans="1:4">
       <c r="A1856" t="s">
-        <v>3699</v>
+        <v>3626</v>
       </c>
       <c r="B1856" t="s">
-        <v>3700</v>
+        <v>3627</v>
       </c>
       <c r="C1856" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1856" t="s">
-        <v>3701</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="1857" spans="1:4">
       <c r="A1857" t="s">
-        <v>3702</v>
+        <v>3628</v>
       </c>
       <c r="B1857" t="s">
-        <v>3703</v>
+        <v>3629</v>
       </c>
       <c r="C1857" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1857" t="s">
-        <v>3704</v>
-[...13 lines deleted...]
-        <v>3707</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="1859" spans="1:4">
-      <c r="A1859" t="s">
-[...9 lines deleted...]
-        <v>3710</v>
+      <c r="A1859" s="2" t="s">
+        <v>3631</v>
       </c>
     </row>
     <row r="1860" spans="1:4">
-      <c r="A1860" t="s">
-[...9 lines deleted...]
-        <v>3713</v>
+      <c r="A1860" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1860" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1860" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1860" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1861" spans="1:4">
       <c r="A1861" t="s">
-        <v>3714</v>
+        <v>3632</v>
       </c>
       <c r="B1861" t="s">
-        <v>3715</v>
+        <v>3633</v>
       </c>
       <c r="C1861" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1861" t="s">
-        <v>3716</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="1862" spans="1:4">
       <c r="A1862" t="s">
-        <v>3717</v>
+        <v>3635</v>
       </c>
       <c r="B1862" t="s">
-        <v>3718</v>
+        <v>3636</v>
       </c>
       <c r="C1862" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1862" t="s">
-        <v>3719</v>
-[...13 lines deleted...]
-        <v>3722</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="1864" spans="1:4">
-      <c r="A1864" t="s">
-[...9 lines deleted...]
-        <v>3725</v>
+      <c r="A1864" s="2" t="s">
+        <v>3637</v>
       </c>
     </row>
     <row r="1865" spans="1:4">
-      <c r="A1865" t="s">
-[...9 lines deleted...]
-        <v>3728</v>
+      <c r="A1865" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1865" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1865" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1865" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1866" spans="1:4">
       <c r="A1866" t="s">
-        <v>3729</v>
+        <v>3638</v>
       </c>
       <c r="B1866" t="s">
-        <v>3730</v>
+        <v>3639</v>
       </c>
       <c r="C1866" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1866" t="s">
-        <v>3731</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="1867" spans="1:4">
       <c r="A1867" t="s">
-        <v>3732</v>
+        <v>3640</v>
       </c>
       <c r="B1867" t="s">
-        <v>3733</v>
+        <v>3641</v>
       </c>
       <c r="C1867" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1867" t="s">
-        <v>3734</v>
+        <v>3228</v>
+      </c>
+    </row>
+    <row r="1868" spans="1:4">
+      <c r="A1868" t="s">
+        <v>3642</v>
+      </c>
+      <c r="B1868" t="s">
+        <v>3643</v>
+      </c>
+      <c r="C1868" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1868" t="s">
+        <v>3644</v>
       </c>
     </row>
     <row r="1869" spans="1:4">
-      <c r="A1869" s="2" t="s">
-        <v>3735</v>
+      <c r="A1869" t="s">
+        <v>3645</v>
+      </c>
+      <c r="B1869" t="s">
+        <v>3646</v>
+      </c>
+      <c r="C1869" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1869" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="1870" spans="1:4">
-      <c r="A1870" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1870" t="s">
+        <v>3647</v>
+      </c>
+      <c r="B1870" t="s">
+        <v>3648</v>
+      </c>
+      <c r="C1870" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1870" t="s">
+        <v>3649</v>
       </c>
     </row>
     <row r="1871" spans="1:4">
       <c r="A1871" t="s">
-        <v>3736</v>
+        <v>3650</v>
       </c>
       <c r="B1871" t="s">
-        <v>3737</v>
+        <v>3651</v>
       </c>
       <c r="C1871" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1871" t="s">
-        <v>3738</v>
+        <v>716</v>
       </c>
     </row>
     <row r="1872" spans="1:4">
       <c r="A1872" t="s">
-        <v>3739</v>
+        <v>3652</v>
       </c>
       <c r="B1872" t="s">
-        <v>3740</v>
+        <v>3653</v>
       </c>
       <c r="C1872" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1872" t="s">
-        <v>3741</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="1873" spans="1:4">
       <c r="A1873" t="s">
-        <v>3742</v>
+        <v>3654</v>
       </c>
       <c r="B1873" t="s">
-        <v>3743</v>
+        <v>3655</v>
       </c>
       <c r="C1873" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1873" t="s">
-        <v>3744</v>
-[...12 lines deleted...]
-      <c r="D1874"/>
+        <v>3656</v>
+      </c>
     </row>
     <row r="1875" spans="1:4">
-      <c r="A1875" t="s">
-[...9 lines deleted...]
-        <v>3266</v>
+      <c r="A1875" s="2" t="s">
+        <v>3657</v>
       </c>
     </row>
     <row r="1876" spans="1:4">
-      <c r="A1876" t="s">
-[...9 lines deleted...]
-        <v>3751</v>
+      <c r="A1876" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1876" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1876" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1876" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1877" spans="1:4">
       <c r="A1877" t="s">
-        <v>3752</v>
+        <v>3658</v>
       </c>
       <c r="B1877" t="s">
-        <v>3753</v>
+        <v>3659</v>
       </c>
       <c r="C1877" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1877"/>
+        <v>24</v>
+      </c>
+      <c r="D1877" t="s">
+        <v>3660</v>
+      </c>
     </row>
     <row r="1878" spans="1:4">
       <c r="A1878" t="s">
-        <v>3754</v>
+        <v>3661</v>
       </c>
       <c r="B1878" t="s">
-        <v>3755</v>
+        <v>3662</v>
       </c>
       <c r="C1878" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1878"/>
+        <v>11</v>
+      </c>
+      <c r="D1878" t="s">
+        <v>3663</v>
+      </c>
     </row>
     <row r="1879" spans="1:4">
       <c r="A1879" t="s">
-        <v>3756</v>
+        <v>3664</v>
       </c>
       <c r="B1879" t="s">
-        <v>3757</v>
+        <v>3665</v>
       </c>
       <c r="C1879" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1879" t="s">
-        <v>1885</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="1880" spans="1:4">
       <c r="A1880" t="s">
-        <v>3758</v>
+        <v>3667</v>
       </c>
       <c r="B1880" t="s">
-        <v>3759</v>
+        <v>3668</v>
       </c>
       <c r="C1880" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1880"/>
+        <v>11</v>
+      </c>
+      <c r="D1880" t="s">
+        <v>3669</v>
+      </c>
     </row>
     <row r="1881" spans="1:4">
       <c r="A1881" t="s">
-        <v>3760</v>
+        <v>3670</v>
       </c>
       <c r="B1881" t="s">
-        <v>3761</v>
+        <v>3671</v>
       </c>
       <c r="C1881" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1881" t="s">
-        <v>3762</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="1882" spans="1:4">
       <c r="A1882" t="s">
-        <v>3763</v>
+        <v>3673</v>
       </c>
       <c r="B1882" t="s">
-        <v>3764</v>
+        <v>3674</v>
       </c>
       <c r="C1882" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1882" t="s">
-        <v>3765</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="1883" spans="1:4">
       <c r="A1883" t="s">
-        <v>3766</v>
+        <v>3676</v>
       </c>
       <c r="B1883" t="s">
-        <v>3767</v>
+        <v>3677</v>
       </c>
       <c r="C1883" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1883" t="s">
-        <v>315</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="1884" spans="1:4">
       <c r="A1884" t="s">
-        <v>3768</v>
+        <v>3679</v>
       </c>
       <c r="B1884" t="s">
-        <v>3769</v>
+        <v>3680</v>
       </c>
       <c r="C1884" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1884"/>
+        <v>11</v>
+      </c>
+      <c r="D1884" t="s">
+        <v>3681</v>
+      </c>
     </row>
     <row r="1885" spans="1:4">
       <c r="A1885" t="s">
-        <v>3770</v>
+        <v>3682</v>
       </c>
       <c r="B1885" t="s">
-        <v>3771</v>
+        <v>3683</v>
       </c>
       <c r="C1885" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1885"/>
+        <v>11</v>
+      </c>
+      <c r="D1885" t="s">
+        <v>3684</v>
+      </c>
     </row>
     <row r="1886" spans="1:4">
       <c r="A1886" t="s">
-        <v>3772</v>
+        <v>3685</v>
       </c>
       <c r="B1886" t="s">
-        <v>3773</v>
+        <v>3686</v>
       </c>
       <c r="C1886" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1886"/>
+        <v>11</v>
+      </c>
+      <c r="D1886" t="s">
+        <v>3687</v>
+      </c>
     </row>
     <row r="1887" spans="1:4">
       <c r="A1887" t="s">
-        <v>3774</v>
+        <v>3688</v>
       </c>
       <c r="B1887" t="s">
-        <v>3775</v>
+        <v>3689</v>
       </c>
       <c r="C1887" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1887" t="s">
-        <v>3776</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="1888" spans="1:4">
       <c r="A1888" t="s">
-        <v>3777</v>
+        <v>3691</v>
       </c>
       <c r="B1888" t="s">
-        <v>3778</v>
+        <v>3692</v>
       </c>
       <c r="C1888" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1888"/>
+        <v>11</v>
+      </c>
+      <c r="D1888" t="s">
+        <v>3693</v>
+      </c>
     </row>
     <row r="1889" spans="1:4">
       <c r="A1889" t="s">
-        <v>3779</v>
+        <v>3694</v>
       </c>
       <c r="B1889" t="s">
-        <v>3780</v>
+        <v>3695</v>
       </c>
       <c r="C1889" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1889"/>
+        <v>11</v>
+      </c>
+      <c r="D1889" t="s">
+        <v>3696</v>
+      </c>
     </row>
     <row r="1890" spans="1:4">
       <c r="A1890" t="s">
-        <v>3781</v>
+        <v>3697</v>
       </c>
       <c r="B1890" t="s">
-        <v>3782</v>
+        <v>3698</v>
       </c>
       <c r="C1890" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1890"/>
+        <v>11</v>
+      </c>
+      <c r="D1890" t="s">
+        <v>3699</v>
+      </c>
     </row>
     <row r="1891" spans="1:4">
       <c r="A1891" t="s">
-        <v>3783</v>
+        <v>3700</v>
       </c>
       <c r="B1891" t="s">
-        <v>3784</v>
+        <v>3701</v>
       </c>
       <c r="C1891" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1891" t="s">
-        <v>3785</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="1892" spans="1:4">
       <c r="A1892" t="s">
-        <v>3786</v>
+        <v>3703</v>
       </c>
       <c r="B1892" t="s">
-        <v>3787</v>
+        <v>3704</v>
       </c>
       <c r="C1892" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1892" t="s">
-        <v>3672</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="1893" spans="1:4">
       <c r="A1893" t="s">
-        <v>3788</v>
+        <v>3706</v>
       </c>
       <c r="B1893" t="s">
-        <v>3789</v>
+        <v>3707</v>
       </c>
       <c r="C1893" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1893" t="s">
-        <v>74</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="1894" spans="1:4">
       <c r="A1894" t="s">
-        <v>3790</v>
+        <v>3709</v>
       </c>
       <c r="B1894" t="s">
-        <v>3791</v>
+        <v>3710</v>
       </c>
       <c r="C1894" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1894" t="s">
-        <v>3792</v>
-[...13 lines deleted...]
-        <v>1128</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="1896" spans="1:4">
-      <c r="A1896" t="s">
-[...9 lines deleted...]
-        <v>2323</v>
+      <c r="A1896" s="2" t="s">
+        <v>3712</v>
       </c>
     </row>
     <row r="1897" spans="1:4">
-      <c r="A1897" t="s">
-[...9 lines deleted...]
-        <v>1128</v>
+      <c r="A1897" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1897" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1897" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1897" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1898" spans="1:4">
       <c r="A1898" t="s">
-        <v>3799</v>
+        <v>3713</v>
       </c>
       <c r="B1898" t="s">
-        <v>3800</v>
+        <v>3714</v>
       </c>
       <c r="C1898" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1898" t="s">
-        <v>2886</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="1899" spans="1:4">
       <c r="A1899" t="s">
-        <v>3801</v>
+        <v>3716</v>
       </c>
       <c r="B1899" t="s">
-        <v>3802</v>
+        <v>3717</v>
       </c>
       <c r="C1899" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1899" t="s">
-        <v>1128</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="1900" spans="1:4">
       <c r="A1900" t="s">
-        <v>3803</v>
+        <v>3719</v>
       </c>
       <c r="B1900" t="s">
-        <v>3804</v>
+        <v>3720</v>
       </c>
       <c r="C1900" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1900" t="s">
-        <v>2632</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="1901" spans="1:4">
       <c r="A1901" t="s">
-        <v>3805</v>
+        <v>3722</v>
       </c>
       <c r="B1901" t="s">
-        <v>3806</v>
+        <v>3723</v>
       </c>
       <c r="C1901" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1901"/>
     </row>
     <row r="1902" spans="1:4">
       <c r="A1902" t="s">
-        <v>3807</v>
+        <v>3724</v>
       </c>
       <c r="B1902" t="s">
-        <v>3808</v>
+        <v>3725</v>
       </c>
       <c r="C1902" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1902" t="s">
-        <v>3809</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="1903" spans="1:4">
       <c r="A1903" t="s">
-        <v>3810</v>
+        <v>3726</v>
       </c>
       <c r="B1903" t="s">
-        <v>3811</v>
+        <v>3727</v>
       </c>
       <c r="C1903" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1903" t="s">
-        <v>775</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="1904" spans="1:4">
       <c r="A1904" t="s">
-        <v>3812</v>
+        <v>3729</v>
       </c>
       <c r="B1904" t="s">
-        <v>3813</v>
+        <v>3730</v>
       </c>
       <c r="C1904" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1904"/>
     </row>
     <row r="1905" spans="1:4">
       <c r="A1905" t="s">
-        <v>3814</v>
+        <v>3731</v>
       </c>
       <c r="B1905" t="s">
-        <v>3815</v>
+        <v>3732</v>
       </c>
       <c r="C1905" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1905"/>
     </row>
     <row r="1906" spans="1:4">
       <c r="A1906" t="s">
-        <v>3816</v>
+        <v>3733</v>
       </c>
       <c r="B1906" t="s">
-        <v>3817</v>
+        <v>3734</v>
       </c>
       <c r="C1906" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1906"/>
     </row>
     <row r="1907" spans="1:4">
       <c r="A1907" t="s">
-        <v>3818</v>
+        <v>3735</v>
       </c>
       <c r="B1907" t="s">
-        <v>3819</v>
+        <v>3736</v>
       </c>
       <c r="C1907" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1907"/>
     </row>
     <row r="1908" spans="1:4">
       <c r="A1908" t="s">
-        <v>3820</v>
+        <v>3737</v>
       </c>
       <c r="B1908" t="s">
-        <v>3821</v>
+        <v>3738</v>
       </c>
       <c r="C1908" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D1908" t="s">
-        <v>3809</v>
+        <v>3739</v>
+      </c>
+    </row>
+    <row r="1909" spans="1:4">
+      <c r="A1909" t="s">
+        <v>3740</v>
+      </c>
+      <c r="B1909" t="s">
+        <v>3741</v>
+      </c>
+      <c r="C1909" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1909" t="s">
+        <v>3742</v>
       </c>
     </row>
     <row r="1910" spans="1:4">
-      <c r="A1910" s="2" t="s">
-        <v>3822</v>
+      <c r="A1910" t="s">
+        <v>3743</v>
+      </c>
+      <c r="B1910" t="s">
+        <v>3744</v>
+      </c>
+      <c r="C1910" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1910" t="s">
+        <v>3745</v>
       </c>
     </row>
     <row r="1911" spans="1:4">
-      <c r="A1911" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1911" t="s">
+        <v>3746</v>
+      </c>
+      <c r="B1911" t="s">
+        <v>3747</v>
+      </c>
+      <c r="C1911" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1911"/>
     </row>
     <row r="1912" spans="1:4">
       <c r="A1912" t="s">
-        <v>3823</v>
+        <v>3748</v>
       </c>
       <c r="B1912" t="s">
-        <v>3824</v>
+        <v>3749</v>
       </c>
       <c r="C1912" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1912"/>
     </row>
     <row r="1913" spans="1:4">
       <c r="A1913" t="s">
-        <v>3825</v>
+        <v>3750</v>
       </c>
       <c r="B1913" t="s">
-        <v>3826</v>
+        <v>3751</v>
       </c>
       <c r="C1913" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1128</v>
+        <v>11</v>
+      </c>
+      <c r="D1913"/>
+    </row>
+    <row r="1914" spans="1:4">
+      <c r="A1914" t="s">
+        <v>3752</v>
+      </c>
+      <c r="B1914" t="s">
+        <v>3753</v>
+      </c>
+      <c r="C1914" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1914" t="s">
+        <v>3754</v>
       </c>
     </row>
     <row r="1915" spans="1:4">
-      <c r="A1915" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1915" t="s">
+        <v>3755</v>
+      </c>
+      <c r="B1915" t="s">
+        <v>3756</v>
+      </c>
+      <c r="C1915" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1915"/>
     </row>
     <row r="1916" spans="1:4">
-      <c r="A1916" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A1916" t="s">
+        <v>3757</v>
+      </c>
+      <c r="B1916" t="s">
+        <v>3758</v>
+      </c>
+      <c r="C1916" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1916"/>
     </row>
     <row r="1917" spans="1:4">
       <c r="A1917" t="s">
-        <v>3828</v>
+        <v>3759</v>
       </c>
       <c r="B1917" t="s">
-        <v>3829</v>
+        <v>3760</v>
       </c>
       <c r="C1917" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D1917"/>
     </row>
     <row r="1918" spans="1:4">
       <c r="A1918" t="s">
-        <v>3830</v>
+        <v>3761</v>
       </c>
       <c r="B1918" t="s">
-        <v>3831</v>
+        <v>3762</v>
       </c>
       <c r="C1918" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1918" t="s">
-        <v>1113</v>
+        <v>3763</v>
       </c>
     </row>
     <row r="1919" spans="1:4">
       <c r="A1919" t="s">
-        <v>3832</v>
+        <v>3764</v>
       </c>
       <c r="B1919" t="s">
-        <v>3833</v>
+        <v>3765</v>
       </c>
       <c r="C1919" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1919" t="s">
-        <v>1113</v>
+        <v>3649</v>
       </c>
     </row>
     <row r="1920" spans="1:4">
       <c r="A1920" t="s">
-        <v>3834</v>
+        <v>3766</v>
       </c>
       <c r="B1920" t="s">
-        <v>3835</v>
+        <v>3767</v>
       </c>
       <c r="C1920" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1920" t="s">
-        <v>3836</v>
+        <v>76</v>
+      </c>
+    </row>
+    <row r="1921" spans="1:4">
+      <c r="A1921" t="s">
+        <v>3768</v>
+      </c>
+      <c r="B1921" t="s">
+        <v>3769</v>
+      </c>
+      <c r="C1921" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1921" t="s">
+        <v>3770</v>
       </c>
     </row>
     <row r="1922" spans="1:4">
-      <c r="A1922" s="2" t="s">
-        <v>3837</v>
+      <c r="A1922" t="s">
+        <v>3771</v>
+      </c>
+      <c r="B1922" t="s">
+        <v>3772</v>
+      </c>
+      <c r="C1922" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1922" t="s">
+        <v>1132</v>
       </c>
     </row>
     <row r="1923" spans="1:4">
-      <c r="A1923" s="3" t="s">
-[...9 lines deleted...]
-        <v>9</v>
+      <c r="A1923" t="s">
+        <v>3773</v>
+      </c>
+      <c r="B1923" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C1923" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1923" t="s">
+        <v>2304</v>
       </c>
     </row>
     <row r="1924" spans="1:4">
       <c r="A1924" t="s">
-        <v>3838</v>
+        <v>3775</v>
       </c>
       <c r="B1924" t="s">
-        <v>3839</v>
+        <v>3776</v>
       </c>
       <c r="C1924" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1924" t="s">
-        <v>65</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="1925" spans="1:4">
       <c r="A1925" t="s">
-        <v>3840</v>
+        <v>3777</v>
       </c>
       <c r="B1925" t="s">
-        <v>3841</v>
+        <v>3778</v>
       </c>
       <c r="C1925" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1925" t="s">
-        <v>3842</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="1926" spans="1:4">
       <c r="A1926" t="s">
-        <v>3843</v>
+        <v>3779</v>
       </c>
       <c r="B1926" t="s">
-        <v>3844</v>
+        <v>3780</v>
       </c>
       <c r="C1926" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1926" t="s">
-        <v>3845</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="1927" spans="1:4">
       <c r="A1927" t="s">
-        <v>3846</v>
+        <v>3781</v>
       </c>
       <c r="B1927" t="s">
-        <v>3847</v>
+        <v>3782</v>
       </c>
       <c r="C1927" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1927" t="s">
-        <v>3848</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="1928" spans="1:4">
       <c r="A1928" t="s">
-        <v>3849</v>
+        <v>3783</v>
       </c>
       <c r="B1928" t="s">
-        <v>3850</v>
+        <v>3784</v>
       </c>
       <c r="C1928" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1928" t="s">
-        <v>3851</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="1929" spans="1:4">
       <c r="A1929" t="s">
-        <v>3852</v>
+        <v>3785</v>
       </c>
       <c r="B1929" t="s">
-        <v>3853</v>
+        <v>3786</v>
       </c>
       <c r="C1929" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1929" t="s">
-        <v>3854</v>
+        <v>564</v>
       </c>
     </row>
     <row r="1930" spans="1:4">
       <c r="A1930" t="s">
-        <v>3855</v>
+        <v>3787</v>
       </c>
       <c r="B1930" t="s">
-        <v>3856</v>
+        <v>3788</v>
       </c>
       <c r="C1930" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1930" t="s">
-        <v>3857</v>
+        <v>774</v>
       </c>
     </row>
     <row r="1931" spans="1:4">
       <c r="A1931" t="s">
-        <v>3858</v>
+        <v>3789</v>
       </c>
       <c r="B1931" t="s">
-        <v>3859</v>
+        <v>3790</v>
       </c>
       <c r="C1931" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1931" t="s">
-        <v>574</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="1932" spans="1:4">
       <c r="A1932" t="s">
-        <v>3860</v>
+        <v>3791</v>
       </c>
       <c r="B1932" t="s">
-        <v>3861</v>
+        <v>3792</v>
       </c>
       <c r="C1932" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D1932" t="s">
-        <v>3862</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="1933" spans="1:4">
       <c r="A1933" t="s">
-        <v>3863</v>
+        <v>3793</v>
       </c>
       <c r="B1933" t="s">
-        <v>3864</v>
+        <v>3794</v>
       </c>
       <c r="C1933" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D1933"/>
+        <v>24</v>
+      </c>
+      <c r="D1933" t="s">
+        <v>1675</v>
+      </c>
     </row>
     <row r="1934" spans="1:4">
       <c r="A1934" t="s">
-        <v>3865</v>
+        <v>3795</v>
       </c>
       <c r="B1934" t="s">
-        <v>3866</v>
+        <v>3796</v>
       </c>
       <c r="C1934" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D1934" t="s">
-        <v>3867</v>
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="1935" spans="1:4">
+      <c r="A1935" t="s">
+        <v>3797</v>
+      </c>
+      <c r="B1935" t="s">
+        <v>3798</v>
+      </c>
+      <c r="C1935" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1935" t="s">
+        <v>3799</v>
+      </c>
+    </row>
+    <row r="1937" spans="1:4">
+      <c r="A1937" s="2" t="s">
+        <v>3800</v>
       </c>
     </row>
     <row r="1938" spans="1:4">
-      <c r="A1938" t="s">
-        <v>3868</v>
+      <c r="A1938" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1938" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1938" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1938" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="1939" spans="1:4">
       <c r="A1939" t="s">
-        <v>3869</v>
+        <v>3801</v>
+      </c>
+      <c r="B1939" t="s">
+        <v>3802</v>
+      </c>
+      <c r="C1939" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1939" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="1940" spans="1:4">
       <c r="A1940" t="s">
-        <v>3870</v>
+        <v>3803</v>
+      </c>
+      <c r="B1940" t="s">
+        <v>3804</v>
+      </c>
+      <c r="C1940" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1940" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="1942" spans="1:4">
+      <c r="A1942" s="2" t="s">
+        <v>3805</v>
+      </c>
+    </row>
+    <row r="1943" spans="1:4">
+      <c r="A1943" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1943" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1943" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1943" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="1944" spans="1:4">
+      <c r="A1944" t="s">
+        <v>3806</v>
+      </c>
+      <c r="B1944" t="s">
+        <v>3807</v>
+      </c>
+      <c r="C1944" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1944" t="s">
+        <v>2837</v>
+      </c>
+    </row>
+    <row r="1945" spans="1:4">
+      <c r="A1945" t="s">
+        <v>3808</v>
+      </c>
+      <c r="B1945" t="s">
+        <v>3809</v>
+      </c>
+      <c r="C1945" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1945" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="1946" spans="1:4">
+      <c r="A1946" t="s">
+        <v>3810</v>
+      </c>
+      <c r="B1946" t="s">
+        <v>3811</v>
+      </c>
+      <c r="C1946" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1946" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="1947" spans="1:4">
+      <c r="A1947" t="s">
+        <v>3812</v>
+      </c>
+      <c r="B1947" t="s">
+        <v>3813</v>
+      </c>
+      <c r="C1947" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1947" t="s">
+        <v>3814</v>
+      </c>
+    </row>
+    <row r="1949" spans="1:4">
+      <c r="A1949" s="2" t="s">
+        <v>3815</v>
+      </c>
+    </row>
+    <row r="1950" spans="1:4">
+      <c r="A1950" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1950" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1950" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1950" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="1951" spans="1:4">
+      <c r="A1951" t="s">
+        <v>3816</v>
+      </c>
+      <c r="B1951" t="s">
+        <v>3817</v>
+      </c>
+      <c r="C1951" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1951" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="1952" spans="1:4">
+      <c r="A1952" t="s">
+        <v>3818</v>
+      </c>
+      <c r="B1952" t="s">
+        <v>3819</v>
+      </c>
+      <c r="C1952" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1952" t="s">
+        <v>3820</v>
+      </c>
+    </row>
+    <row r="1953" spans="1:4">
+      <c r="A1953" t="s">
+        <v>3821</v>
+      </c>
+      <c r="B1953" t="s">
+        <v>3822</v>
+      </c>
+      <c r="C1953" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1953" t="s">
+        <v>3823</v>
+      </c>
+    </row>
+    <row r="1954" spans="1:4">
+      <c r="A1954" t="s">
+        <v>3824</v>
+      </c>
+      <c r="B1954" t="s">
+        <v>3825</v>
+      </c>
+      <c r="C1954" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1954" t="s">
+        <v>3826</v>
+      </c>
+    </row>
+    <row r="1955" spans="1:4">
+      <c r="A1955" t="s">
+        <v>3827</v>
+      </c>
+      <c r="B1955" t="s">
+        <v>3828</v>
+      </c>
+      <c r="C1955" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1955" t="s">
+        <v>3829</v>
+      </c>
+    </row>
+    <row r="1956" spans="1:4">
+      <c r="A1956" t="s">
+        <v>3830</v>
+      </c>
+      <c r="B1956" t="s">
+        <v>3831</v>
+      </c>
+      <c r="C1956" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1956" t="s">
+        <v>3832</v>
+      </c>
+    </row>
+    <row r="1957" spans="1:4">
+      <c r="A1957" t="s">
+        <v>3833</v>
+      </c>
+      <c r="B1957" t="s">
+        <v>3834</v>
+      </c>
+      <c r="C1957" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1957" t="s">
+        <v>3835</v>
+      </c>
+    </row>
+    <row r="1958" spans="1:4">
+      <c r="A1958" t="s">
+        <v>3836</v>
+      </c>
+      <c r="B1958" t="s">
+        <v>3837</v>
+      </c>
+      <c r="C1958" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1958" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="1959" spans="1:4">
+      <c r="A1959" t="s">
+        <v>3838</v>
+      </c>
+      <c r="B1959" t="s">
+        <v>3839</v>
+      </c>
+      <c r="C1959" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1959" t="s">
+        <v>3840</v>
+      </c>
+    </row>
+    <row r="1960" spans="1:4">
+      <c r="A1960" t="s">
+        <v>3841</v>
+      </c>
+      <c r="B1960" t="s">
+        <v>3842</v>
+      </c>
+      <c r="C1960" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1960"/>
+    </row>
+    <row r="1961" spans="1:4">
+      <c r="A1961" t="s">
+        <v>3843</v>
+      </c>
+      <c r="B1961" t="s">
+        <v>3844</v>
+      </c>
+      <c r="C1961" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1961" t="s">
+        <v>3845</v>
+      </c>
+    </row>
+    <row r="1965" spans="1:4">
+      <c r="A1965" t="s">
+        <v>3846</v>
+      </c>
+    </row>
+    <row r="1966" spans="1:4">
+      <c r="A1966" t="s">
+        <v>3847</v>
+      </c>
+    </row>
+    <row r="1967" spans="1:4">
+      <c r="A1967" t="s">
+        <v>3848</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A8:D8"/>
-    <mergeCell ref="A20:D20"/>
-[...7 lines deleted...]
-    <mergeCell ref="A249:D249"/>
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A25:D25"/>
+    <mergeCell ref="A45:D45"/>
+    <mergeCell ref="A86:D86"/>
+    <mergeCell ref="A111:D111"/>
+    <mergeCell ref="A127:D127"/>
+    <mergeCell ref="A222:D222"/>
+    <mergeCell ref="A232:D232"/>
     <mergeCell ref="A254:D254"/>
-    <mergeCell ref="A266:D266"/>
-[...10 lines deleted...]
-    <mergeCell ref="A361:D361"/>
+    <mergeCell ref="A258:D258"/>
+    <mergeCell ref="A263:D263"/>
+    <mergeCell ref="A275:D275"/>
+    <mergeCell ref="A279:D279"/>
+    <mergeCell ref="A286:D286"/>
+    <mergeCell ref="A291:D291"/>
+    <mergeCell ref="A311:D311"/>
+    <mergeCell ref="A318:D318"/>
+    <mergeCell ref="A332:D332"/>
+    <mergeCell ref="A345:D345"/>
+    <mergeCell ref="A349:D349"/>
+    <mergeCell ref="A362:D362"/>
     <mergeCell ref="A366:D366"/>
-    <mergeCell ref="A373:D373"/>
-[...5 lines deleted...]
-    <mergeCell ref="A456:D456"/>
+    <mergeCell ref="A370:D370"/>
+    <mergeCell ref="A375:D375"/>
+    <mergeCell ref="A382:D382"/>
+    <mergeCell ref="A386:D386"/>
+    <mergeCell ref="A420:D420"/>
+    <mergeCell ref="A424:D424"/>
+    <mergeCell ref="A431:D431"/>
+    <mergeCell ref="A443:D443"/>
     <mergeCell ref="A466:D466"/>
-    <mergeCell ref="A470:D470"/>
-    <mergeCell ref="A474:D474"/>
+    <mergeCell ref="A478:D478"/>
     <mergeCell ref="A482:D482"/>
-    <mergeCell ref="A487:D487"/>
-[...2 lines deleted...]
-    <mergeCell ref="A534:D534"/>
+    <mergeCell ref="A486:D486"/>
+    <mergeCell ref="A494:D494"/>
+    <mergeCell ref="A499:D499"/>
+    <mergeCell ref="A505:D505"/>
     <mergeCell ref="A540:D540"/>
-    <mergeCell ref="A545:D545"/>
-[...1 lines deleted...]
-    <mergeCell ref="A556:D556"/>
+    <mergeCell ref="A546:D546"/>
+    <mergeCell ref="A552:D552"/>
+    <mergeCell ref="A557:D557"/>
     <mergeCell ref="A562:D562"/>
     <mergeCell ref="A568:D568"/>
     <mergeCell ref="A574:D574"/>
     <mergeCell ref="A580:D580"/>
     <mergeCell ref="A586:D586"/>
     <mergeCell ref="A592:D592"/>
     <mergeCell ref="A598:D598"/>
-    <mergeCell ref="A606:D606"/>
-[...3 lines deleted...]
-    <mergeCell ref="A675:D675"/>
+    <mergeCell ref="A604:D604"/>
+    <mergeCell ref="A610:D610"/>
+    <mergeCell ref="A618:D618"/>
+    <mergeCell ref="A674:D674"/>
     <mergeCell ref="A680:D680"/>
     <mergeCell ref="A685:D685"/>
     <mergeCell ref="A690:D690"/>
     <mergeCell ref="A695:D695"/>
-    <mergeCell ref="A701:D701"/>
-[...8 lines deleted...]
-    <mergeCell ref="A759:D759"/>
+    <mergeCell ref="A700:D700"/>
+    <mergeCell ref="A705:D705"/>
+    <mergeCell ref="A710:D710"/>
+    <mergeCell ref="A716:D716"/>
+    <mergeCell ref="A722:D722"/>
+    <mergeCell ref="A728:D728"/>
+    <mergeCell ref="A734:D734"/>
+    <mergeCell ref="A740:D740"/>
+    <mergeCell ref="A746:D746"/>
+    <mergeCell ref="A752:D752"/>
+    <mergeCell ref="A764:D764"/>
     <mergeCell ref="A769:D769"/>
-    <mergeCell ref="A775:D775"/>
-[...1 lines deleted...]
-    <mergeCell ref="A790:D790"/>
+    <mergeCell ref="A774:D774"/>
+    <mergeCell ref="A779:D779"/>
+    <mergeCell ref="A789:D789"/>
     <mergeCell ref="A795:D795"/>
-    <mergeCell ref="A840:D840"/>
-[...7 lines deleted...]
-    <mergeCell ref="A1135:D1135"/>
+    <mergeCell ref="A800:D800"/>
+    <mergeCell ref="A806:D806"/>
+    <mergeCell ref="A816:D816"/>
+    <mergeCell ref="A821:D821"/>
+    <mergeCell ref="A867:D867"/>
+    <mergeCell ref="A877:D877"/>
+    <mergeCell ref="A901:D901"/>
+    <mergeCell ref="A971:D971"/>
+    <mergeCell ref="A977:D977"/>
+    <mergeCell ref="A1023:D1023"/>
+    <mergeCell ref="A1043:D1043"/>
     <mergeCell ref="A1159:D1159"/>
-    <mergeCell ref="A1199:D1199"/>
-[...28 lines deleted...]
-    <mergeCell ref="A1531:D1531"/>
+    <mergeCell ref="A1183:D1183"/>
+    <mergeCell ref="A1224:D1224"/>
+    <mergeCell ref="A1229:D1229"/>
+    <mergeCell ref="A1244:D1244"/>
+    <mergeCell ref="A1297:D1297"/>
+    <mergeCell ref="A1306:D1306"/>
+    <mergeCell ref="A1310:D1310"/>
+    <mergeCell ref="A1342:D1342"/>
+    <mergeCell ref="A1348:D1348"/>
+    <mergeCell ref="A1355:D1355"/>
+    <mergeCell ref="A1364:D1364"/>
+    <mergeCell ref="A1393:D1393"/>
+    <mergeCell ref="A1408:D1408"/>
+    <mergeCell ref="A1412:D1412"/>
+    <mergeCell ref="A1416:D1416"/>
+    <mergeCell ref="A1421:D1421"/>
+    <mergeCell ref="A1447:D1447"/>
+    <mergeCell ref="A1453:D1453"/>
+    <mergeCell ref="A1457:D1457"/>
+    <mergeCell ref="A1462:D1462"/>
+    <mergeCell ref="A1477:D1477"/>
+    <mergeCell ref="A1484:D1484"/>
+    <mergeCell ref="A1490:D1490"/>
+    <mergeCell ref="A1506:D1506"/>
+    <mergeCell ref="A1514:D1514"/>
+    <mergeCell ref="A1521:D1521"/>
+    <mergeCell ref="A1527:D1527"/>
+    <mergeCell ref="A1532:D1532"/>
     <mergeCell ref="A1540:D1540"/>
     <mergeCell ref="A1546:D1546"/>
-    <mergeCell ref="A1552:D1552"/>
     <mergeCell ref="A1558:D1558"/>
-    <mergeCell ref="A1563:D1563"/>
-    <mergeCell ref="A1569:D1569"/>
+    <mergeCell ref="A1567:D1567"/>
     <mergeCell ref="A1573:D1573"/>
-    <mergeCell ref="A1578:D1578"/>
-[...20 lines deleted...]
-    <mergeCell ref="A1922:D1922"/>
+    <mergeCell ref="A1579:D1579"/>
+    <mergeCell ref="A1585:D1585"/>
+    <mergeCell ref="A1590:D1590"/>
+    <mergeCell ref="A1596:D1596"/>
+    <mergeCell ref="A1600:D1600"/>
+    <mergeCell ref="A1605:D1605"/>
+    <mergeCell ref="A1611:D1611"/>
+    <mergeCell ref="A1616:D1616"/>
+    <mergeCell ref="A1620:D1620"/>
+    <mergeCell ref="A1629:D1629"/>
+    <mergeCell ref="A1644:D1644"/>
+    <mergeCell ref="A1668:D1668"/>
+    <mergeCell ref="A1676:D1676"/>
+    <mergeCell ref="A1686:D1686"/>
+    <mergeCell ref="A1722:D1722"/>
+    <mergeCell ref="A1726:D1726"/>
+    <mergeCell ref="A1789:D1789"/>
+    <mergeCell ref="A1806:D1806"/>
+    <mergeCell ref="A1846:D1846"/>
+    <mergeCell ref="A1852:D1852"/>
+    <mergeCell ref="A1859:D1859"/>
+    <mergeCell ref="A1864:D1864"/>
+    <mergeCell ref="A1875:D1875"/>
+    <mergeCell ref="A1896:D1896"/>
+    <mergeCell ref="A1937:D1937"/>
+    <mergeCell ref="A1942:D1942"/>
+    <mergeCell ref="A1949:D1949"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B10" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_2"/>
-    <hyperlink ref="B12" r:id="rId_hyperlink_3"/>
-[...5 lines deleted...]
-    <hyperlink ref="B18" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="B15" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="B16" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="B17" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="B18" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="B19" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="B20" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="B21" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_11"/>
-    <hyperlink ref="B24" r:id="rId_hyperlink_12"/>
-[...12 lines deleted...]
-    <hyperlink ref="B37" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="B27" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="B28" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="B29" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="B30" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="B31" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="B32" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="B33" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="B34" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="B35" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="B36" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="B37" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="B38" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="B39" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="B40" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_28"/>
-    <hyperlink ref="B44" r:id="rId_hyperlink_29"/>
-[...30 lines deleted...]
-    <hyperlink ref="B75" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="B47" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="B48" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="B49" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="B50" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="B51" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="B52" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="B53" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="B54" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="B55" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="B56" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="B57" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="B58" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="B59" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="B60" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="B61" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="B62" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="B63" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="B64" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="B65" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="B66" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="B67" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="B68" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="B69" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="B70" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="B71" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="B72" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="B73" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="B74" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="B75" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="B76" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="B77" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="B78" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_66"/>
-    <hyperlink ref="B85" r:id="rId_hyperlink_67"/>
-[...14 lines deleted...]
-    <hyperlink ref="B100" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="B88" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="B89" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="B90" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="B91" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="B92" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="B93" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="B94" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="B95" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="B96" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="B97" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="B98" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="B99" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="B100" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="B101" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="B102" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="B103" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B104" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B105" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B106" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B107" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B108" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B109" r:id="rId_hyperlink_88"/>
-    <hyperlink ref="B110" r:id="rId_hyperlink_89"/>
-[...5 lines deleted...]
-    <hyperlink ref="B116" r:id="rId_hyperlink_95"/>
+    <hyperlink ref="B113" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="B114" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="B115" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="B116" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="B117" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="B118" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="B119" r:id="rId_hyperlink_95"/>
     <hyperlink ref="B120" r:id="rId_hyperlink_96"/>
     <hyperlink ref="B121" r:id="rId_hyperlink_97"/>
     <hyperlink ref="B122" r:id="rId_hyperlink_98"/>
     <hyperlink ref="B123" r:id="rId_hyperlink_99"/>
     <hyperlink ref="B124" r:id="rId_hyperlink_100"/>
     <hyperlink ref="B125" r:id="rId_hyperlink_101"/>
-    <hyperlink ref="B126" r:id="rId_hyperlink_102"/>
-[...84 lines deleted...]
-    <hyperlink ref="B211" r:id="rId_hyperlink_187"/>
+    <hyperlink ref="B129" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="B130" r:id="rId_hyperlink_103"/>
+    <hyperlink ref="B131" r:id="rId_hyperlink_104"/>
+    <hyperlink ref="B132" r:id="rId_hyperlink_105"/>
+    <hyperlink ref="B133" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="B134" r:id="rId_hyperlink_107"/>
+    <hyperlink ref="B135" r:id="rId_hyperlink_108"/>
+    <hyperlink ref="B136" r:id="rId_hyperlink_109"/>
+    <hyperlink ref="B137" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="B138" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="B139" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="B140" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="B141" r:id="rId_hyperlink_114"/>
+    <hyperlink ref="B142" r:id="rId_hyperlink_115"/>
+    <hyperlink ref="B143" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="B144" r:id="rId_hyperlink_117"/>
+    <hyperlink ref="B145" r:id="rId_hyperlink_118"/>
+    <hyperlink ref="B146" r:id="rId_hyperlink_119"/>
+    <hyperlink ref="B147" r:id="rId_hyperlink_120"/>
+    <hyperlink ref="B148" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="B149" r:id="rId_hyperlink_122"/>
+    <hyperlink ref="B150" r:id="rId_hyperlink_123"/>
+    <hyperlink ref="B151" r:id="rId_hyperlink_124"/>
+    <hyperlink ref="B152" r:id="rId_hyperlink_125"/>
+    <hyperlink ref="B153" r:id="rId_hyperlink_126"/>
+    <hyperlink ref="B154" r:id="rId_hyperlink_127"/>
+    <hyperlink ref="B155" r:id="rId_hyperlink_128"/>
+    <hyperlink ref="B156" r:id="rId_hyperlink_129"/>
+    <hyperlink ref="B157" r:id="rId_hyperlink_130"/>
+    <hyperlink ref="B158" r:id="rId_hyperlink_131"/>
+    <hyperlink ref="B159" r:id="rId_hyperlink_132"/>
+    <hyperlink ref="B160" r:id="rId_hyperlink_133"/>
+    <hyperlink ref="B161" r:id="rId_hyperlink_134"/>
+    <hyperlink ref="B162" r:id="rId_hyperlink_135"/>
+    <hyperlink ref="B163" r:id="rId_hyperlink_136"/>
+    <hyperlink ref="B164" r:id="rId_hyperlink_137"/>
+    <hyperlink ref="B165" r:id="rId_hyperlink_138"/>
+    <hyperlink ref="B166" r:id="rId_hyperlink_139"/>
+    <hyperlink ref="B167" r:id="rId_hyperlink_140"/>
+    <hyperlink ref="B168" r:id="rId_hyperlink_141"/>
+    <hyperlink ref="B169" r:id="rId_hyperlink_142"/>
+    <hyperlink ref="B170" r:id="rId_hyperlink_143"/>
+    <hyperlink ref="B171" r:id="rId_hyperlink_144"/>
+    <hyperlink ref="B172" r:id="rId_hyperlink_145"/>
+    <hyperlink ref="B173" r:id="rId_hyperlink_146"/>
+    <hyperlink ref="B174" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="B175" r:id="rId_hyperlink_148"/>
+    <hyperlink ref="B176" r:id="rId_hyperlink_149"/>
+    <hyperlink ref="B177" r:id="rId_hyperlink_150"/>
+    <hyperlink ref="B178" r:id="rId_hyperlink_151"/>
+    <hyperlink ref="B179" r:id="rId_hyperlink_152"/>
+    <hyperlink ref="B180" r:id="rId_hyperlink_153"/>
+    <hyperlink ref="B181" r:id="rId_hyperlink_154"/>
+    <hyperlink ref="B182" r:id="rId_hyperlink_155"/>
+    <hyperlink ref="B183" r:id="rId_hyperlink_156"/>
+    <hyperlink ref="B184" r:id="rId_hyperlink_157"/>
+    <hyperlink ref="B185" r:id="rId_hyperlink_158"/>
+    <hyperlink ref="B186" r:id="rId_hyperlink_159"/>
+    <hyperlink ref="B187" r:id="rId_hyperlink_160"/>
+    <hyperlink ref="B188" r:id="rId_hyperlink_161"/>
+    <hyperlink ref="B189" r:id="rId_hyperlink_162"/>
+    <hyperlink ref="B190" r:id="rId_hyperlink_163"/>
+    <hyperlink ref="B191" r:id="rId_hyperlink_164"/>
+    <hyperlink ref="B192" r:id="rId_hyperlink_165"/>
+    <hyperlink ref="B193" r:id="rId_hyperlink_166"/>
+    <hyperlink ref="B194" r:id="rId_hyperlink_167"/>
+    <hyperlink ref="B195" r:id="rId_hyperlink_168"/>
+    <hyperlink ref="B196" r:id="rId_hyperlink_169"/>
+    <hyperlink ref="B197" r:id="rId_hyperlink_170"/>
+    <hyperlink ref="B198" r:id="rId_hyperlink_171"/>
+    <hyperlink ref="B199" r:id="rId_hyperlink_172"/>
+    <hyperlink ref="B200" r:id="rId_hyperlink_173"/>
+    <hyperlink ref="B201" r:id="rId_hyperlink_174"/>
+    <hyperlink ref="B202" r:id="rId_hyperlink_175"/>
+    <hyperlink ref="B203" r:id="rId_hyperlink_176"/>
+    <hyperlink ref="B204" r:id="rId_hyperlink_177"/>
+    <hyperlink ref="B205" r:id="rId_hyperlink_178"/>
+    <hyperlink ref="B206" r:id="rId_hyperlink_179"/>
+    <hyperlink ref="B207" r:id="rId_hyperlink_180"/>
+    <hyperlink ref="B208" r:id="rId_hyperlink_181"/>
+    <hyperlink ref="B209" r:id="rId_hyperlink_182"/>
+    <hyperlink ref="B210" r:id="rId_hyperlink_183"/>
+    <hyperlink ref="B211" r:id="rId_hyperlink_184"/>
+    <hyperlink ref="B212" r:id="rId_hyperlink_185"/>
+    <hyperlink ref="B213" r:id="rId_hyperlink_186"/>
+    <hyperlink ref="B214" r:id="rId_hyperlink_187"/>
     <hyperlink ref="B215" r:id="rId_hyperlink_188"/>
     <hyperlink ref="B216" r:id="rId_hyperlink_189"/>
     <hyperlink ref="B217" r:id="rId_hyperlink_190"/>
     <hyperlink ref="B218" r:id="rId_hyperlink_191"/>
     <hyperlink ref="B219" r:id="rId_hyperlink_192"/>
     <hyperlink ref="B220" r:id="rId_hyperlink_193"/>
-    <hyperlink ref="B221" r:id="rId_hyperlink_194"/>
+    <hyperlink ref="B224" r:id="rId_hyperlink_194"/>
     <hyperlink ref="B225" r:id="rId_hyperlink_195"/>
     <hyperlink ref="B226" r:id="rId_hyperlink_196"/>
     <hyperlink ref="B227" r:id="rId_hyperlink_197"/>
     <hyperlink ref="B228" r:id="rId_hyperlink_198"/>
     <hyperlink ref="B229" r:id="rId_hyperlink_199"/>
     <hyperlink ref="B230" r:id="rId_hyperlink_200"/>
-    <hyperlink ref="B231" r:id="rId_hyperlink_201"/>
-[...11 lines deleted...]
-    <hyperlink ref="B243" r:id="rId_hyperlink_213"/>
+    <hyperlink ref="B234" r:id="rId_hyperlink_201"/>
+    <hyperlink ref="B235" r:id="rId_hyperlink_202"/>
+    <hyperlink ref="B236" r:id="rId_hyperlink_203"/>
+    <hyperlink ref="B237" r:id="rId_hyperlink_204"/>
+    <hyperlink ref="B238" r:id="rId_hyperlink_205"/>
+    <hyperlink ref="B239" r:id="rId_hyperlink_206"/>
+    <hyperlink ref="B240" r:id="rId_hyperlink_207"/>
+    <hyperlink ref="B241" r:id="rId_hyperlink_208"/>
+    <hyperlink ref="B242" r:id="rId_hyperlink_209"/>
+    <hyperlink ref="B243" r:id="rId_hyperlink_210"/>
+    <hyperlink ref="B244" r:id="rId_hyperlink_211"/>
+    <hyperlink ref="B245" r:id="rId_hyperlink_212"/>
+    <hyperlink ref="B246" r:id="rId_hyperlink_213"/>
     <hyperlink ref="B247" r:id="rId_hyperlink_214"/>
-    <hyperlink ref="B251" r:id="rId_hyperlink_215"/>
-[...4 lines deleted...]
-    <hyperlink ref="B259" r:id="rId_hyperlink_220"/>
+    <hyperlink ref="B248" r:id="rId_hyperlink_215"/>
+    <hyperlink ref="B249" r:id="rId_hyperlink_216"/>
+    <hyperlink ref="B250" r:id="rId_hyperlink_217"/>
+    <hyperlink ref="B251" r:id="rId_hyperlink_218"/>
+    <hyperlink ref="B252" r:id="rId_hyperlink_219"/>
+    <hyperlink ref="B256" r:id="rId_hyperlink_220"/>
     <hyperlink ref="B260" r:id="rId_hyperlink_221"/>
     <hyperlink ref="B261" r:id="rId_hyperlink_222"/>
-    <hyperlink ref="B262" r:id="rId_hyperlink_223"/>
-[...1 lines deleted...]
-    <hyperlink ref="B264" r:id="rId_hyperlink_225"/>
+    <hyperlink ref="B265" r:id="rId_hyperlink_223"/>
+    <hyperlink ref="B266" r:id="rId_hyperlink_224"/>
+    <hyperlink ref="B267" r:id="rId_hyperlink_225"/>
     <hyperlink ref="B268" r:id="rId_hyperlink_226"/>
-    <hyperlink ref="B272" r:id="rId_hyperlink_227"/>
-[...8 lines deleted...]
-    <hyperlink ref="B287" r:id="rId_hyperlink_236"/>
+    <hyperlink ref="B269" r:id="rId_hyperlink_227"/>
+    <hyperlink ref="B270" r:id="rId_hyperlink_228"/>
+    <hyperlink ref="B271" r:id="rId_hyperlink_229"/>
+    <hyperlink ref="B272" r:id="rId_hyperlink_230"/>
+    <hyperlink ref="B273" r:id="rId_hyperlink_231"/>
+    <hyperlink ref="B277" r:id="rId_hyperlink_232"/>
+    <hyperlink ref="B281" r:id="rId_hyperlink_233"/>
+    <hyperlink ref="B282" r:id="rId_hyperlink_234"/>
+    <hyperlink ref="B283" r:id="rId_hyperlink_235"/>
+    <hyperlink ref="B284" r:id="rId_hyperlink_236"/>
     <hyperlink ref="B288" r:id="rId_hyperlink_237"/>
     <hyperlink ref="B289" r:id="rId_hyperlink_238"/>
-    <hyperlink ref="B290" r:id="rId_hyperlink_239"/>
-[...9 lines deleted...]
-    <hyperlink ref="B300" r:id="rId_hyperlink_249"/>
+    <hyperlink ref="B293" r:id="rId_hyperlink_239"/>
+    <hyperlink ref="B294" r:id="rId_hyperlink_240"/>
+    <hyperlink ref="B295" r:id="rId_hyperlink_241"/>
+    <hyperlink ref="B296" r:id="rId_hyperlink_242"/>
+    <hyperlink ref="B297" r:id="rId_hyperlink_243"/>
+    <hyperlink ref="B298" r:id="rId_hyperlink_244"/>
+    <hyperlink ref="B299" r:id="rId_hyperlink_245"/>
+    <hyperlink ref="B300" r:id="rId_hyperlink_246"/>
+    <hyperlink ref="B301" r:id="rId_hyperlink_247"/>
+    <hyperlink ref="B302" r:id="rId_hyperlink_248"/>
+    <hyperlink ref="B303" r:id="rId_hyperlink_249"/>
     <hyperlink ref="B304" r:id="rId_hyperlink_250"/>
     <hyperlink ref="B305" r:id="rId_hyperlink_251"/>
     <hyperlink ref="B306" r:id="rId_hyperlink_252"/>
     <hyperlink ref="B307" r:id="rId_hyperlink_253"/>
-    <hyperlink ref="B311" r:id="rId_hyperlink_254"/>
-    <hyperlink ref="B312" r:id="rId_hyperlink_255"/>
+    <hyperlink ref="B308" r:id="rId_hyperlink_254"/>
+    <hyperlink ref="B309" r:id="rId_hyperlink_255"/>
     <hyperlink ref="B313" r:id="rId_hyperlink_256"/>
     <hyperlink ref="B314" r:id="rId_hyperlink_257"/>
     <hyperlink ref="B315" r:id="rId_hyperlink_258"/>
     <hyperlink ref="B316" r:id="rId_hyperlink_259"/>
-    <hyperlink ref="B317" r:id="rId_hyperlink_260"/>
-[...3 lines deleted...]
-    <hyperlink ref="B321" r:id="rId_hyperlink_264"/>
+    <hyperlink ref="B320" r:id="rId_hyperlink_260"/>
+    <hyperlink ref="B321" r:id="rId_hyperlink_261"/>
+    <hyperlink ref="B322" r:id="rId_hyperlink_262"/>
+    <hyperlink ref="B323" r:id="rId_hyperlink_263"/>
+    <hyperlink ref="B324" r:id="rId_hyperlink_264"/>
     <hyperlink ref="B325" r:id="rId_hyperlink_265"/>
     <hyperlink ref="B326" r:id="rId_hyperlink_266"/>
     <hyperlink ref="B327" r:id="rId_hyperlink_267"/>
     <hyperlink ref="B328" r:id="rId_hyperlink_268"/>
     <hyperlink ref="B329" r:id="rId_hyperlink_269"/>
     <hyperlink ref="B330" r:id="rId_hyperlink_270"/>
-    <hyperlink ref="B331" r:id="rId_hyperlink_271"/>
-[...2 lines deleted...]
-    <hyperlink ref="B334" r:id="rId_hyperlink_274"/>
+    <hyperlink ref="B334" r:id="rId_hyperlink_271"/>
+    <hyperlink ref="B335" r:id="rId_hyperlink_272"/>
+    <hyperlink ref="B336" r:id="rId_hyperlink_273"/>
+    <hyperlink ref="B337" r:id="rId_hyperlink_274"/>
     <hyperlink ref="B338" r:id="rId_hyperlink_275"/>
-    <hyperlink ref="B342" r:id="rId_hyperlink_276"/>
-[...3 lines deleted...]
-    <hyperlink ref="B346" r:id="rId_hyperlink_280"/>
+    <hyperlink ref="B339" r:id="rId_hyperlink_276"/>
+    <hyperlink ref="B340" r:id="rId_hyperlink_277"/>
+    <hyperlink ref="B341" r:id="rId_hyperlink_278"/>
+    <hyperlink ref="B342" r:id="rId_hyperlink_279"/>
+    <hyperlink ref="B343" r:id="rId_hyperlink_280"/>
     <hyperlink ref="B347" r:id="rId_hyperlink_281"/>
-    <hyperlink ref="B348" r:id="rId_hyperlink_282"/>
-[...2 lines deleted...]
-    <hyperlink ref="B351" r:id="rId_hyperlink_285"/>
+    <hyperlink ref="B351" r:id="rId_hyperlink_282"/>
+    <hyperlink ref="B352" r:id="rId_hyperlink_283"/>
+    <hyperlink ref="B353" r:id="rId_hyperlink_284"/>
+    <hyperlink ref="B354" r:id="rId_hyperlink_285"/>
     <hyperlink ref="B355" r:id="rId_hyperlink_286"/>
-    <hyperlink ref="B359" r:id="rId_hyperlink_287"/>
-[...11 lines deleted...]
-    <hyperlink ref="B383" r:id="rId_hyperlink_299"/>
+    <hyperlink ref="B356" r:id="rId_hyperlink_287"/>
+    <hyperlink ref="B357" r:id="rId_hyperlink_288"/>
+    <hyperlink ref="B358" r:id="rId_hyperlink_289"/>
+    <hyperlink ref="B359" r:id="rId_hyperlink_290"/>
+    <hyperlink ref="B360" r:id="rId_hyperlink_291"/>
+    <hyperlink ref="B364" r:id="rId_hyperlink_292"/>
+    <hyperlink ref="B368" r:id="rId_hyperlink_293"/>
+    <hyperlink ref="B372" r:id="rId_hyperlink_294"/>
+    <hyperlink ref="B373" r:id="rId_hyperlink_295"/>
+    <hyperlink ref="B377" r:id="rId_hyperlink_296"/>
+    <hyperlink ref="B378" r:id="rId_hyperlink_297"/>
+    <hyperlink ref="B379" r:id="rId_hyperlink_298"/>
+    <hyperlink ref="B380" r:id="rId_hyperlink_299"/>
     <hyperlink ref="B384" r:id="rId_hyperlink_300"/>
-    <hyperlink ref="B385" r:id="rId_hyperlink_301"/>
-[...23 lines deleted...]
-    <hyperlink ref="B409" r:id="rId_hyperlink_325"/>
+    <hyperlink ref="B388" r:id="rId_hyperlink_301"/>
+    <hyperlink ref="B389" r:id="rId_hyperlink_302"/>
+    <hyperlink ref="B390" r:id="rId_hyperlink_303"/>
+    <hyperlink ref="B391" r:id="rId_hyperlink_304"/>
+    <hyperlink ref="B392" r:id="rId_hyperlink_305"/>
+    <hyperlink ref="B393" r:id="rId_hyperlink_306"/>
+    <hyperlink ref="B394" r:id="rId_hyperlink_307"/>
+    <hyperlink ref="B395" r:id="rId_hyperlink_308"/>
+    <hyperlink ref="B396" r:id="rId_hyperlink_309"/>
+    <hyperlink ref="B397" r:id="rId_hyperlink_310"/>
+    <hyperlink ref="B398" r:id="rId_hyperlink_311"/>
+    <hyperlink ref="B399" r:id="rId_hyperlink_312"/>
+    <hyperlink ref="B400" r:id="rId_hyperlink_313"/>
+    <hyperlink ref="B401" r:id="rId_hyperlink_314"/>
+    <hyperlink ref="B402" r:id="rId_hyperlink_315"/>
+    <hyperlink ref="B403" r:id="rId_hyperlink_316"/>
+    <hyperlink ref="B404" r:id="rId_hyperlink_317"/>
+    <hyperlink ref="B405" r:id="rId_hyperlink_318"/>
+    <hyperlink ref="B406" r:id="rId_hyperlink_319"/>
+    <hyperlink ref="B407" r:id="rId_hyperlink_320"/>
+    <hyperlink ref="B408" r:id="rId_hyperlink_321"/>
+    <hyperlink ref="B409" r:id="rId_hyperlink_322"/>
+    <hyperlink ref="B410" r:id="rId_hyperlink_323"/>
+    <hyperlink ref="B411" r:id="rId_hyperlink_324"/>
+    <hyperlink ref="B412" r:id="rId_hyperlink_325"/>
     <hyperlink ref="B413" r:id="rId_hyperlink_326"/>
-    <hyperlink ref="B417" r:id="rId_hyperlink_327"/>
-[...4 lines deleted...]
-    <hyperlink ref="B425" r:id="rId_hyperlink_332"/>
+    <hyperlink ref="B414" r:id="rId_hyperlink_327"/>
+    <hyperlink ref="B415" r:id="rId_hyperlink_328"/>
+    <hyperlink ref="B416" r:id="rId_hyperlink_329"/>
+    <hyperlink ref="B417" r:id="rId_hyperlink_330"/>
+    <hyperlink ref="B418" r:id="rId_hyperlink_331"/>
+    <hyperlink ref="B422" r:id="rId_hyperlink_332"/>
     <hyperlink ref="B426" r:id="rId_hyperlink_333"/>
     <hyperlink ref="B427" r:id="rId_hyperlink_334"/>
     <hyperlink ref="B428" r:id="rId_hyperlink_335"/>
     <hyperlink ref="B429" r:id="rId_hyperlink_336"/>
-    <hyperlink ref="B430" r:id="rId_hyperlink_337"/>
-    <hyperlink ref="B431" r:id="rId_hyperlink_338"/>
+    <hyperlink ref="B433" r:id="rId_hyperlink_337"/>
+    <hyperlink ref="B434" r:id="rId_hyperlink_338"/>
     <hyperlink ref="B435" r:id="rId_hyperlink_339"/>
     <hyperlink ref="B436" r:id="rId_hyperlink_340"/>
     <hyperlink ref="B437" r:id="rId_hyperlink_341"/>
     <hyperlink ref="B438" r:id="rId_hyperlink_342"/>
     <hyperlink ref="B439" r:id="rId_hyperlink_343"/>
     <hyperlink ref="B440" r:id="rId_hyperlink_344"/>
     <hyperlink ref="B441" r:id="rId_hyperlink_345"/>
-    <hyperlink ref="B442" r:id="rId_hyperlink_346"/>
-[...11 lines deleted...]
-    <hyperlink ref="B454" r:id="rId_hyperlink_358"/>
+    <hyperlink ref="B445" r:id="rId_hyperlink_346"/>
+    <hyperlink ref="B446" r:id="rId_hyperlink_347"/>
+    <hyperlink ref="B447" r:id="rId_hyperlink_348"/>
+    <hyperlink ref="B448" r:id="rId_hyperlink_349"/>
+    <hyperlink ref="B449" r:id="rId_hyperlink_350"/>
+    <hyperlink ref="B450" r:id="rId_hyperlink_351"/>
+    <hyperlink ref="B451" r:id="rId_hyperlink_352"/>
+    <hyperlink ref="B452" r:id="rId_hyperlink_353"/>
+    <hyperlink ref="B453" r:id="rId_hyperlink_354"/>
+    <hyperlink ref="B454" r:id="rId_hyperlink_355"/>
+    <hyperlink ref="B455" r:id="rId_hyperlink_356"/>
+    <hyperlink ref="B456" r:id="rId_hyperlink_357"/>
+    <hyperlink ref="B457" r:id="rId_hyperlink_358"/>
     <hyperlink ref="B458" r:id="rId_hyperlink_359"/>
     <hyperlink ref="B459" r:id="rId_hyperlink_360"/>
     <hyperlink ref="B460" r:id="rId_hyperlink_361"/>
     <hyperlink ref="B461" r:id="rId_hyperlink_362"/>
     <hyperlink ref="B462" r:id="rId_hyperlink_363"/>
     <hyperlink ref="B463" r:id="rId_hyperlink_364"/>
     <hyperlink ref="B464" r:id="rId_hyperlink_365"/>
     <hyperlink ref="B468" r:id="rId_hyperlink_366"/>
-    <hyperlink ref="B472" r:id="rId_hyperlink_367"/>
-[...15 lines deleted...]
-    <hyperlink ref="B500" r:id="rId_hyperlink_383"/>
+    <hyperlink ref="B469" r:id="rId_hyperlink_367"/>
+    <hyperlink ref="B470" r:id="rId_hyperlink_368"/>
+    <hyperlink ref="B471" r:id="rId_hyperlink_369"/>
+    <hyperlink ref="B472" r:id="rId_hyperlink_370"/>
+    <hyperlink ref="B473" r:id="rId_hyperlink_371"/>
+    <hyperlink ref="B474" r:id="rId_hyperlink_372"/>
+    <hyperlink ref="B475" r:id="rId_hyperlink_373"/>
+    <hyperlink ref="B476" r:id="rId_hyperlink_374"/>
+    <hyperlink ref="B480" r:id="rId_hyperlink_375"/>
+    <hyperlink ref="B484" r:id="rId_hyperlink_376"/>
+    <hyperlink ref="B488" r:id="rId_hyperlink_377"/>
+    <hyperlink ref="B489" r:id="rId_hyperlink_378"/>
+    <hyperlink ref="B490" r:id="rId_hyperlink_379"/>
+    <hyperlink ref="B491" r:id="rId_hyperlink_380"/>
+    <hyperlink ref="B492" r:id="rId_hyperlink_381"/>
+    <hyperlink ref="B496" r:id="rId_hyperlink_382"/>
+    <hyperlink ref="B497" r:id="rId_hyperlink_383"/>
     <hyperlink ref="B501" r:id="rId_hyperlink_384"/>
     <hyperlink ref="B502" r:id="rId_hyperlink_385"/>
     <hyperlink ref="B503" r:id="rId_hyperlink_386"/>
-    <hyperlink ref="B504" r:id="rId_hyperlink_387"/>
-[...21 lines deleted...]
-    <hyperlink ref="B526" r:id="rId_hyperlink_409"/>
+    <hyperlink ref="B507" r:id="rId_hyperlink_387"/>
+    <hyperlink ref="B508" r:id="rId_hyperlink_388"/>
+    <hyperlink ref="B509" r:id="rId_hyperlink_389"/>
+    <hyperlink ref="B510" r:id="rId_hyperlink_390"/>
+    <hyperlink ref="B511" r:id="rId_hyperlink_391"/>
+    <hyperlink ref="B512" r:id="rId_hyperlink_392"/>
+    <hyperlink ref="B513" r:id="rId_hyperlink_393"/>
+    <hyperlink ref="B514" r:id="rId_hyperlink_394"/>
+    <hyperlink ref="B515" r:id="rId_hyperlink_395"/>
+    <hyperlink ref="B516" r:id="rId_hyperlink_396"/>
+    <hyperlink ref="B517" r:id="rId_hyperlink_397"/>
+    <hyperlink ref="B518" r:id="rId_hyperlink_398"/>
+    <hyperlink ref="B519" r:id="rId_hyperlink_399"/>
+    <hyperlink ref="B520" r:id="rId_hyperlink_400"/>
+    <hyperlink ref="B521" r:id="rId_hyperlink_401"/>
+    <hyperlink ref="B522" r:id="rId_hyperlink_402"/>
+    <hyperlink ref="B523" r:id="rId_hyperlink_403"/>
+    <hyperlink ref="B524" r:id="rId_hyperlink_404"/>
+    <hyperlink ref="B525" r:id="rId_hyperlink_405"/>
+    <hyperlink ref="B526" r:id="rId_hyperlink_406"/>
+    <hyperlink ref="B527" r:id="rId_hyperlink_407"/>
+    <hyperlink ref="B528" r:id="rId_hyperlink_408"/>
+    <hyperlink ref="B529" r:id="rId_hyperlink_409"/>
     <hyperlink ref="B530" r:id="rId_hyperlink_410"/>
     <hyperlink ref="B531" r:id="rId_hyperlink_411"/>
     <hyperlink ref="B532" r:id="rId_hyperlink_412"/>
-    <hyperlink ref="B536" r:id="rId_hyperlink_413"/>
-[...38 lines deleted...]
-    <hyperlink ref="B611" r:id="rId_hyperlink_452"/>
+    <hyperlink ref="B533" r:id="rId_hyperlink_413"/>
+    <hyperlink ref="B534" r:id="rId_hyperlink_414"/>
+    <hyperlink ref="B535" r:id="rId_hyperlink_415"/>
+    <hyperlink ref="B536" r:id="rId_hyperlink_416"/>
+    <hyperlink ref="B537" r:id="rId_hyperlink_417"/>
+    <hyperlink ref="B538" r:id="rId_hyperlink_418"/>
+    <hyperlink ref="B542" r:id="rId_hyperlink_419"/>
+    <hyperlink ref="B543" r:id="rId_hyperlink_420"/>
+    <hyperlink ref="B544" r:id="rId_hyperlink_421"/>
+    <hyperlink ref="B548" r:id="rId_hyperlink_422"/>
+    <hyperlink ref="B549" r:id="rId_hyperlink_423"/>
+    <hyperlink ref="B550" r:id="rId_hyperlink_424"/>
+    <hyperlink ref="B554" r:id="rId_hyperlink_425"/>
+    <hyperlink ref="B555" r:id="rId_hyperlink_426"/>
+    <hyperlink ref="B559" r:id="rId_hyperlink_427"/>
+    <hyperlink ref="B560" r:id="rId_hyperlink_428"/>
+    <hyperlink ref="B564" r:id="rId_hyperlink_429"/>
+    <hyperlink ref="B565" r:id="rId_hyperlink_430"/>
+    <hyperlink ref="B566" r:id="rId_hyperlink_431"/>
+    <hyperlink ref="B570" r:id="rId_hyperlink_432"/>
+    <hyperlink ref="B571" r:id="rId_hyperlink_433"/>
+    <hyperlink ref="B572" r:id="rId_hyperlink_434"/>
+    <hyperlink ref="B576" r:id="rId_hyperlink_435"/>
+    <hyperlink ref="B577" r:id="rId_hyperlink_436"/>
+    <hyperlink ref="B578" r:id="rId_hyperlink_437"/>
+    <hyperlink ref="B582" r:id="rId_hyperlink_438"/>
+    <hyperlink ref="B583" r:id="rId_hyperlink_439"/>
+    <hyperlink ref="B584" r:id="rId_hyperlink_440"/>
+    <hyperlink ref="B588" r:id="rId_hyperlink_441"/>
+    <hyperlink ref="B589" r:id="rId_hyperlink_442"/>
+    <hyperlink ref="B590" r:id="rId_hyperlink_443"/>
+    <hyperlink ref="B594" r:id="rId_hyperlink_444"/>
+    <hyperlink ref="B595" r:id="rId_hyperlink_445"/>
+    <hyperlink ref="B596" r:id="rId_hyperlink_446"/>
+    <hyperlink ref="B600" r:id="rId_hyperlink_447"/>
+    <hyperlink ref="B601" r:id="rId_hyperlink_448"/>
+    <hyperlink ref="B602" r:id="rId_hyperlink_449"/>
+    <hyperlink ref="B606" r:id="rId_hyperlink_450"/>
+    <hyperlink ref="B607" r:id="rId_hyperlink_451"/>
+    <hyperlink ref="B608" r:id="rId_hyperlink_452"/>
     <hyperlink ref="B612" r:id="rId_hyperlink_453"/>
     <hyperlink ref="B613" r:id="rId_hyperlink_454"/>
     <hyperlink ref="B614" r:id="rId_hyperlink_455"/>
     <hyperlink ref="B615" r:id="rId_hyperlink_456"/>
     <hyperlink ref="B616" r:id="rId_hyperlink_457"/>
-    <hyperlink ref="B617" r:id="rId_hyperlink_458"/>
-[...39 lines deleted...]
-    <hyperlink ref="B657" r:id="rId_hyperlink_498"/>
+    <hyperlink ref="B620" r:id="rId_hyperlink_458"/>
+    <hyperlink ref="B621" r:id="rId_hyperlink_459"/>
+    <hyperlink ref="B622" r:id="rId_hyperlink_460"/>
+    <hyperlink ref="B623" r:id="rId_hyperlink_461"/>
+    <hyperlink ref="B624" r:id="rId_hyperlink_462"/>
+    <hyperlink ref="B625" r:id="rId_hyperlink_463"/>
+    <hyperlink ref="B626" r:id="rId_hyperlink_464"/>
+    <hyperlink ref="B627" r:id="rId_hyperlink_465"/>
+    <hyperlink ref="B628" r:id="rId_hyperlink_466"/>
+    <hyperlink ref="B629" r:id="rId_hyperlink_467"/>
+    <hyperlink ref="B630" r:id="rId_hyperlink_468"/>
+    <hyperlink ref="B631" r:id="rId_hyperlink_469"/>
+    <hyperlink ref="B632" r:id="rId_hyperlink_470"/>
+    <hyperlink ref="B633" r:id="rId_hyperlink_471"/>
+    <hyperlink ref="B634" r:id="rId_hyperlink_472"/>
+    <hyperlink ref="B635" r:id="rId_hyperlink_473"/>
+    <hyperlink ref="B636" r:id="rId_hyperlink_474"/>
+    <hyperlink ref="B637" r:id="rId_hyperlink_475"/>
+    <hyperlink ref="B638" r:id="rId_hyperlink_476"/>
+    <hyperlink ref="B639" r:id="rId_hyperlink_477"/>
+    <hyperlink ref="B640" r:id="rId_hyperlink_478"/>
+    <hyperlink ref="B641" r:id="rId_hyperlink_479"/>
+    <hyperlink ref="B642" r:id="rId_hyperlink_480"/>
+    <hyperlink ref="B643" r:id="rId_hyperlink_481"/>
+    <hyperlink ref="B644" r:id="rId_hyperlink_482"/>
+    <hyperlink ref="B645" r:id="rId_hyperlink_483"/>
+    <hyperlink ref="B646" r:id="rId_hyperlink_484"/>
+    <hyperlink ref="B647" r:id="rId_hyperlink_485"/>
+    <hyperlink ref="B648" r:id="rId_hyperlink_486"/>
+    <hyperlink ref="B649" r:id="rId_hyperlink_487"/>
+    <hyperlink ref="B650" r:id="rId_hyperlink_488"/>
+    <hyperlink ref="B651" r:id="rId_hyperlink_489"/>
+    <hyperlink ref="B652" r:id="rId_hyperlink_490"/>
+    <hyperlink ref="B653" r:id="rId_hyperlink_491"/>
+    <hyperlink ref="B654" r:id="rId_hyperlink_492"/>
+    <hyperlink ref="B655" r:id="rId_hyperlink_493"/>
+    <hyperlink ref="B656" r:id="rId_hyperlink_494"/>
+    <hyperlink ref="B657" r:id="rId_hyperlink_495"/>
+    <hyperlink ref="B658" r:id="rId_hyperlink_496"/>
+    <hyperlink ref="B659" r:id="rId_hyperlink_497"/>
+    <hyperlink ref="B660" r:id="rId_hyperlink_498"/>
     <hyperlink ref="B661" r:id="rId_hyperlink_499"/>
     <hyperlink ref="B662" r:id="rId_hyperlink_500"/>
     <hyperlink ref="B663" r:id="rId_hyperlink_501"/>
-    <hyperlink ref="B667" r:id="rId_hyperlink_502"/>
-[...70 lines deleted...]
-    <hyperlink ref="B801" r:id="rId_hyperlink_573"/>
+    <hyperlink ref="B664" r:id="rId_hyperlink_502"/>
+    <hyperlink ref="B665" r:id="rId_hyperlink_503"/>
+    <hyperlink ref="B666" r:id="rId_hyperlink_504"/>
+    <hyperlink ref="B667" r:id="rId_hyperlink_505"/>
+    <hyperlink ref="B668" r:id="rId_hyperlink_506"/>
+    <hyperlink ref="B669" r:id="rId_hyperlink_507"/>
+    <hyperlink ref="B670" r:id="rId_hyperlink_508"/>
+    <hyperlink ref="B671" r:id="rId_hyperlink_509"/>
+    <hyperlink ref="B672" r:id="rId_hyperlink_510"/>
+    <hyperlink ref="B676" r:id="rId_hyperlink_511"/>
+    <hyperlink ref="B677" r:id="rId_hyperlink_512"/>
+    <hyperlink ref="B678" r:id="rId_hyperlink_513"/>
+    <hyperlink ref="B682" r:id="rId_hyperlink_514"/>
+    <hyperlink ref="B683" r:id="rId_hyperlink_515"/>
+    <hyperlink ref="B687" r:id="rId_hyperlink_516"/>
+    <hyperlink ref="B688" r:id="rId_hyperlink_517"/>
+    <hyperlink ref="B692" r:id="rId_hyperlink_518"/>
+    <hyperlink ref="B693" r:id="rId_hyperlink_519"/>
+    <hyperlink ref="B697" r:id="rId_hyperlink_520"/>
+    <hyperlink ref="B698" r:id="rId_hyperlink_521"/>
+    <hyperlink ref="B702" r:id="rId_hyperlink_522"/>
+    <hyperlink ref="B703" r:id="rId_hyperlink_523"/>
+    <hyperlink ref="B707" r:id="rId_hyperlink_524"/>
+    <hyperlink ref="B708" r:id="rId_hyperlink_525"/>
+    <hyperlink ref="B712" r:id="rId_hyperlink_526"/>
+    <hyperlink ref="B713" r:id="rId_hyperlink_527"/>
+    <hyperlink ref="B714" r:id="rId_hyperlink_528"/>
+    <hyperlink ref="B718" r:id="rId_hyperlink_529"/>
+    <hyperlink ref="B719" r:id="rId_hyperlink_530"/>
+    <hyperlink ref="B720" r:id="rId_hyperlink_531"/>
+    <hyperlink ref="B724" r:id="rId_hyperlink_532"/>
+    <hyperlink ref="B725" r:id="rId_hyperlink_533"/>
+    <hyperlink ref="B726" r:id="rId_hyperlink_534"/>
+    <hyperlink ref="B730" r:id="rId_hyperlink_535"/>
+    <hyperlink ref="B731" r:id="rId_hyperlink_536"/>
+    <hyperlink ref="B732" r:id="rId_hyperlink_537"/>
+    <hyperlink ref="B736" r:id="rId_hyperlink_538"/>
+    <hyperlink ref="B737" r:id="rId_hyperlink_539"/>
+    <hyperlink ref="B738" r:id="rId_hyperlink_540"/>
+    <hyperlink ref="B742" r:id="rId_hyperlink_541"/>
+    <hyperlink ref="B743" r:id="rId_hyperlink_542"/>
+    <hyperlink ref="B744" r:id="rId_hyperlink_543"/>
+    <hyperlink ref="B748" r:id="rId_hyperlink_544"/>
+    <hyperlink ref="B749" r:id="rId_hyperlink_545"/>
+    <hyperlink ref="B750" r:id="rId_hyperlink_546"/>
+    <hyperlink ref="B754" r:id="rId_hyperlink_547"/>
+    <hyperlink ref="B755" r:id="rId_hyperlink_548"/>
+    <hyperlink ref="B756" r:id="rId_hyperlink_549"/>
+    <hyperlink ref="B757" r:id="rId_hyperlink_550"/>
+    <hyperlink ref="B758" r:id="rId_hyperlink_551"/>
+    <hyperlink ref="B759" r:id="rId_hyperlink_552"/>
+    <hyperlink ref="B760" r:id="rId_hyperlink_553"/>
+    <hyperlink ref="B761" r:id="rId_hyperlink_554"/>
+    <hyperlink ref="B762" r:id="rId_hyperlink_555"/>
+    <hyperlink ref="B766" r:id="rId_hyperlink_556"/>
+    <hyperlink ref="B767" r:id="rId_hyperlink_557"/>
+    <hyperlink ref="B771" r:id="rId_hyperlink_558"/>
+    <hyperlink ref="B772" r:id="rId_hyperlink_559"/>
+    <hyperlink ref="B776" r:id="rId_hyperlink_560"/>
+    <hyperlink ref="B777" r:id="rId_hyperlink_561"/>
+    <hyperlink ref="B781" r:id="rId_hyperlink_562"/>
+    <hyperlink ref="B782" r:id="rId_hyperlink_563"/>
+    <hyperlink ref="B783" r:id="rId_hyperlink_564"/>
+    <hyperlink ref="B784" r:id="rId_hyperlink_565"/>
+    <hyperlink ref="B785" r:id="rId_hyperlink_566"/>
+    <hyperlink ref="B786" r:id="rId_hyperlink_567"/>
+    <hyperlink ref="B787" r:id="rId_hyperlink_568"/>
+    <hyperlink ref="B791" r:id="rId_hyperlink_569"/>
+    <hyperlink ref="B792" r:id="rId_hyperlink_570"/>
+    <hyperlink ref="B793" r:id="rId_hyperlink_571"/>
+    <hyperlink ref="B797" r:id="rId_hyperlink_572"/>
+    <hyperlink ref="B798" r:id="rId_hyperlink_573"/>
     <hyperlink ref="B802" r:id="rId_hyperlink_574"/>
     <hyperlink ref="B803" r:id="rId_hyperlink_575"/>
     <hyperlink ref="B804" r:id="rId_hyperlink_576"/>
-    <hyperlink ref="B805" r:id="rId_hyperlink_577"/>
-[...131 lines deleted...]
-    <hyperlink ref="B952" r:id="rId_hyperlink_709"/>
+    <hyperlink ref="B808" r:id="rId_hyperlink_577"/>
+    <hyperlink ref="B809" r:id="rId_hyperlink_578"/>
+    <hyperlink ref="B810" r:id="rId_hyperlink_579"/>
+    <hyperlink ref="B811" r:id="rId_hyperlink_580"/>
+    <hyperlink ref="B812" r:id="rId_hyperlink_581"/>
+    <hyperlink ref="B813" r:id="rId_hyperlink_582"/>
+    <hyperlink ref="B814" r:id="rId_hyperlink_583"/>
+    <hyperlink ref="B818" r:id="rId_hyperlink_584"/>
+    <hyperlink ref="B819" r:id="rId_hyperlink_585"/>
+    <hyperlink ref="B823" r:id="rId_hyperlink_586"/>
+    <hyperlink ref="B824" r:id="rId_hyperlink_587"/>
+    <hyperlink ref="B825" r:id="rId_hyperlink_588"/>
+    <hyperlink ref="B826" r:id="rId_hyperlink_589"/>
+    <hyperlink ref="B827" r:id="rId_hyperlink_590"/>
+    <hyperlink ref="B828" r:id="rId_hyperlink_591"/>
+    <hyperlink ref="B829" r:id="rId_hyperlink_592"/>
+    <hyperlink ref="B830" r:id="rId_hyperlink_593"/>
+    <hyperlink ref="B831" r:id="rId_hyperlink_594"/>
+    <hyperlink ref="B832" r:id="rId_hyperlink_595"/>
+    <hyperlink ref="B833" r:id="rId_hyperlink_596"/>
+    <hyperlink ref="B834" r:id="rId_hyperlink_597"/>
+    <hyperlink ref="B835" r:id="rId_hyperlink_598"/>
+    <hyperlink ref="B836" r:id="rId_hyperlink_599"/>
+    <hyperlink ref="B837" r:id="rId_hyperlink_600"/>
+    <hyperlink ref="B838" r:id="rId_hyperlink_601"/>
+    <hyperlink ref="B839" r:id="rId_hyperlink_602"/>
+    <hyperlink ref="B840" r:id="rId_hyperlink_603"/>
+    <hyperlink ref="B841" r:id="rId_hyperlink_604"/>
+    <hyperlink ref="B842" r:id="rId_hyperlink_605"/>
+    <hyperlink ref="B843" r:id="rId_hyperlink_606"/>
+    <hyperlink ref="B844" r:id="rId_hyperlink_607"/>
+    <hyperlink ref="B845" r:id="rId_hyperlink_608"/>
+    <hyperlink ref="B846" r:id="rId_hyperlink_609"/>
+    <hyperlink ref="B847" r:id="rId_hyperlink_610"/>
+    <hyperlink ref="B848" r:id="rId_hyperlink_611"/>
+    <hyperlink ref="B849" r:id="rId_hyperlink_612"/>
+    <hyperlink ref="B850" r:id="rId_hyperlink_613"/>
+    <hyperlink ref="B851" r:id="rId_hyperlink_614"/>
+    <hyperlink ref="B852" r:id="rId_hyperlink_615"/>
+    <hyperlink ref="B853" r:id="rId_hyperlink_616"/>
+    <hyperlink ref="B854" r:id="rId_hyperlink_617"/>
+    <hyperlink ref="B855" r:id="rId_hyperlink_618"/>
+    <hyperlink ref="B856" r:id="rId_hyperlink_619"/>
+    <hyperlink ref="B857" r:id="rId_hyperlink_620"/>
+    <hyperlink ref="B858" r:id="rId_hyperlink_621"/>
+    <hyperlink ref="B859" r:id="rId_hyperlink_622"/>
+    <hyperlink ref="B860" r:id="rId_hyperlink_623"/>
+    <hyperlink ref="B861" r:id="rId_hyperlink_624"/>
+    <hyperlink ref="B862" r:id="rId_hyperlink_625"/>
+    <hyperlink ref="B863" r:id="rId_hyperlink_626"/>
+    <hyperlink ref="B864" r:id="rId_hyperlink_627"/>
+    <hyperlink ref="B865" r:id="rId_hyperlink_628"/>
+    <hyperlink ref="B869" r:id="rId_hyperlink_629"/>
+    <hyperlink ref="B870" r:id="rId_hyperlink_630"/>
+    <hyperlink ref="B871" r:id="rId_hyperlink_631"/>
+    <hyperlink ref="B872" r:id="rId_hyperlink_632"/>
+    <hyperlink ref="B873" r:id="rId_hyperlink_633"/>
+    <hyperlink ref="B874" r:id="rId_hyperlink_634"/>
+    <hyperlink ref="B875" r:id="rId_hyperlink_635"/>
+    <hyperlink ref="B879" r:id="rId_hyperlink_636"/>
+    <hyperlink ref="B880" r:id="rId_hyperlink_637"/>
+    <hyperlink ref="B881" r:id="rId_hyperlink_638"/>
+    <hyperlink ref="B882" r:id="rId_hyperlink_639"/>
+    <hyperlink ref="B883" r:id="rId_hyperlink_640"/>
+    <hyperlink ref="B884" r:id="rId_hyperlink_641"/>
+    <hyperlink ref="B885" r:id="rId_hyperlink_642"/>
+    <hyperlink ref="B886" r:id="rId_hyperlink_643"/>
+    <hyperlink ref="B887" r:id="rId_hyperlink_644"/>
+    <hyperlink ref="B888" r:id="rId_hyperlink_645"/>
+    <hyperlink ref="B889" r:id="rId_hyperlink_646"/>
+    <hyperlink ref="B890" r:id="rId_hyperlink_647"/>
+    <hyperlink ref="B891" r:id="rId_hyperlink_648"/>
+    <hyperlink ref="B892" r:id="rId_hyperlink_649"/>
+    <hyperlink ref="B893" r:id="rId_hyperlink_650"/>
+    <hyperlink ref="B894" r:id="rId_hyperlink_651"/>
+    <hyperlink ref="B895" r:id="rId_hyperlink_652"/>
+    <hyperlink ref="B896" r:id="rId_hyperlink_653"/>
+    <hyperlink ref="B897" r:id="rId_hyperlink_654"/>
+    <hyperlink ref="B898" r:id="rId_hyperlink_655"/>
+    <hyperlink ref="B899" r:id="rId_hyperlink_656"/>
+    <hyperlink ref="B903" r:id="rId_hyperlink_657"/>
+    <hyperlink ref="B904" r:id="rId_hyperlink_658"/>
+    <hyperlink ref="B905" r:id="rId_hyperlink_659"/>
+    <hyperlink ref="B906" r:id="rId_hyperlink_660"/>
+    <hyperlink ref="B907" r:id="rId_hyperlink_661"/>
+    <hyperlink ref="B908" r:id="rId_hyperlink_662"/>
+    <hyperlink ref="B909" r:id="rId_hyperlink_663"/>
+    <hyperlink ref="B910" r:id="rId_hyperlink_664"/>
+    <hyperlink ref="B911" r:id="rId_hyperlink_665"/>
+    <hyperlink ref="B912" r:id="rId_hyperlink_666"/>
+    <hyperlink ref="B913" r:id="rId_hyperlink_667"/>
+    <hyperlink ref="B914" r:id="rId_hyperlink_668"/>
+    <hyperlink ref="B915" r:id="rId_hyperlink_669"/>
+    <hyperlink ref="B916" r:id="rId_hyperlink_670"/>
+    <hyperlink ref="B917" r:id="rId_hyperlink_671"/>
+    <hyperlink ref="B918" r:id="rId_hyperlink_672"/>
+    <hyperlink ref="B919" r:id="rId_hyperlink_673"/>
+    <hyperlink ref="B920" r:id="rId_hyperlink_674"/>
+    <hyperlink ref="B921" r:id="rId_hyperlink_675"/>
+    <hyperlink ref="B922" r:id="rId_hyperlink_676"/>
+    <hyperlink ref="B923" r:id="rId_hyperlink_677"/>
+    <hyperlink ref="B924" r:id="rId_hyperlink_678"/>
+    <hyperlink ref="B925" r:id="rId_hyperlink_679"/>
+    <hyperlink ref="B926" r:id="rId_hyperlink_680"/>
+    <hyperlink ref="B927" r:id="rId_hyperlink_681"/>
+    <hyperlink ref="B928" r:id="rId_hyperlink_682"/>
+    <hyperlink ref="B929" r:id="rId_hyperlink_683"/>
+    <hyperlink ref="B930" r:id="rId_hyperlink_684"/>
+    <hyperlink ref="B931" r:id="rId_hyperlink_685"/>
+    <hyperlink ref="B932" r:id="rId_hyperlink_686"/>
+    <hyperlink ref="B933" r:id="rId_hyperlink_687"/>
+    <hyperlink ref="B934" r:id="rId_hyperlink_688"/>
+    <hyperlink ref="B935" r:id="rId_hyperlink_689"/>
+    <hyperlink ref="B936" r:id="rId_hyperlink_690"/>
+    <hyperlink ref="B937" r:id="rId_hyperlink_691"/>
+    <hyperlink ref="B938" r:id="rId_hyperlink_692"/>
+    <hyperlink ref="B939" r:id="rId_hyperlink_693"/>
+    <hyperlink ref="B940" r:id="rId_hyperlink_694"/>
+    <hyperlink ref="B941" r:id="rId_hyperlink_695"/>
+    <hyperlink ref="B942" r:id="rId_hyperlink_696"/>
+    <hyperlink ref="B943" r:id="rId_hyperlink_697"/>
+    <hyperlink ref="B944" r:id="rId_hyperlink_698"/>
+    <hyperlink ref="B945" r:id="rId_hyperlink_699"/>
+    <hyperlink ref="B946" r:id="rId_hyperlink_700"/>
+    <hyperlink ref="B947" r:id="rId_hyperlink_701"/>
+    <hyperlink ref="B948" r:id="rId_hyperlink_702"/>
+    <hyperlink ref="B949" r:id="rId_hyperlink_703"/>
+    <hyperlink ref="B950" r:id="rId_hyperlink_704"/>
+    <hyperlink ref="B951" r:id="rId_hyperlink_705"/>
+    <hyperlink ref="B952" r:id="rId_hyperlink_706"/>
+    <hyperlink ref="B953" r:id="rId_hyperlink_707"/>
+    <hyperlink ref="B954" r:id="rId_hyperlink_708"/>
+    <hyperlink ref="B955" r:id="rId_hyperlink_709"/>
     <hyperlink ref="B956" r:id="rId_hyperlink_710"/>
     <hyperlink ref="B957" r:id="rId_hyperlink_711"/>
     <hyperlink ref="B958" r:id="rId_hyperlink_712"/>
     <hyperlink ref="B959" r:id="rId_hyperlink_713"/>
     <hyperlink ref="B960" r:id="rId_hyperlink_714"/>
     <hyperlink ref="B961" r:id="rId_hyperlink_715"/>
     <hyperlink ref="B962" r:id="rId_hyperlink_716"/>
     <hyperlink ref="B963" r:id="rId_hyperlink_717"/>
     <hyperlink ref="B964" r:id="rId_hyperlink_718"/>
     <hyperlink ref="B965" r:id="rId_hyperlink_719"/>
     <hyperlink ref="B966" r:id="rId_hyperlink_720"/>
     <hyperlink ref="B967" r:id="rId_hyperlink_721"/>
     <hyperlink ref="B968" r:id="rId_hyperlink_722"/>
     <hyperlink ref="B969" r:id="rId_hyperlink_723"/>
-    <hyperlink ref="B970" r:id="rId_hyperlink_724"/>
-[...42 lines deleted...]
-    <hyperlink ref="B1016" r:id="rId_hyperlink_767"/>
+    <hyperlink ref="B973" r:id="rId_hyperlink_724"/>
+    <hyperlink ref="B974" r:id="rId_hyperlink_725"/>
+    <hyperlink ref="B975" r:id="rId_hyperlink_726"/>
+    <hyperlink ref="B979" r:id="rId_hyperlink_727"/>
+    <hyperlink ref="B980" r:id="rId_hyperlink_728"/>
+    <hyperlink ref="B981" r:id="rId_hyperlink_729"/>
+    <hyperlink ref="B982" r:id="rId_hyperlink_730"/>
+    <hyperlink ref="B983" r:id="rId_hyperlink_731"/>
+    <hyperlink ref="B984" r:id="rId_hyperlink_732"/>
+    <hyperlink ref="B985" r:id="rId_hyperlink_733"/>
+    <hyperlink ref="B986" r:id="rId_hyperlink_734"/>
+    <hyperlink ref="B987" r:id="rId_hyperlink_735"/>
+    <hyperlink ref="B988" r:id="rId_hyperlink_736"/>
+    <hyperlink ref="B989" r:id="rId_hyperlink_737"/>
+    <hyperlink ref="B990" r:id="rId_hyperlink_738"/>
+    <hyperlink ref="B991" r:id="rId_hyperlink_739"/>
+    <hyperlink ref="B992" r:id="rId_hyperlink_740"/>
+    <hyperlink ref="B993" r:id="rId_hyperlink_741"/>
+    <hyperlink ref="B994" r:id="rId_hyperlink_742"/>
+    <hyperlink ref="B995" r:id="rId_hyperlink_743"/>
+    <hyperlink ref="B996" r:id="rId_hyperlink_744"/>
+    <hyperlink ref="B997" r:id="rId_hyperlink_745"/>
+    <hyperlink ref="B998" r:id="rId_hyperlink_746"/>
+    <hyperlink ref="B999" r:id="rId_hyperlink_747"/>
+    <hyperlink ref="B1000" r:id="rId_hyperlink_748"/>
+    <hyperlink ref="B1001" r:id="rId_hyperlink_749"/>
+    <hyperlink ref="B1002" r:id="rId_hyperlink_750"/>
+    <hyperlink ref="B1003" r:id="rId_hyperlink_751"/>
+    <hyperlink ref="B1004" r:id="rId_hyperlink_752"/>
+    <hyperlink ref="B1005" r:id="rId_hyperlink_753"/>
+    <hyperlink ref="B1006" r:id="rId_hyperlink_754"/>
+    <hyperlink ref="B1007" r:id="rId_hyperlink_755"/>
+    <hyperlink ref="B1008" r:id="rId_hyperlink_756"/>
+    <hyperlink ref="B1009" r:id="rId_hyperlink_757"/>
+    <hyperlink ref="B1010" r:id="rId_hyperlink_758"/>
+    <hyperlink ref="B1011" r:id="rId_hyperlink_759"/>
+    <hyperlink ref="B1012" r:id="rId_hyperlink_760"/>
+    <hyperlink ref="B1013" r:id="rId_hyperlink_761"/>
+    <hyperlink ref="B1014" r:id="rId_hyperlink_762"/>
+    <hyperlink ref="B1015" r:id="rId_hyperlink_763"/>
+    <hyperlink ref="B1016" r:id="rId_hyperlink_764"/>
+    <hyperlink ref="B1017" r:id="rId_hyperlink_765"/>
+    <hyperlink ref="B1018" r:id="rId_hyperlink_766"/>
+    <hyperlink ref="B1019" r:id="rId_hyperlink_767"/>
     <hyperlink ref="B1020" r:id="rId_hyperlink_768"/>
     <hyperlink ref="B1021" r:id="rId_hyperlink_769"/>
-    <hyperlink ref="B1022" r:id="rId_hyperlink_770"/>
-[...170 lines deleted...]
-    <hyperlink ref="B1202" r:id="rId_hyperlink_941"/>
+    <hyperlink ref="B1025" r:id="rId_hyperlink_770"/>
+    <hyperlink ref="B1026" r:id="rId_hyperlink_771"/>
+    <hyperlink ref="B1027" r:id="rId_hyperlink_772"/>
+    <hyperlink ref="B1028" r:id="rId_hyperlink_773"/>
+    <hyperlink ref="B1029" r:id="rId_hyperlink_774"/>
+    <hyperlink ref="B1030" r:id="rId_hyperlink_775"/>
+    <hyperlink ref="B1031" r:id="rId_hyperlink_776"/>
+    <hyperlink ref="B1032" r:id="rId_hyperlink_777"/>
+    <hyperlink ref="B1033" r:id="rId_hyperlink_778"/>
+    <hyperlink ref="B1034" r:id="rId_hyperlink_779"/>
+    <hyperlink ref="B1035" r:id="rId_hyperlink_780"/>
+    <hyperlink ref="B1036" r:id="rId_hyperlink_781"/>
+    <hyperlink ref="B1037" r:id="rId_hyperlink_782"/>
+    <hyperlink ref="B1038" r:id="rId_hyperlink_783"/>
+    <hyperlink ref="B1039" r:id="rId_hyperlink_784"/>
+    <hyperlink ref="B1040" r:id="rId_hyperlink_785"/>
+    <hyperlink ref="B1041" r:id="rId_hyperlink_786"/>
+    <hyperlink ref="B1045" r:id="rId_hyperlink_787"/>
+    <hyperlink ref="B1046" r:id="rId_hyperlink_788"/>
+    <hyperlink ref="B1047" r:id="rId_hyperlink_789"/>
+    <hyperlink ref="B1048" r:id="rId_hyperlink_790"/>
+    <hyperlink ref="B1049" r:id="rId_hyperlink_791"/>
+    <hyperlink ref="B1050" r:id="rId_hyperlink_792"/>
+    <hyperlink ref="B1051" r:id="rId_hyperlink_793"/>
+    <hyperlink ref="B1052" r:id="rId_hyperlink_794"/>
+    <hyperlink ref="B1053" r:id="rId_hyperlink_795"/>
+    <hyperlink ref="B1054" r:id="rId_hyperlink_796"/>
+    <hyperlink ref="B1055" r:id="rId_hyperlink_797"/>
+    <hyperlink ref="B1056" r:id="rId_hyperlink_798"/>
+    <hyperlink ref="B1057" r:id="rId_hyperlink_799"/>
+    <hyperlink ref="B1058" r:id="rId_hyperlink_800"/>
+    <hyperlink ref="B1059" r:id="rId_hyperlink_801"/>
+    <hyperlink ref="B1060" r:id="rId_hyperlink_802"/>
+    <hyperlink ref="B1061" r:id="rId_hyperlink_803"/>
+    <hyperlink ref="B1062" r:id="rId_hyperlink_804"/>
+    <hyperlink ref="B1063" r:id="rId_hyperlink_805"/>
+    <hyperlink ref="B1064" r:id="rId_hyperlink_806"/>
+    <hyperlink ref="B1065" r:id="rId_hyperlink_807"/>
+    <hyperlink ref="B1066" r:id="rId_hyperlink_808"/>
+    <hyperlink ref="B1067" r:id="rId_hyperlink_809"/>
+    <hyperlink ref="B1068" r:id="rId_hyperlink_810"/>
+    <hyperlink ref="B1069" r:id="rId_hyperlink_811"/>
+    <hyperlink ref="B1070" r:id="rId_hyperlink_812"/>
+    <hyperlink ref="B1071" r:id="rId_hyperlink_813"/>
+    <hyperlink ref="B1072" r:id="rId_hyperlink_814"/>
+    <hyperlink ref="B1073" r:id="rId_hyperlink_815"/>
+    <hyperlink ref="B1074" r:id="rId_hyperlink_816"/>
+    <hyperlink ref="B1075" r:id="rId_hyperlink_817"/>
+    <hyperlink ref="B1076" r:id="rId_hyperlink_818"/>
+    <hyperlink ref="B1077" r:id="rId_hyperlink_819"/>
+    <hyperlink ref="B1078" r:id="rId_hyperlink_820"/>
+    <hyperlink ref="B1079" r:id="rId_hyperlink_821"/>
+    <hyperlink ref="B1080" r:id="rId_hyperlink_822"/>
+    <hyperlink ref="B1081" r:id="rId_hyperlink_823"/>
+    <hyperlink ref="B1082" r:id="rId_hyperlink_824"/>
+    <hyperlink ref="B1083" r:id="rId_hyperlink_825"/>
+    <hyperlink ref="B1084" r:id="rId_hyperlink_826"/>
+    <hyperlink ref="B1085" r:id="rId_hyperlink_827"/>
+    <hyperlink ref="B1086" r:id="rId_hyperlink_828"/>
+    <hyperlink ref="B1087" r:id="rId_hyperlink_829"/>
+    <hyperlink ref="B1088" r:id="rId_hyperlink_830"/>
+    <hyperlink ref="B1089" r:id="rId_hyperlink_831"/>
+    <hyperlink ref="B1090" r:id="rId_hyperlink_832"/>
+    <hyperlink ref="B1091" r:id="rId_hyperlink_833"/>
+    <hyperlink ref="B1092" r:id="rId_hyperlink_834"/>
+    <hyperlink ref="B1093" r:id="rId_hyperlink_835"/>
+    <hyperlink ref="B1094" r:id="rId_hyperlink_836"/>
+    <hyperlink ref="B1095" r:id="rId_hyperlink_837"/>
+    <hyperlink ref="B1096" r:id="rId_hyperlink_838"/>
+    <hyperlink ref="B1097" r:id="rId_hyperlink_839"/>
+    <hyperlink ref="B1098" r:id="rId_hyperlink_840"/>
+    <hyperlink ref="B1099" r:id="rId_hyperlink_841"/>
+    <hyperlink ref="B1100" r:id="rId_hyperlink_842"/>
+    <hyperlink ref="B1101" r:id="rId_hyperlink_843"/>
+    <hyperlink ref="B1102" r:id="rId_hyperlink_844"/>
+    <hyperlink ref="B1103" r:id="rId_hyperlink_845"/>
+    <hyperlink ref="B1104" r:id="rId_hyperlink_846"/>
+    <hyperlink ref="B1105" r:id="rId_hyperlink_847"/>
+    <hyperlink ref="B1106" r:id="rId_hyperlink_848"/>
+    <hyperlink ref="B1107" r:id="rId_hyperlink_849"/>
+    <hyperlink ref="B1108" r:id="rId_hyperlink_850"/>
+    <hyperlink ref="B1109" r:id="rId_hyperlink_851"/>
+    <hyperlink ref="B1110" r:id="rId_hyperlink_852"/>
+    <hyperlink ref="B1111" r:id="rId_hyperlink_853"/>
+    <hyperlink ref="B1112" r:id="rId_hyperlink_854"/>
+    <hyperlink ref="B1113" r:id="rId_hyperlink_855"/>
+    <hyperlink ref="B1114" r:id="rId_hyperlink_856"/>
+    <hyperlink ref="B1115" r:id="rId_hyperlink_857"/>
+    <hyperlink ref="B1116" r:id="rId_hyperlink_858"/>
+    <hyperlink ref="B1117" r:id="rId_hyperlink_859"/>
+    <hyperlink ref="B1118" r:id="rId_hyperlink_860"/>
+    <hyperlink ref="B1119" r:id="rId_hyperlink_861"/>
+    <hyperlink ref="B1120" r:id="rId_hyperlink_862"/>
+    <hyperlink ref="B1121" r:id="rId_hyperlink_863"/>
+    <hyperlink ref="B1122" r:id="rId_hyperlink_864"/>
+    <hyperlink ref="B1123" r:id="rId_hyperlink_865"/>
+    <hyperlink ref="B1124" r:id="rId_hyperlink_866"/>
+    <hyperlink ref="B1125" r:id="rId_hyperlink_867"/>
+    <hyperlink ref="B1126" r:id="rId_hyperlink_868"/>
+    <hyperlink ref="B1127" r:id="rId_hyperlink_869"/>
+    <hyperlink ref="B1128" r:id="rId_hyperlink_870"/>
+    <hyperlink ref="B1129" r:id="rId_hyperlink_871"/>
+    <hyperlink ref="B1130" r:id="rId_hyperlink_872"/>
+    <hyperlink ref="B1131" r:id="rId_hyperlink_873"/>
+    <hyperlink ref="B1132" r:id="rId_hyperlink_874"/>
+    <hyperlink ref="B1133" r:id="rId_hyperlink_875"/>
+    <hyperlink ref="B1134" r:id="rId_hyperlink_876"/>
+    <hyperlink ref="B1135" r:id="rId_hyperlink_877"/>
+    <hyperlink ref="B1136" r:id="rId_hyperlink_878"/>
+    <hyperlink ref="B1137" r:id="rId_hyperlink_879"/>
+    <hyperlink ref="B1138" r:id="rId_hyperlink_880"/>
+    <hyperlink ref="B1139" r:id="rId_hyperlink_881"/>
+    <hyperlink ref="B1140" r:id="rId_hyperlink_882"/>
+    <hyperlink ref="B1141" r:id="rId_hyperlink_883"/>
+    <hyperlink ref="B1142" r:id="rId_hyperlink_884"/>
+    <hyperlink ref="B1143" r:id="rId_hyperlink_885"/>
+    <hyperlink ref="B1144" r:id="rId_hyperlink_886"/>
+    <hyperlink ref="B1145" r:id="rId_hyperlink_887"/>
+    <hyperlink ref="B1146" r:id="rId_hyperlink_888"/>
+    <hyperlink ref="B1147" r:id="rId_hyperlink_889"/>
+    <hyperlink ref="B1148" r:id="rId_hyperlink_890"/>
+    <hyperlink ref="B1149" r:id="rId_hyperlink_891"/>
+    <hyperlink ref="B1150" r:id="rId_hyperlink_892"/>
+    <hyperlink ref="B1151" r:id="rId_hyperlink_893"/>
+    <hyperlink ref="B1152" r:id="rId_hyperlink_894"/>
+    <hyperlink ref="B1153" r:id="rId_hyperlink_895"/>
+    <hyperlink ref="B1154" r:id="rId_hyperlink_896"/>
+    <hyperlink ref="B1155" r:id="rId_hyperlink_897"/>
+    <hyperlink ref="B1156" r:id="rId_hyperlink_898"/>
+    <hyperlink ref="B1157" r:id="rId_hyperlink_899"/>
+    <hyperlink ref="B1161" r:id="rId_hyperlink_900"/>
+    <hyperlink ref="B1162" r:id="rId_hyperlink_901"/>
+    <hyperlink ref="B1163" r:id="rId_hyperlink_902"/>
+    <hyperlink ref="B1164" r:id="rId_hyperlink_903"/>
+    <hyperlink ref="B1165" r:id="rId_hyperlink_904"/>
+    <hyperlink ref="B1166" r:id="rId_hyperlink_905"/>
+    <hyperlink ref="B1167" r:id="rId_hyperlink_906"/>
+    <hyperlink ref="B1168" r:id="rId_hyperlink_907"/>
+    <hyperlink ref="B1169" r:id="rId_hyperlink_908"/>
+    <hyperlink ref="B1170" r:id="rId_hyperlink_909"/>
+    <hyperlink ref="B1171" r:id="rId_hyperlink_910"/>
+    <hyperlink ref="B1172" r:id="rId_hyperlink_911"/>
+    <hyperlink ref="B1173" r:id="rId_hyperlink_912"/>
+    <hyperlink ref="B1174" r:id="rId_hyperlink_913"/>
+    <hyperlink ref="B1175" r:id="rId_hyperlink_914"/>
+    <hyperlink ref="B1176" r:id="rId_hyperlink_915"/>
+    <hyperlink ref="B1177" r:id="rId_hyperlink_916"/>
+    <hyperlink ref="B1178" r:id="rId_hyperlink_917"/>
+    <hyperlink ref="B1179" r:id="rId_hyperlink_918"/>
+    <hyperlink ref="B1180" r:id="rId_hyperlink_919"/>
+    <hyperlink ref="B1181" r:id="rId_hyperlink_920"/>
+    <hyperlink ref="B1185" r:id="rId_hyperlink_921"/>
+    <hyperlink ref="B1186" r:id="rId_hyperlink_922"/>
+    <hyperlink ref="B1187" r:id="rId_hyperlink_923"/>
+    <hyperlink ref="B1188" r:id="rId_hyperlink_924"/>
+    <hyperlink ref="B1189" r:id="rId_hyperlink_925"/>
+    <hyperlink ref="B1190" r:id="rId_hyperlink_926"/>
+    <hyperlink ref="B1191" r:id="rId_hyperlink_927"/>
+    <hyperlink ref="B1192" r:id="rId_hyperlink_928"/>
+    <hyperlink ref="B1193" r:id="rId_hyperlink_929"/>
+    <hyperlink ref="B1194" r:id="rId_hyperlink_930"/>
+    <hyperlink ref="B1195" r:id="rId_hyperlink_931"/>
+    <hyperlink ref="B1196" r:id="rId_hyperlink_932"/>
+    <hyperlink ref="B1197" r:id="rId_hyperlink_933"/>
+    <hyperlink ref="B1198" r:id="rId_hyperlink_934"/>
+    <hyperlink ref="B1199" r:id="rId_hyperlink_935"/>
+    <hyperlink ref="B1200" r:id="rId_hyperlink_936"/>
+    <hyperlink ref="B1201" r:id="rId_hyperlink_937"/>
+    <hyperlink ref="B1202" r:id="rId_hyperlink_938"/>
+    <hyperlink ref="B1203" r:id="rId_hyperlink_939"/>
+    <hyperlink ref="B1204" r:id="rId_hyperlink_940"/>
+    <hyperlink ref="B1205" r:id="rId_hyperlink_941"/>
     <hyperlink ref="B1206" r:id="rId_hyperlink_942"/>
     <hyperlink ref="B1207" r:id="rId_hyperlink_943"/>
     <hyperlink ref="B1208" r:id="rId_hyperlink_944"/>
     <hyperlink ref="B1209" r:id="rId_hyperlink_945"/>
     <hyperlink ref="B1210" r:id="rId_hyperlink_946"/>
     <hyperlink ref="B1211" r:id="rId_hyperlink_947"/>
     <hyperlink ref="B1212" r:id="rId_hyperlink_948"/>
     <hyperlink ref="B1213" r:id="rId_hyperlink_949"/>
     <hyperlink ref="B1214" r:id="rId_hyperlink_950"/>
     <hyperlink ref="B1215" r:id="rId_hyperlink_951"/>
     <hyperlink ref="B1216" r:id="rId_hyperlink_952"/>
     <hyperlink ref="B1217" r:id="rId_hyperlink_953"/>
-    <hyperlink ref="B1221" r:id="rId_hyperlink_954"/>
-[...3 lines deleted...]
-    <hyperlink ref="B1225" r:id="rId_hyperlink_958"/>
+    <hyperlink ref="B1218" r:id="rId_hyperlink_954"/>
+    <hyperlink ref="B1219" r:id="rId_hyperlink_955"/>
+    <hyperlink ref="B1220" r:id="rId_hyperlink_956"/>
+    <hyperlink ref="B1221" r:id="rId_hyperlink_957"/>
+    <hyperlink ref="B1222" r:id="rId_hyperlink_958"/>
     <hyperlink ref="B1226" r:id="rId_hyperlink_959"/>
     <hyperlink ref="B1227" r:id="rId_hyperlink_960"/>
-    <hyperlink ref="B1228" r:id="rId_hyperlink_961"/>
-[...47 lines deleted...]
-    <hyperlink ref="B1279" r:id="rId_hyperlink_1009"/>
+    <hyperlink ref="B1231" r:id="rId_hyperlink_961"/>
+    <hyperlink ref="B1232" r:id="rId_hyperlink_962"/>
+    <hyperlink ref="B1233" r:id="rId_hyperlink_963"/>
+    <hyperlink ref="B1234" r:id="rId_hyperlink_964"/>
+    <hyperlink ref="B1235" r:id="rId_hyperlink_965"/>
+    <hyperlink ref="B1236" r:id="rId_hyperlink_966"/>
+    <hyperlink ref="B1237" r:id="rId_hyperlink_967"/>
+    <hyperlink ref="B1238" r:id="rId_hyperlink_968"/>
+    <hyperlink ref="B1239" r:id="rId_hyperlink_969"/>
+    <hyperlink ref="B1240" r:id="rId_hyperlink_970"/>
+    <hyperlink ref="B1241" r:id="rId_hyperlink_971"/>
+    <hyperlink ref="B1242" r:id="rId_hyperlink_972"/>
+    <hyperlink ref="B1246" r:id="rId_hyperlink_973"/>
+    <hyperlink ref="B1247" r:id="rId_hyperlink_974"/>
+    <hyperlink ref="B1248" r:id="rId_hyperlink_975"/>
+    <hyperlink ref="B1249" r:id="rId_hyperlink_976"/>
+    <hyperlink ref="B1250" r:id="rId_hyperlink_977"/>
+    <hyperlink ref="B1251" r:id="rId_hyperlink_978"/>
+    <hyperlink ref="B1252" r:id="rId_hyperlink_979"/>
+    <hyperlink ref="B1253" r:id="rId_hyperlink_980"/>
+    <hyperlink ref="B1254" r:id="rId_hyperlink_981"/>
+    <hyperlink ref="B1255" r:id="rId_hyperlink_982"/>
+    <hyperlink ref="B1256" r:id="rId_hyperlink_983"/>
+    <hyperlink ref="B1257" r:id="rId_hyperlink_984"/>
+    <hyperlink ref="B1258" r:id="rId_hyperlink_985"/>
+    <hyperlink ref="B1259" r:id="rId_hyperlink_986"/>
+    <hyperlink ref="B1260" r:id="rId_hyperlink_987"/>
+    <hyperlink ref="B1261" r:id="rId_hyperlink_988"/>
+    <hyperlink ref="B1262" r:id="rId_hyperlink_989"/>
+    <hyperlink ref="B1263" r:id="rId_hyperlink_990"/>
+    <hyperlink ref="B1264" r:id="rId_hyperlink_991"/>
+    <hyperlink ref="B1265" r:id="rId_hyperlink_992"/>
+    <hyperlink ref="B1266" r:id="rId_hyperlink_993"/>
+    <hyperlink ref="B1267" r:id="rId_hyperlink_994"/>
+    <hyperlink ref="B1268" r:id="rId_hyperlink_995"/>
+    <hyperlink ref="B1269" r:id="rId_hyperlink_996"/>
+    <hyperlink ref="B1270" r:id="rId_hyperlink_997"/>
+    <hyperlink ref="B1271" r:id="rId_hyperlink_998"/>
+    <hyperlink ref="B1272" r:id="rId_hyperlink_999"/>
+    <hyperlink ref="B1273" r:id="rId_hyperlink_1000"/>
+    <hyperlink ref="B1274" r:id="rId_hyperlink_1001"/>
+    <hyperlink ref="B1275" r:id="rId_hyperlink_1002"/>
+    <hyperlink ref="B1276" r:id="rId_hyperlink_1003"/>
+    <hyperlink ref="B1277" r:id="rId_hyperlink_1004"/>
+    <hyperlink ref="B1278" r:id="rId_hyperlink_1005"/>
+    <hyperlink ref="B1279" r:id="rId_hyperlink_1006"/>
+    <hyperlink ref="B1280" r:id="rId_hyperlink_1007"/>
+    <hyperlink ref="B1281" r:id="rId_hyperlink_1008"/>
+    <hyperlink ref="B1282" r:id="rId_hyperlink_1009"/>
     <hyperlink ref="B1283" r:id="rId_hyperlink_1010"/>
-    <hyperlink ref="B1287" r:id="rId_hyperlink_1011"/>
-[...10 lines deleted...]
-    <hyperlink ref="B1298" r:id="rId_hyperlink_1022"/>
+    <hyperlink ref="B1284" r:id="rId_hyperlink_1011"/>
+    <hyperlink ref="B1285" r:id="rId_hyperlink_1012"/>
+    <hyperlink ref="B1286" r:id="rId_hyperlink_1013"/>
+    <hyperlink ref="B1287" r:id="rId_hyperlink_1014"/>
+    <hyperlink ref="B1288" r:id="rId_hyperlink_1015"/>
+    <hyperlink ref="B1289" r:id="rId_hyperlink_1016"/>
+    <hyperlink ref="B1290" r:id="rId_hyperlink_1017"/>
+    <hyperlink ref="B1291" r:id="rId_hyperlink_1018"/>
+    <hyperlink ref="B1292" r:id="rId_hyperlink_1019"/>
+    <hyperlink ref="B1293" r:id="rId_hyperlink_1020"/>
+    <hyperlink ref="B1294" r:id="rId_hyperlink_1021"/>
+    <hyperlink ref="B1295" r:id="rId_hyperlink_1022"/>
     <hyperlink ref="B1299" r:id="rId_hyperlink_1023"/>
     <hyperlink ref="B1300" r:id="rId_hyperlink_1024"/>
     <hyperlink ref="B1301" r:id="rId_hyperlink_1025"/>
     <hyperlink ref="B1302" r:id="rId_hyperlink_1026"/>
     <hyperlink ref="B1303" r:id="rId_hyperlink_1027"/>
     <hyperlink ref="B1304" r:id="rId_hyperlink_1028"/>
-    <hyperlink ref="B1305" r:id="rId_hyperlink_1029"/>
-[...12 lines deleted...]
-    <hyperlink ref="B1321" r:id="rId_hyperlink_1042"/>
+    <hyperlink ref="B1308" r:id="rId_hyperlink_1029"/>
+    <hyperlink ref="B1312" r:id="rId_hyperlink_1030"/>
+    <hyperlink ref="B1313" r:id="rId_hyperlink_1031"/>
+    <hyperlink ref="B1314" r:id="rId_hyperlink_1032"/>
+    <hyperlink ref="B1315" r:id="rId_hyperlink_1033"/>
+    <hyperlink ref="B1316" r:id="rId_hyperlink_1034"/>
+    <hyperlink ref="B1317" r:id="rId_hyperlink_1035"/>
+    <hyperlink ref="B1318" r:id="rId_hyperlink_1036"/>
+    <hyperlink ref="B1319" r:id="rId_hyperlink_1037"/>
+    <hyperlink ref="B1320" r:id="rId_hyperlink_1038"/>
+    <hyperlink ref="B1321" r:id="rId_hyperlink_1039"/>
+    <hyperlink ref="B1322" r:id="rId_hyperlink_1040"/>
+    <hyperlink ref="B1323" r:id="rId_hyperlink_1041"/>
+    <hyperlink ref="B1324" r:id="rId_hyperlink_1042"/>
     <hyperlink ref="B1325" r:id="rId_hyperlink_1043"/>
     <hyperlink ref="B1326" r:id="rId_hyperlink_1044"/>
     <hyperlink ref="B1327" r:id="rId_hyperlink_1045"/>
     <hyperlink ref="B1328" r:id="rId_hyperlink_1046"/>
-    <hyperlink ref="B1332" r:id="rId_hyperlink_1047"/>
-[...13 lines deleted...]
-    <hyperlink ref="B1349" r:id="rId_hyperlink_1061"/>
+    <hyperlink ref="B1329" r:id="rId_hyperlink_1047"/>
+    <hyperlink ref="B1330" r:id="rId_hyperlink_1048"/>
+    <hyperlink ref="B1331" r:id="rId_hyperlink_1049"/>
+    <hyperlink ref="B1332" r:id="rId_hyperlink_1050"/>
+    <hyperlink ref="B1333" r:id="rId_hyperlink_1051"/>
+    <hyperlink ref="B1334" r:id="rId_hyperlink_1052"/>
+    <hyperlink ref="B1335" r:id="rId_hyperlink_1053"/>
+    <hyperlink ref="B1336" r:id="rId_hyperlink_1054"/>
+    <hyperlink ref="B1337" r:id="rId_hyperlink_1055"/>
+    <hyperlink ref="B1338" r:id="rId_hyperlink_1056"/>
+    <hyperlink ref="B1339" r:id="rId_hyperlink_1057"/>
+    <hyperlink ref="B1340" r:id="rId_hyperlink_1058"/>
+    <hyperlink ref="B1344" r:id="rId_hyperlink_1059"/>
+    <hyperlink ref="B1345" r:id="rId_hyperlink_1060"/>
+    <hyperlink ref="B1346" r:id="rId_hyperlink_1061"/>
     <hyperlink ref="B1350" r:id="rId_hyperlink_1062"/>
     <hyperlink ref="B1351" r:id="rId_hyperlink_1063"/>
     <hyperlink ref="B1352" r:id="rId_hyperlink_1064"/>
     <hyperlink ref="B1353" r:id="rId_hyperlink_1065"/>
-    <hyperlink ref="B1354" r:id="rId_hyperlink_1066"/>
-[...23 lines deleted...]
-    <hyperlink ref="B1381" r:id="rId_hyperlink_1090"/>
+    <hyperlink ref="B1357" r:id="rId_hyperlink_1066"/>
+    <hyperlink ref="B1358" r:id="rId_hyperlink_1067"/>
+    <hyperlink ref="B1359" r:id="rId_hyperlink_1068"/>
+    <hyperlink ref="B1360" r:id="rId_hyperlink_1069"/>
+    <hyperlink ref="B1361" r:id="rId_hyperlink_1070"/>
+    <hyperlink ref="B1362" r:id="rId_hyperlink_1071"/>
+    <hyperlink ref="B1366" r:id="rId_hyperlink_1072"/>
+    <hyperlink ref="B1367" r:id="rId_hyperlink_1073"/>
+    <hyperlink ref="B1368" r:id="rId_hyperlink_1074"/>
+    <hyperlink ref="B1369" r:id="rId_hyperlink_1075"/>
+    <hyperlink ref="B1370" r:id="rId_hyperlink_1076"/>
+    <hyperlink ref="B1371" r:id="rId_hyperlink_1077"/>
+    <hyperlink ref="B1372" r:id="rId_hyperlink_1078"/>
+    <hyperlink ref="B1373" r:id="rId_hyperlink_1079"/>
+    <hyperlink ref="B1374" r:id="rId_hyperlink_1080"/>
+    <hyperlink ref="B1375" r:id="rId_hyperlink_1081"/>
+    <hyperlink ref="B1376" r:id="rId_hyperlink_1082"/>
+    <hyperlink ref="B1377" r:id="rId_hyperlink_1083"/>
+    <hyperlink ref="B1378" r:id="rId_hyperlink_1084"/>
+    <hyperlink ref="B1379" r:id="rId_hyperlink_1085"/>
+    <hyperlink ref="B1380" r:id="rId_hyperlink_1086"/>
+    <hyperlink ref="B1381" r:id="rId_hyperlink_1087"/>
+    <hyperlink ref="B1382" r:id="rId_hyperlink_1088"/>
+    <hyperlink ref="B1383" r:id="rId_hyperlink_1089"/>
+    <hyperlink ref="B1384" r:id="rId_hyperlink_1090"/>
     <hyperlink ref="B1385" r:id="rId_hyperlink_1091"/>
-    <hyperlink ref="B1389" r:id="rId_hyperlink_1092"/>
-[...17 lines deleted...]
-    <hyperlink ref="B1413" r:id="rId_hyperlink_1110"/>
+    <hyperlink ref="B1386" r:id="rId_hyperlink_1092"/>
+    <hyperlink ref="B1387" r:id="rId_hyperlink_1093"/>
+    <hyperlink ref="B1388" r:id="rId_hyperlink_1094"/>
+    <hyperlink ref="B1389" r:id="rId_hyperlink_1095"/>
+    <hyperlink ref="B1390" r:id="rId_hyperlink_1096"/>
+    <hyperlink ref="B1391" r:id="rId_hyperlink_1097"/>
+    <hyperlink ref="B1395" r:id="rId_hyperlink_1098"/>
+    <hyperlink ref="B1396" r:id="rId_hyperlink_1099"/>
+    <hyperlink ref="B1397" r:id="rId_hyperlink_1100"/>
+    <hyperlink ref="B1398" r:id="rId_hyperlink_1101"/>
+    <hyperlink ref="B1399" r:id="rId_hyperlink_1102"/>
+    <hyperlink ref="B1400" r:id="rId_hyperlink_1103"/>
+    <hyperlink ref="B1401" r:id="rId_hyperlink_1104"/>
+    <hyperlink ref="B1402" r:id="rId_hyperlink_1105"/>
+    <hyperlink ref="B1403" r:id="rId_hyperlink_1106"/>
+    <hyperlink ref="B1404" r:id="rId_hyperlink_1107"/>
+    <hyperlink ref="B1405" r:id="rId_hyperlink_1108"/>
+    <hyperlink ref="B1406" r:id="rId_hyperlink_1109"/>
+    <hyperlink ref="B1410" r:id="rId_hyperlink_1110"/>
     <hyperlink ref="B1414" r:id="rId_hyperlink_1111"/>
-    <hyperlink ref="B1415" r:id="rId_hyperlink_1112"/>
-[...7 lines deleted...]
-    <hyperlink ref="B1426" r:id="rId_hyperlink_1120"/>
+    <hyperlink ref="B1418" r:id="rId_hyperlink_1112"/>
+    <hyperlink ref="B1419" r:id="rId_hyperlink_1113"/>
+    <hyperlink ref="B1423" r:id="rId_hyperlink_1114"/>
+    <hyperlink ref="B1424" r:id="rId_hyperlink_1115"/>
+    <hyperlink ref="B1425" r:id="rId_hyperlink_1116"/>
+    <hyperlink ref="B1426" r:id="rId_hyperlink_1117"/>
+    <hyperlink ref="B1427" r:id="rId_hyperlink_1118"/>
+    <hyperlink ref="B1428" r:id="rId_hyperlink_1119"/>
+    <hyperlink ref="B1429" r:id="rId_hyperlink_1120"/>
     <hyperlink ref="B1430" r:id="rId_hyperlink_1121"/>
-    <hyperlink ref="B1434" r:id="rId_hyperlink_1122"/>
-[...35 lines deleted...]
-    <hyperlink ref="B1485" r:id="rId_hyperlink_1158"/>
+    <hyperlink ref="B1431" r:id="rId_hyperlink_1122"/>
+    <hyperlink ref="B1432" r:id="rId_hyperlink_1123"/>
+    <hyperlink ref="B1433" r:id="rId_hyperlink_1124"/>
+    <hyperlink ref="B1434" r:id="rId_hyperlink_1125"/>
+    <hyperlink ref="B1435" r:id="rId_hyperlink_1126"/>
+    <hyperlink ref="B1436" r:id="rId_hyperlink_1127"/>
+    <hyperlink ref="B1437" r:id="rId_hyperlink_1128"/>
+    <hyperlink ref="B1438" r:id="rId_hyperlink_1129"/>
+    <hyperlink ref="B1439" r:id="rId_hyperlink_1130"/>
+    <hyperlink ref="B1440" r:id="rId_hyperlink_1131"/>
+    <hyperlink ref="B1441" r:id="rId_hyperlink_1132"/>
+    <hyperlink ref="B1442" r:id="rId_hyperlink_1133"/>
+    <hyperlink ref="B1443" r:id="rId_hyperlink_1134"/>
+    <hyperlink ref="B1444" r:id="rId_hyperlink_1135"/>
+    <hyperlink ref="B1445" r:id="rId_hyperlink_1136"/>
+    <hyperlink ref="B1449" r:id="rId_hyperlink_1137"/>
+    <hyperlink ref="B1450" r:id="rId_hyperlink_1138"/>
+    <hyperlink ref="B1451" r:id="rId_hyperlink_1139"/>
+    <hyperlink ref="B1455" r:id="rId_hyperlink_1140"/>
+    <hyperlink ref="B1459" r:id="rId_hyperlink_1141"/>
+    <hyperlink ref="B1460" r:id="rId_hyperlink_1142"/>
+    <hyperlink ref="B1464" r:id="rId_hyperlink_1143"/>
+    <hyperlink ref="B1465" r:id="rId_hyperlink_1144"/>
+    <hyperlink ref="B1466" r:id="rId_hyperlink_1145"/>
+    <hyperlink ref="B1467" r:id="rId_hyperlink_1146"/>
+    <hyperlink ref="B1468" r:id="rId_hyperlink_1147"/>
+    <hyperlink ref="B1469" r:id="rId_hyperlink_1148"/>
+    <hyperlink ref="B1470" r:id="rId_hyperlink_1149"/>
+    <hyperlink ref="B1471" r:id="rId_hyperlink_1150"/>
+    <hyperlink ref="B1472" r:id="rId_hyperlink_1151"/>
+    <hyperlink ref="B1473" r:id="rId_hyperlink_1152"/>
+    <hyperlink ref="B1474" r:id="rId_hyperlink_1153"/>
+    <hyperlink ref="B1475" r:id="rId_hyperlink_1154"/>
+    <hyperlink ref="B1479" r:id="rId_hyperlink_1155"/>
+    <hyperlink ref="B1480" r:id="rId_hyperlink_1156"/>
+    <hyperlink ref="B1481" r:id="rId_hyperlink_1157"/>
+    <hyperlink ref="B1482" r:id="rId_hyperlink_1158"/>
     <hyperlink ref="B1486" r:id="rId_hyperlink_1159"/>
-    <hyperlink ref="B1490" r:id="rId_hyperlink_1160"/>
-    <hyperlink ref="B1491" r:id="rId_hyperlink_1161"/>
+    <hyperlink ref="B1487" r:id="rId_hyperlink_1160"/>
+    <hyperlink ref="B1488" r:id="rId_hyperlink_1161"/>
     <hyperlink ref="B1492" r:id="rId_hyperlink_1162"/>
     <hyperlink ref="B1493" r:id="rId_hyperlink_1163"/>
-    <hyperlink ref="B1497" r:id="rId_hyperlink_1164"/>
-[...69 lines deleted...]
-    <hyperlink ref="B1621" r:id="rId_hyperlink_1234"/>
+    <hyperlink ref="B1494" r:id="rId_hyperlink_1164"/>
+    <hyperlink ref="B1495" r:id="rId_hyperlink_1165"/>
+    <hyperlink ref="B1496" r:id="rId_hyperlink_1166"/>
+    <hyperlink ref="B1497" r:id="rId_hyperlink_1167"/>
+    <hyperlink ref="B1498" r:id="rId_hyperlink_1168"/>
+    <hyperlink ref="B1499" r:id="rId_hyperlink_1169"/>
+    <hyperlink ref="B1500" r:id="rId_hyperlink_1170"/>
+    <hyperlink ref="B1501" r:id="rId_hyperlink_1171"/>
+    <hyperlink ref="B1502" r:id="rId_hyperlink_1172"/>
+    <hyperlink ref="B1503" r:id="rId_hyperlink_1173"/>
+    <hyperlink ref="B1504" r:id="rId_hyperlink_1174"/>
+    <hyperlink ref="B1508" r:id="rId_hyperlink_1175"/>
+    <hyperlink ref="B1509" r:id="rId_hyperlink_1176"/>
+    <hyperlink ref="B1510" r:id="rId_hyperlink_1177"/>
+    <hyperlink ref="B1511" r:id="rId_hyperlink_1178"/>
+    <hyperlink ref="B1512" r:id="rId_hyperlink_1179"/>
+    <hyperlink ref="B1516" r:id="rId_hyperlink_1180"/>
+    <hyperlink ref="B1517" r:id="rId_hyperlink_1181"/>
+    <hyperlink ref="B1518" r:id="rId_hyperlink_1182"/>
+    <hyperlink ref="B1519" r:id="rId_hyperlink_1183"/>
+    <hyperlink ref="B1523" r:id="rId_hyperlink_1184"/>
+    <hyperlink ref="B1524" r:id="rId_hyperlink_1185"/>
+    <hyperlink ref="B1525" r:id="rId_hyperlink_1186"/>
+    <hyperlink ref="B1529" r:id="rId_hyperlink_1187"/>
+    <hyperlink ref="B1530" r:id="rId_hyperlink_1188"/>
+    <hyperlink ref="B1534" r:id="rId_hyperlink_1189"/>
+    <hyperlink ref="B1535" r:id="rId_hyperlink_1190"/>
+    <hyperlink ref="B1536" r:id="rId_hyperlink_1191"/>
+    <hyperlink ref="B1537" r:id="rId_hyperlink_1192"/>
+    <hyperlink ref="B1538" r:id="rId_hyperlink_1193"/>
+    <hyperlink ref="B1542" r:id="rId_hyperlink_1194"/>
+    <hyperlink ref="B1543" r:id="rId_hyperlink_1195"/>
+    <hyperlink ref="B1544" r:id="rId_hyperlink_1196"/>
+    <hyperlink ref="B1548" r:id="rId_hyperlink_1197"/>
+    <hyperlink ref="B1549" r:id="rId_hyperlink_1198"/>
+    <hyperlink ref="B1550" r:id="rId_hyperlink_1199"/>
+    <hyperlink ref="B1551" r:id="rId_hyperlink_1200"/>
+    <hyperlink ref="B1552" r:id="rId_hyperlink_1201"/>
+    <hyperlink ref="B1553" r:id="rId_hyperlink_1202"/>
+    <hyperlink ref="B1554" r:id="rId_hyperlink_1203"/>
+    <hyperlink ref="B1555" r:id="rId_hyperlink_1204"/>
+    <hyperlink ref="B1556" r:id="rId_hyperlink_1205"/>
+    <hyperlink ref="B1560" r:id="rId_hyperlink_1206"/>
+    <hyperlink ref="B1561" r:id="rId_hyperlink_1207"/>
+    <hyperlink ref="B1562" r:id="rId_hyperlink_1208"/>
+    <hyperlink ref="B1563" r:id="rId_hyperlink_1209"/>
+    <hyperlink ref="B1564" r:id="rId_hyperlink_1210"/>
+    <hyperlink ref="B1565" r:id="rId_hyperlink_1211"/>
+    <hyperlink ref="B1569" r:id="rId_hyperlink_1212"/>
+    <hyperlink ref="B1570" r:id="rId_hyperlink_1213"/>
+    <hyperlink ref="B1571" r:id="rId_hyperlink_1214"/>
+    <hyperlink ref="B1575" r:id="rId_hyperlink_1215"/>
+    <hyperlink ref="B1576" r:id="rId_hyperlink_1216"/>
+    <hyperlink ref="B1577" r:id="rId_hyperlink_1217"/>
+    <hyperlink ref="B1581" r:id="rId_hyperlink_1218"/>
+    <hyperlink ref="B1582" r:id="rId_hyperlink_1219"/>
+    <hyperlink ref="B1583" r:id="rId_hyperlink_1220"/>
+    <hyperlink ref="B1587" r:id="rId_hyperlink_1221"/>
+    <hyperlink ref="B1588" r:id="rId_hyperlink_1222"/>
+    <hyperlink ref="B1592" r:id="rId_hyperlink_1223"/>
+    <hyperlink ref="B1593" r:id="rId_hyperlink_1224"/>
+    <hyperlink ref="B1594" r:id="rId_hyperlink_1225"/>
+    <hyperlink ref="B1598" r:id="rId_hyperlink_1226"/>
+    <hyperlink ref="B1602" r:id="rId_hyperlink_1227"/>
+    <hyperlink ref="B1603" r:id="rId_hyperlink_1228"/>
+    <hyperlink ref="B1607" r:id="rId_hyperlink_1229"/>
+    <hyperlink ref="B1608" r:id="rId_hyperlink_1230"/>
+    <hyperlink ref="B1609" r:id="rId_hyperlink_1231"/>
+    <hyperlink ref="B1613" r:id="rId_hyperlink_1232"/>
+    <hyperlink ref="B1614" r:id="rId_hyperlink_1233"/>
+    <hyperlink ref="B1618" r:id="rId_hyperlink_1234"/>
     <hyperlink ref="B1622" r:id="rId_hyperlink_1235"/>
     <hyperlink ref="B1623" r:id="rId_hyperlink_1236"/>
     <hyperlink ref="B1624" r:id="rId_hyperlink_1237"/>
     <hyperlink ref="B1625" r:id="rId_hyperlink_1238"/>
     <hyperlink ref="B1626" r:id="rId_hyperlink_1239"/>
     <hyperlink ref="B1627" r:id="rId_hyperlink_1240"/>
-    <hyperlink ref="B1628" r:id="rId_hyperlink_1241"/>
-[...15 lines deleted...]
-    <hyperlink ref="B1647" r:id="rId_hyperlink_1257"/>
+    <hyperlink ref="B1631" r:id="rId_hyperlink_1241"/>
+    <hyperlink ref="B1632" r:id="rId_hyperlink_1242"/>
+    <hyperlink ref="B1633" r:id="rId_hyperlink_1243"/>
+    <hyperlink ref="B1634" r:id="rId_hyperlink_1244"/>
+    <hyperlink ref="B1635" r:id="rId_hyperlink_1245"/>
+    <hyperlink ref="B1636" r:id="rId_hyperlink_1246"/>
+    <hyperlink ref="B1637" r:id="rId_hyperlink_1247"/>
+    <hyperlink ref="B1638" r:id="rId_hyperlink_1248"/>
+    <hyperlink ref="B1639" r:id="rId_hyperlink_1249"/>
+    <hyperlink ref="B1640" r:id="rId_hyperlink_1250"/>
+    <hyperlink ref="B1641" r:id="rId_hyperlink_1251"/>
+    <hyperlink ref="B1642" r:id="rId_hyperlink_1252"/>
+    <hyperlink ref="B1646" r:id="rId_hyperlink_1253"/>
+    <hyperlink ref="B1647" r:id="rId_hyperlink_1254"/>
+    <hyperlink ref="B1648" r:id="rId_hyperlink_1255"/>
+    <hyperlink ref="B1649" r:id="rId_hyperlink_1256"/>
+    <hyperlink ref="B1650" r:id="rId_hyperlink_1257"/>
     <hyperlink ref="B1651" r:id="rId_hyperlink_1258"/>
     <hyperlink ref="B1652" r:id="rId_hyperlink_1259"/>
     <hyperlink ref="B1653" r:id="rId_hyperlink_1260"/>
     <hyperlink ref="B1654" r:id="rId_hyperlink_1261"/>
     <hyperlink ref="B1655" r:id="rId_hyperlink_1262"/>
     <hyperlink ref="B1656" r:id="rId_hyperlink_1263"/>
     <hyperlink ref="B1657" r:id="rId_hyperlink_1264"/>
-    <hyperlink ref="B1661" r:id="rId_hyperlink_1265"/>
-[...7 lines deleted...]
-    <hyperlink ref="B1669" r:id="rId_hyperlink_1273"/>
+    <hyperlink ref="B1658" r:id="rId_hyperlink_1265"/>
+    <hyperlink ref="B1659" r:id="rId_hyperlink_1266"/>
+    <hyperlink ref="B1660" r:id="rId_hyperlink_1267"/>
+    <hyperlink ref="B1661" r:id="rId_hyperlink_1268"/>
+    <hyperlink ref="B1662" r:id="rId_hyperlink_1269"/>
+    <hyperlink ref="B1663" r:id="rId_hyperlink_1270"/>
+    <hyperlink ref="B1664" r:id="rId_hyperlink_1271"/>
+    <hyperlink ref="B1665" r:id="rId_hyperlink_1272"/>
+    <hyperlink ref="B1666" r:id="rId_hyperlink_1273"/>
     <hyperlink ref="B1670" r:id="rId_hyperlink_1274"/>
     <hyperlink ref="B1671" r:id="rId_hyperlink_1275"/>
     <hyperlink ref="B1672" r:id="rId_hyperlink_1276"/>
     <hyperlink ref="B1673" r:id="rId_hyperlink_1277"/>
     <hyperlink ref="B1674" r:id="rId_hyperlink_1278"/>
-    <hyperlink ref="B1675" r:id="rId_hyperlink_1279"/>
-[...18 lines deleted...]
-    <hyperlink ref="B1697" r:id="rId_hyperlink_1298"/>
+    <hyperlink ref="B1678" r:id="rId_hyperlink_1279"/>
+    <hyperlink ref="B1679" r:id="rId_hyperlink_1280"/>
+    <hyperlink ref="B1680" r:id="rId_hyperlink_1281"/>
+    <hyperlink ref="B1681" r:id="rId_hyperlink_1282"/>
+    <hyperlink ref="B1682" r:id="rId_hyperlink_1283"/>
+    <hyperlink ref="B1683" r:id="rId_hyperlink_1284"/>
+    <hyperlink ref="B1684" r:id="rId_hyperlink_1285"/>
+    <hyperlink ref="B1688" r:id="rId_hyperlink_1286"/>
+    <hyperlink ref="B1689" r:id="rId_hyperlink_1287"/>
+    <hyperlink ref="B1690" r:id="rId_hyperlink_1288"/>
+    <hyperlink ref="B1691" r:id="rId_hyperlink_1289"/>
+    <hyperlink ref="B1692" r:id="rId_hyperlink_1290"/>
+    <hyperlink ref="B1693" r:id="rId_hyperlink_1291"/>
+    <hyperlink ref="B1694" r:id="rId_hyperlink_1292"/>
+    <hyperlink ref="B1695" r:id="rId_hyperlink_1293"/>
+    <hyperlink ref="B1696" r:id="rId_hyperlink_1294"/>
+    <hyperlink ref="B1697" r:id="rId_hyperlink_1295"/>
+    <hyperlink ref="B1698" r:id="rId_hyperlink_1296"/>
+    <hyperlink ref="B1699" r:id="rId_hyperlink_1297"/>
+    <hyperlink ref="B1700" r:id="rId_hyperlink_1298"/>
     <hyperlink ref="B1701" r:id="rId_hyperlink_1299"/>
     <hyperlink ref="B1702" r:id="rId_hyperlink_1300"/>
     <hyperlink ref="B1703" r:id="rId_hyperlink_1301"/>
     <hyperlink ref="B1704" r:id="rId_hyperlink_1302"/>
     <hyperlink ref="B1705" r:id="rId_hyperlink_1303"/>
     <hyperlink ref="B1706" r:id="rId_hyperlink_1304"/>
     <hyperlink ref="B1707" r:id="rId_hyperlink_1305"/>
     <hyperlink ref="B1708" r:id="rId_hyperlink_1306"/>
     <hyperlink ref="B1709" r:id="rId_hyperlink_1307"/>
     <hyperlink ref="B1710" r:id="rId_hyperlink_1308"/>
     <hyperlink ref="B1711" r:id="rId_hyperlink_1309"/>
     <hyperlink ref="B1712" r:id="rId_hyperlink_1310"/>
     <hyperlink ref="B1713" r:id="rId_hyperlink_1311"/>
     <hyperlink ref="B1714" r:id="rId_hyperlink_1312"/>
     <hyperlink ref="B1715" r:id="rId_hyperlink_1313"/>
     <hyperlink ref="B1716" r:id="rId_hyperlink_1314"/>
     <hyperlink ref="B1717" r:id="rId_hyperlink_1315"/>
     <hyperlink ref="B1718" r:id="rId_hyperlink_1316"/>
     <hyperlink ref="B1719" r:id="rId_hyperlink_1317"/>
     <hyperlink ref="B1720" r:id="rId_hyperlink_1318"/>
-    <hyperlink ref="B1721" r:id="rId_hyperlink_1319"/>
-[...52 lines deleted...]
-    <hyperlink ref="B1777" r:id="rId_hyperlink_1372"/>
+    <hyperlink ref="B1724" r:id="rId_hyperlink_1319"/>
+    <hyperlink ref="B1728" r:id="rId_hyperlink_1320"/>
+    <hyperlink ref="B1729" r:id="rId_hyperlink_1321"/>
+    <hyperlink ref="B1730" r:id="rId_hyperlink_1322"/>
+    <hyperlink ref="B1731" r:id="rId_hyperlink_1323"/>
+    <hyperlink ref="B1732" r:id="rId_hyperlink_1324"/>
+    <hyperlink ref="B1733" r:id="rId_hyperlink_1325"/>
+    <hyperlink ref="B1734" r:id="rId_hyperlink_1326"/>
+    <hyperlink ref="B1735" r:id="rId_hyperlink_1327"/>
+    <hyperlink ref="B1736" r:id="rId_hyperlink_1328"/>
+    <hyperlink ref="B1737" r:id="rId_hyperlink_1329"/>
+    <hyperlink ref="B1738" r:id="rId_hyperlink_1330"/>
+    <hyperlink ref="B1739" r:id="rId_hyperlink_1331"/>
+    <hyperlink ref="B1740" r:id="rId_hyperlink_1332"/>
+    <hyperlink ref="B1741" r:id="rId_hyperlink_1333"/>
+    <hyperlink ref="B1742" r:id="rId_hyperlink_1334"/>
+    <hyperlink ref="B1743" r:id="rId_hyperlink_1335"/>
+    <hyperlink ref="B1744" r:id="rId_hyperlink_1336"/>
+    <hyperlink ref="B1745" r:id="rId_hyperlink_1337"/>
+    <hyperlink ref="B1746" r:id="rId_hyperlink_1338"/>
+    <hyperlink ref="B1747" r:id="rId_hyperlink_1339"/>
+    <hyperlink ref="B1748" r:id="rId_hyperlink_1340"/>
+    <hyperlink ref="B1749" r:id="rId_hyperlink_1341"/>
+    <hyperlink ref="B1750" r:id="rId_hyperlink_1342"/>
+    <hyperlink ref="B1751" r:id="rId_hyperlink_1343"/>
+    <hyperlink ref="B1752" r:id="rId_hyperlink_1344"/>
+    <hyperlink ref="B1753" r:id="rId_hyperlink_1345"/>
+    <hyperlink ref="B1754" r:id="rId_hyperlink_1346"/>
+    <hyperlink ref="B1755" r:id="rId_hyperlink_1347"/>
+    <hyperlink ref="B1756" r:id="rId_hyperlink_1348"/>
+    <hyperlink ref="B1757" r:id="rId_hyperlink_1349"/>
+    <hyperlink ref="B1758" r:id="rId_hyperlink_1350"/>
+    <hyperlink ref="B1759" r:id="rId_hyperlink_1351"/>
+    <hyperlink ref="B1760" r:id="rId_hyperlink_1352"/>
+    <hyperlink ref="B1761" r:id="rId_hyperlink_1353"/>
+    <hyperlink ref="B1762" r:id="rId_hyperlink_1354"/>
+    <hyperlink ref="B1763" r:id="rId_hyperlink_1355"/>
+    <hyperlink ref="B1764" r:id="rId_hyperlink_1356"/>
+    <hyperlink ref="B1765" r:id="rId_hyperlink_1357"/>
+    <hyperlink ref="B1766" r:id="rId_hyperlink_1358"/>
+    <hyperlink ref="B1767" r:id="rId_hyperlink_1359"/>
+    <hyperlink ref="B1768" r:id="rId_hyperlink_1360"/>
+    <hyperlink ref="B1769" r:id="rId_hyperlink_1361"/>
+    <hyperlink ref="B1770" r:id="rId_hyperlink_1362"/>
+    <hyperlink ref="B1771" r:id="rId_hyperlink_1363"/>
+    <hyperlink ref="B1772" r:id="rId_hyperlink_1364"/>
+    <hyperlink ref="B1773" r:id="rId_hyperlink_1365"/>
+    <hyperlink ref="B1774" r:id="rId_hyperlink_1366"/>
+    <hyperlink ref="B1775" r:id="rId_hyperlink_1367"/>
+    <hyperlink ref="B1776" r:id="rId_hyperlink_1368"/>
+    <hyperlink ref="B1777" r:id="rId_hyperlink_1369"/>
+    <hyperlink ref="B1778" r:id="rId_hyperlink_1370"/>
+    <hyperlink ref="B1779" r:id="rId_hyperlink_1371"/>
+    <hyperlink ref="B1780" r:id="rId_hyperlink_1372"/>
     <hyperlink ref="B1781" r:id="rId_hyperlink_1373"/>
     <hyperlink ref="B1782" r:id="rId_hyperlink_1374"/>
     <hyperlink ref="B1783" r:id="rId_hyperlink_1375"/>
     <hyperlink ref="B1784" r:id="rId_hyperlink_1376"/>
     <hyperlink ref="B1785" r:id="rId_hyperlink_1377"/>
     <hyperlink ref="B1786" r:id="rId_hyperlink_1378"/>
     <hyperlink ref="B1787" r:id="rId_hyperlink_1379"/>
-    <hyperlink ref="B1788" r:id="rId_hyperlink_1380"/>
-[...31 lines deleted...]
-    <hyperlink ref="B1823" r:id="rId_hyperlink_1412"/>
+    <hyperlink ref="B1791" r:id="rId_hyperlink_1380"/>
+    <hyperlink ref="B1792" r:id="rId_hyperlink_1381"/>
+    <hyperlink ref="B1793" r:id="rId_hyperlink_1382"/>
+    <hyperlink ref="B1794" r:id="rId_hyperlink_1383"/>
+    <hyperlink ref="B1795" r:id="rId_hyperlink_1384"/>
+    <hyperlink ref="B1796" r:id="rId_hyperlink_1385"/>
+    <hyperlink ref="B1797" r:id="rId_hyperlink_1386"/>
+    <hyperlink ref="B1798" r:id="rId_hyperlink_1387"/>
+    <hyperlink ref="B1799" r:id="rId_hyperlink_1388"/>
+    <hyperlink ref="B1800" r:id="rId_hyperlink_1389"/>
+    <hyperlink ref="B1801" r:id="rId_hyperlink_1390"/>
+    <hyperlink ref="B1802" r:id="rId_hyperlink_1391"/>
+    <hyperlink ref="B1803" r:id="rId_hyperlink_1392"/>
+    <hyperlink ref="B1804" r:id="rId_hyperlink_1393"/>
+    <hyperlink ref="B1808" r:id="rId_hyperlink_1394"/>
+    <hyperlink ref="B1809" r:id="rId_hyperlink_1395"/>
+    <hyperlink ref="B1810" r:id="rId_hyperlink_1396"/>
+    <hyperlink ref="B1811" r:id="rId_hyperlink_1397"/>
+    <hyperlink ref="B1812" r:id="rId_hyperlink_1398"/>
+    <hyperlink ref="B1813" r:id="rId_hyperlink_1399"/>
+    <hyperlink ref="B1814" r:id="rId_hyperlink_1400"/>
+    <hyperlink ref="B1815" r:id="rId_hyperlink_1401"/>
+    <hyperlink ref="B1816" r:id="rId_hyperlink_1402"/>
+    <hyperlink ref="B1817" r:id="rId_hyperlink_1403"/>
+    <hyperlink ref="B1818" r:id="rId_hyperlink_1404"/>
+    <hyperlink ref="B1819" r:id="rId_hyperlink_1405"/>
+    <hyperlink ref="B1820" r:id="rId_hyperlink_1406"/>
+    <hyperlink ref="B1821" r:id="rId_hyperlink_1407"/>
+    <hyperlink ref="B1822" r:id="rId_hyperlink_1408"/>
+    <hyperlink ref="B1823" r:id="rId_hyperlink_1409"/>
+    <hyperlink ref="B1824" r:id="rId_hyperlink_1410"/>
+    <hyperlink ref="B1825" r:id="rId_hyperlink_1411"/>
+    <hyperlink ref="B1826" r:id="rId_hyperlink_1412"/>
     <hyperlink ref="B1827" r:id="rId_hyperlink_1413"/>
     <hyperlink ref="B1828" r:id="rId_hyperlink_1414"/>
     <hyperlink ref="B1829" r:id="rId_hyperlink_1415"/>
     <hyperlink ref="B1830" r:id="rId_hyperlink_1416"/>
-    <hyperlink ref="B1834" r:id="rId_hyperlink_1417"/>
-[...19 lines deleted...]
-    <hyperlink ref="B1860" r:id="rId_hyperlink_1437"/>
+    <hyperlink ref="B1831" r:id="rId_hyperlink_1417"/>
+    <hyperlink ref="B1832" r:id="rId_hyperlink_1418"/>
+    <hyperlink ref="B1833" r:id="rId_hyperlink_1419"/>
+    <hyperlink ref="B1834" r:id="rId_hyperlink_1420"/>
+    <hyperlink ref="B1835" r:id="rId_hyperlink_1421"/>
+    <hyperlink ref="B1836" r:id="rId_hyperlink_1422"/>
+    <hyperlink ref="B1837" r:id="rId_hyperlink_1423"/>
+    <hyperlink ref="B1838" r:id="rId_hyperlink_1424"/>
+    <hyperlink ref="B1839" r:id="rId_hyperlink_1425"/>
+    <hyperlink ref="B1840" r:id="rId_hyperlink_1426"/>
+    <hyperlink ref="B1841" r:id="rId_hyperlink_1427"/>
+    <hyperlink ref="B1842" r:id="rId_hyperlink_1428"/>
+    <hyperlink ref="B1843" r:id="rId_hyperlink_1429"/>
+    <hyperlink ref="B1844" r:id="rId_hyperlink_1430"/>
+    <hyperlink ref="B1848" r:id="rId_hyperlink_1431"/>
+    <hyperlink ref="B1849" r:id="rId_hyperlink_1432"/>
+    <hyperlink ref="B1850" r:id="rId_hyperlink_1433"/>
+    <hyperlink ref="B1854" r:id="rId_hyperlink_1434"/>
+    <hyperlink ref="B1855" r:id="rId_hyperlink_1435"/>
+    <hyperlink ref="B1856" r:id="rId_hyperlink_1436"/>
+    <hyperlink ref="B1857" r:id="rId_hyperlink_1437"/>
     <hyperlink ref="B1861" r:id="rId_hyperlink_1438"/>
     <hyperlink ref="B1862" r:id="rId_hyperlink_1439"/>
-    <hyperlink ref="B1863" r:id="rId_hyperlink_1440"/>
-[...3 lines deleted...]
-    <hyperlink ref="B1867" r:id="rId_hyperlink_1444"/>
+    <hyperlink ref="B1866" r:id="rId_hyperlink_1440"/>
+    <hyperlink ref="B1867" r:id="rId_hyperlink_1441"/>
+    <hyperlink ref="B1868" r:id="rId_hyperlink_1442"/>
+    <hyperlink ref="B1869" r:id="rId_hyperlink_1443"/>
+    <hyperlink ref="B1870" r:id="rId_hyperlink_1444"/>
     <hyperlink ref="B1871" r:id="rId_hyperlink_1445"/>
     <hyperlink ref="B1872" r:id="rId_hyperlink_1446"/>
     <hyperlink ref="B1873" r:id="rId_hyperlink_1447"/>
-    <hyperlink ref="B1874" r:id="rId_hyperlink_1448"/>
-[...35 lines deleted...]
-    <hyperlink ref="B1913" r:id="rId_hyperlink_1484"/>
+    <hyperlink ref="B1877" r:id="rId_hyperlink_1448"/>
+    <hyperlink ref="B1878" r:id="rId_hyperlink_1449"/>
+    <hyperlink ref="B1879" r:id="rId_hyperlink_1450"/>
+    <hyperlink ref="B1880" r:id="rId_hyperlink_1451"/>
+    <hyperlink ref="B1881" r:id="rId_hyperlink_1452"/>
+    <hyperlink ref="B1882" r:id="rId_hyperlink_1453"/>
+    <hyperlink ref="B1883" r:id="rId_hyperlink_1454"/>
+    <hyperlink ref="B1884" r:id="rId_hyperlink_1455"/>
+    <hyperlink ref="B1885" r:id="rId_hyperlink_1456"/>
+    <hyperlink ref="B1886" r:id="rId_hyperlink_1457"/>
+    <hyperlink ref="B1887" r:id="rId_hyperlink_1458"/>
+    <hyperlink ref="B1888" r:id="rId_hyperlink_1459"/>
+    <hyperlink ref="B1889" r:id="rId_hyperlink_1460"/>
+    <hyperlink ref="B1890" r:id="rId_hyperlink_1461"/>
+    <hyperlink ref="B1891" r:id="rId_hyperlink_1462"/>
+    <hyperlink ref="B1892" r:id="rId_hyperlink_1463"/>
+    <hyperlink ref="B1893" r:id="rId_hyperlink_1464"/>
+    <hyperlink ref="B1894" r:id="rId_hyperlink_1465"/>
+    <hyperlink ref="B1898" r:id="rId_hyperlink_1466"/>
+    <hyperlink ref="B1899" r:id="rId_hyperlink_1467"/>
+    <hyperlink ref="B1900" r:id="rId_hyperlink_1468"/>
+    <hyperlink ref="B1901" r:id="rId_hyperlink_1469"/>
+    <hyperlink ref="B1902" r:id="rId_hyperlink_1470"/>
+    <hyperlink ref="B1903" r:id="rId_hyperlink_1471"/>
+    <hyperlink ref="B1904" r:id="rId_hyperlink_1472"/>
+    <hyperlink ref="B1905" r:id="rId_hyperlink_1473"/>
+    <hyperlink ref="B1906" r:id="rId_hyperlink_1474"/>
+    <hyperlink ref="B1907" r:id="rId_hyperlink_1475"/>
+    <hyperlink ref="B1908" r:id="rId_hyperlink_1476"/>
+    <hyperlink ref="B1909" r:id="rId_hyperlink_1477"/>
+    <hyperlink ref="B1910" r:id="rId_hyperlink_1478"/>
+    <hyperlink ref="B1911" r:id="rId_hyperlink_1479"/>
+    <hyperlink ref="B1912" r:id="rId_hyperlink_1480"/>
+    <hyperlink ref="B1913" r:id="rId_hyperlink_1481"/>
+    <hyperlink ref="B1914" r:id="rId_hyperlink_1482"/>
+    <hyperlink ref="B1915" r:id="rId_hyperlink_1483"/>
+    <hyperlink ref="B1916" r:id="rId_hyperlink_1484"/>
     <hyperlink ref="B1917" r:id="rId_hyperlink_1485"/>
     <hyperlink ref="B1918" r:id="rId_hyperlink_1486"/>
     <hyperlink ref="B1919" r:id="rId_hyperlink_1487"/>
     <hyperlink ref="B1920" r:id="rId_hyperlink_1488"/>
-    <hyperlink ref="B1924" r:id="rId_hyperlink_1489"/>
-[...9 lines deleted...]
-    <hyperlink ref="B1934" r:id="rId_hyperlink_1499"/>
+    <hyperlink ref="B1921" r:id="rId_hyperlink_1489"/>
+    <hyperlink ref="B1922" r:id="rId_hyperlink_1490"/>
+    <hyperlink ref="B1923" r:id="rId_hyperlink_1491"/>
+    <hyperlink ref="B1924" r:id="rId_hyperlink_1492"/>
+    <hyperlink ref="B1925" r:id="rId_hyperlink_1493"/>
+    <hyperlink ref="B1926" r:id="rId_hyperlink_1494"/>
+    <hyperlink ref="B1927" r:id="rId_hyperlink_1495"/>
+    <hyperlink ref="B1928" r:id="rId_hyperlink_1496"/>
+    <hyperlink ref="B1929" r:id="rId_hyperlink_1497"/>
+    <hyperlink ref="B1930" r:id="rId_hyperlink_1498"/>
+    <hyperlink ref="B1931" r:id="rId_hyperlink_1499"/>
+    <hyperlink ref="B1932" r:id="rId_hyperlink_1500"/>
+    <hyperlink ref="B1933" r:id="rId_hyperlink_1501"/>
+    <hyperlink ref="B1934" r:id="rId_hyperlink_1502"/>
+    <hyperlink ref="B1935" r:id="rId_hyperlink_1503"/>
+    <hyperlink ref="B1939" r:id="rId_hyperlink_1504"/>
+    <hyperlink ref="B1940" r:id="rId_hyperlink_1505"/>
+    <hyperlink ref="B1944" r:id="rId_hyperlink_1506"/>
+    <hyperlink ref="B1945" r:id="rId_hyperlink_1507"/>
+    <hyperlink ref="B1946" r:id="rId_hyperlink_1508"/>
+    <hyperlink ref="B1947" r:id="rId_hyperlink_1509"/>
+    <hyperlink ref="B1951" r:id="rId_hyperlink_1510"/>
+    <hyperlink ref="B1952" r:id="rId_hyperlink_1511"/>
+    <hyperlink ref="B1953" r:id="rId_hyperlink_1512"/>
+    <hyperlink ref="B1954" r:id="rId_hyperlink_1513"/>
+    <hyperlink ref="B1955" r:id="rId_hyperlink_1514"/>
+    <hyperlink ref="B1956" r:id="rId_hyperlink_1515"/>
+    <hyperlink ref="B1957" r:id="rId_hyperlink_1516"/>
+    <hyperlink ref="B1958" r:id="rId_hyperlink_1517"/>
+    <hyperlink ref="B1959" r:id="rId_hyperlink_1518"/>
+    <hyperlink ref="B1960" r:id="rId_hyperlink_1519"/>
+    <hyperlink ref="B1961" r:id="rId_hyperlink_1520"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>